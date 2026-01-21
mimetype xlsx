--- v0 (2025-11-12)
+++ v1 (2026-01-21)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf199ad4a64f14665" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/97c4528569e94e92b6322ec2d33aff17.psmdcp" Id="Redf1594e800c46cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1518bf9adfe44da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/048aaf41dc8f4c3db98830ba0a7a93de.psmdcp" Id="Rdc20e7053e014f62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>TFA07</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Road Freight Transport Activity</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/25/2025 11:00:00 AM</x:t>
+    <x:t>25/06/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>For more information, please go to the statistical release page(https://www.cso.ie/en/statistics/transport/roadfreighttransportsurvey/) on our website.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TFA07/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>RFTSA</x:t>
   </x:si>
   <x:si>
     <x:t>Road Freight Statistics - Annual Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -475,387 +475,170 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...335 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01832V02250" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Main use of Vehicle" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01817V02214" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Journey" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J799" totalsRowShown="0">
   <x:autoFilter ref="A1:J799"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C01832V02250"/>
     <x:tableColumn id="6" name="Main use of Vehicle"/>
     <x:tableColumn id="7" name="C01817V02214"/>
     <x:tableColumn id="8" name="Type of Journey"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1126,51 +909,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TFA07/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1359,51 +1142,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J799"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="39.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="45.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="9.853482" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -26961,51 +26744,51 @@
       <x:c r="G799" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H799" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I799" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J799" s="0">
         <x:v>1290</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -27022,51 +26805,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J799" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="TFA07C1"/>
         <x:s v="TFA07C2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Tonne-kilometre"/>
         <x:s v="Tonnes Carried"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="19">
         <x:s v="2006"/>
         <x:s v="2007"/>
         <x:s v="2008"/>
         <x:s v="2009"/>
         <x:s v="2010"/>
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
@@ -27841,27 +27624,9604 @@
         <x:n v="156643"/>
         <x:n v="3234"/>
         <x:n v="2134"/>
         <x:n v="2202"/>
         <x:n v="992"/>
         <x:n v="8563"/>
         <x:n v="95360"/>
         <x:n v="88087"/>
         <x:n v="2614"/>
         <x:n v="1738"/>
         <x:n v="2028"/>
         <x:n v="892"/>
         <x:n v="7273"/>
         <x:n v="69845"/>
         <x:n v="68556"/>
         <x:n v="174"/>
         <x:n v="99"/>
         <x:n v="1290"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="17322"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="13766"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="1291"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="1289"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="3556"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="12235"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="8971"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="1153"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="1169"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="3265"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="5086"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="4795"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="18707"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="14219"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="1905"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="1741"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="4489"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="13485"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="9259"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="1757"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="1659"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="4226"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="5223"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="4960"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="17289"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="12934"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="1818"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="1570"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="4357"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="12219"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="8167"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="1672"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="1430"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="4052"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="5071"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="4767"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="12071"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="8749"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="1526"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="3322"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="8595"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="5445"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="1450"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="1054"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="3150"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="3476"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="3305"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="10924"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="8198"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="2726"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="7843"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="5293"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="2551"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="3081"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="2905"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="9941"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="7331"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="1041"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="2611"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="7542"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="5067"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="2476"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="2399"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="2264"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="9895"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="7344"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="2551"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="7615"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="5215"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="2400"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="2281"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="2129"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="9138"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="7139"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="826"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="1999"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="6969"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="5094"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="1875"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="2169"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="2045"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="9772"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="7674"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="2098"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="7616"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="5626"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="1990"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="2156"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="2048"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="9844"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="7707"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="2137"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="7510"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="5489"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="785"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="2022"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="2334"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="2219"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="11564"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="9216"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="1077"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="2348"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="8883"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="6671"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="2212"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="2681"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="2545"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="11759"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="9257"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="990"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="2502"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="8707"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="6383"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="656"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="2324"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="3051"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="2874"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="11537"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="9347"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="2191"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="8330"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="6309"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="2021"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="3208"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="3038"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="12403"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="9963"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="947"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="2440"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="8945"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="6708"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="826"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="2237"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="3458"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="3255"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="11383"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="9016"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="2367"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="8244"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="6074"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="2171"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="3138"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="2942"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="12485"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="10207"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="2278"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="9045"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="6897"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="2148"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="3440"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="3310"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="12384"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="10194"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="2189"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="8957"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="6966"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="1991"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="3427"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="3228"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="12596"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="10432"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="856"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="2164"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="9129"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="7130"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="1999"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="3467"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="3303"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="13575"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="11170"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="2405"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="9659"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="7455"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="2204"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Million"/>
+    <n v="3916"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Million"/>
+    <n v="3715"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Million"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Million"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Million"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Million"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="TFA07C1"/>
+    <s v="Tonne-kilometre"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Million"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="299030"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="287877"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="3510"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="4587"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="2455"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="11152"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="168351"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="160088"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="2730"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="3066"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="1876"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="8263"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="130678"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="127789"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="1521"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="2889"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="299307"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="287645"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="4465"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="3941"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="2860"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="11661"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="171853"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="162770"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="3507"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="3251"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="1932"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="9084"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="127453"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="124875"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="2578"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="245788"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="233775"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="4144"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="4191"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="3279"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="12012"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="142587"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="133105"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="3456"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="3200"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="2434"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="9483"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="103201"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="100671"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="846"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="2530"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="148328"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="140186"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="3054"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="3082"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="1124"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="8142"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="88806"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="82014"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="2630"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="2496"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="6792"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="59522"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="58172"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="1350"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="125865"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="118360"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="2864"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="2451"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="1305"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="886"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="7506"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="75998"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="69575"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="2380"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="2126"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="1283"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="6423"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="49867"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="48785"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="1082"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="110260"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="102695"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="2939"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="2475"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="7565"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="67596"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="60929"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="2547"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="2257"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="1202"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="6667"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="42664"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="41766"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="108078"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="101154"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="2859"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="2398"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="6924"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="67879"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="61755"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="2454"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="2068"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="1056"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="6123"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="40199"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="39399"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="800"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="108831"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="102761"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="2407"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="2076"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="6070"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="69571"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="64365"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="2025"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="1773"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="5206"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="39260"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="38396"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="112499"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="106214"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="2550"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="1961"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="6285"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="74448"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="68982"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="2093"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="1696"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="5465"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="38052"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="37232"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="118059"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="111191"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="2941"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="2333"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="6867"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="75740"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="69714"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="2478"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="2021"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="6025"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="42319"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="41477"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="141669"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="133796"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="3865"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="2331"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="1126"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="7873"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="92615"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="85736"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="3136"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="2142"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="6879"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="49054"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="48061"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="994"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="147229"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="139511"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="3354"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="2327"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="1435"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="7718"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="89527"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="82979"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="2634"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="1973"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="1372"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="6548"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="57702"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="56532"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="1170"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="150036"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="142939"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="3100"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="2243"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="1196"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="7097"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="88193"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="82185"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="2427"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="1912"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="1174"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="6009"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="61843"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="60754"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="1088"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="159414"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="151316"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="3786"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="2182"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="1519"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="8098"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="94052"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="87329"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="2951"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="1788"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="1482"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="6723"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="65362"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="63967"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="140998"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="134078"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="2952"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="1923"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="1559"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="6920"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="81746"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="76011"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="2310"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="1511"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="1491"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="5735"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="59252"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="58067"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="1184"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="154900"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="147513"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="3191"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="2009"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="7388"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="93379"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="87132"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="2549"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="1778"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="1406"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="6246"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="61522"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="60380"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="1142"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="164258"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="157307"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="2996"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="1857"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="1423"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="6951"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="96517"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="90819"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="2352"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="1511"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="1312"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="5698"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="67741"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="66488"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="1253"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="165165"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="157768"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="3296"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="1897"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="1568"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="7397"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="99404"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="93058"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="2577"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="1609"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="1552"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="6346"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="65760"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="64710"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="165206"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="156643"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="3234"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="2134"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="2202"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="8563"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="95360"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="88087"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="2614"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="1738"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="2028"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="7273"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All National and International journeys"/>
+    <s v="Thousand"/>
+    <n v="69845"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="National journeys"/>
+    <s v="Thousand"/>
+    <n v="68556"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="International journeys: Goods loaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="620"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="International journeys: Goods unloaded in Ireland"/>
+    <s v="Thousand"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="International journeys: Cross trade"/>
+    <s v="Thousand"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="International journeys: Cabotage"/>
+    <s v="Thousand"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="TFA07C2"/>
+    <s v="Tonnes Carried"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="8"/>
+    <s v="All International journeys"/>
+    <s v="Thousand"/>
+    <n v="1290"/>
+  </r>
+</pivotCacheRecords>
 </file>