--- v1 (2026-01-21)
+++ v2 (2026-03-11)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1518bf9adfe44da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/048aaf41dc8f4c3db98830ba0a7a93de.psmdcp" Id="Rdc20e7053e014f62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8dea438b4174477" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3c5b88fe939f48baaa9a9e0707d816f5.psmdcp" Id="R4f475b44523c4b9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>TFA07</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Road Freight Transport Activity</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>25/06/2025 11:00:00</x:t>
+    <x:t>03/02/2026 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>For more information, please go to the statistical release page(https://www.cso.ie/en/statistics/transport/roadfreighttransportsurvey/) on our website.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TFA07/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>RFTSA</x:t>
   </x:si>
   <x:si>
     <x:t>Road Freight Statistics - Annual Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>