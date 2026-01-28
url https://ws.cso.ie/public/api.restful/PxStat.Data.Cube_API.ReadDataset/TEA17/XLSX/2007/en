--- v0 (2025-10-10)
+++ v1 (2026-01-28)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd6dc4f7304845f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/54fdf18af0b643e795ab57316b769f28.psmdcp" Id="R8c207ca4e05046d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7768934a172f4bfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8ba5389e67a346aa9c0d23ac3ef5422e.psmdcp" Id="R5779b81cc4d340ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>TEA17</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>New Vehicles Licensed for the First Time</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>1/14/2025 11:00:00 AM</x:t>
+    <x:t>13/01/2026 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Please see TEA03 for data prior to 2015</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TEA17/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>VLFTA</x:t>
   </x:si>
   <x:si>
     <x:t>Vehicle Licensing Statistics - Annual Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -313,50 +313,53 @@
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
+  <x:si>
+    <x:t>2025</x:t>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -493,384 +496,175 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...327 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02172V02618" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Vehicle Registration" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01841V02268" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Fuel" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J881" totalsRowShown="0">
-  <x:autoFilter ref="A1:J881"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J969" totalsRowShown="0">
+  <x:autoFilter ref="A1:J969"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02172V02618"/>
     <x:tableColumn id="6" name="Type of Vehicle Registration"/>
     <x:tableColumn id="7" name="C01841V02268"/>
     <x:tableColumn id="8" name="Type of Fuel"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1136,51 +930,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TEA17/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1369,55 +1163,55 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:J881"/>
+  <x:dimension ref="A1:J969"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="36.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="30.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="34.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
@@ -29583,63 +29377,2879 @@
       <x:c r="C881" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D881" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E881" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F881" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G881" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H881" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I881" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J881" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
+    <x:row r="882" spans="1:10">
+      <x:c r="A882" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B882" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C882" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D882" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E882" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F882" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="G882" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H882" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="I882" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J882" s="0">
+        <x:v>167562</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="883" spans="1:10">
+      <x:c r="A883" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B883" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C883" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D883" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E883" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F883" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="G883" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H883" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="I883" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J883" s="0">
+        <x:v>35287</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="884" spans="1:10">
+      <x:c r="A884" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B884" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C884" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D884" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E884" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F884" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="G884" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H884" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="I884" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J884" s="0">
+        <x:v>57725</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="885" spans="1:10">
+      <x:c r="A885" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B885" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C885" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D885" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E885" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F885" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="G885" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H885" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="I885" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J885" s="0">
+        <x:v>17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="886" spans="1:10">
+      <x:c r="A886" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B886" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C886" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D886" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E886" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F886" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="G886" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H886" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="I886" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J886" s="0">
+        <x:v>27840</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="887" spans="1:10">
+      <x:c r="A887" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B887" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C887" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D887" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E887" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F887" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="G887" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H887" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="I887" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J887" s="0">
+        <x:v>25740</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="888" spans="1:10">
+      <x:c r="A888" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B888" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C888" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D888" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E888" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F888" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="G888" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H888" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="I888" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J888" s="0">
+        <x:v>19361</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="889" spans="1:10">
+      <x:c r="A889" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B889" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C889" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D889" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E889" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F889" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="G889" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="H889" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="I889" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J889" s="0">
+        <x:v>1592</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="890" spans="1:10">
+      <x:c r="A890" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B890" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C890" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D890" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E890" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F890" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="G890" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H890" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="I890" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J890" s="0">
+        <x:v>120797</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="891" spans="1:10">
+      <x:c r="A891" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B891" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C891" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D891" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E891" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F891" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="G891" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H891" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="I891" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J891" s="0">
+        <x:v>31221</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="892" spans="1:10">
+      <x:c r="A892" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B892" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C892" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D892" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E892" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F892" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="G892" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H892" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="I892" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J892" s="0">
+        <x:v>20562</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="893" spans="1:10">
+      <x:c r="A893" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B893" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C893" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D893" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E893" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F893" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="G893" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H893" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="I893" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J893" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="894" spans="1:10">
+      <x:c r="A894" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B894" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C894" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D894" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E894" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F894" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="G894" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H894" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="I894" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J894" s="0">
+        <x:v>25917</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="895" spans="1:10">
+      <x:c r="A895" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B895" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C895" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D895" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E895" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F895" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="G895" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H895" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="I895" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J895" s="0">
+        <x:v>23398</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="896" spans="1:10">
+      <x:c r="A896" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B896" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C896" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D896" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E896" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F896" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="G896" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H896" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="I896" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J896" s="0">
+        <x:v>18237</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="897" spans="1:10">
+      <x:c r="A897" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B897" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C897" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D897" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E897" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F897" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="G897" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="H897" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="I897" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J897" s="0">
+        <x:v>1462</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="898" spans="1:10">
+      <x:c r="A898" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B898" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C898" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D898" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E898" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F898" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="G898" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H898" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="I898" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J898" s="0">
+        <x:v>32223</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="899" spans="1:10">
+      <x:c r="A899" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B899" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C899" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D899" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E899" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F899" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="G899" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H899" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="I899" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J899" s="0">
+        <x:v>150</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="900" spans="1:10">
+      <x:c r="A900" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B900" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C900" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D900" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E900" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F900" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="G900" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H900" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="I900" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J900" s="0">
+        <x:v>29934</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="901" spans="1:10">
+      <x:c r="A901" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B901" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C901" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D901" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E901" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F901" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="G901" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H901" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="I901" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J901" s="0">
+        <x:v>13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="902" spans="1:10">
+      <x:c r="A902" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B902" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C902" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D902" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E902" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F902" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="G902" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H902" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="I902" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J902" s="0">
+        <x:v>103</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="903" spans="1:10">
+      <x:c r="A903" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B903" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C903" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D903" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E903" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F903" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="G903" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H903" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="I903" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J903" s="0">
+        <x:v>1796</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="904" spans="1:10">
+      <x:c r="A904" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B904" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C904" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D904" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E904" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F904" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="G904" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H904" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="I904" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J904" s="0">
+        <x:v>218</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="905" spans="1:10">
+      <x:c r="A905" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B905" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C905" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D905" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E905" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F905" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="G905" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="H905" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="I905" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J905" s="0">
+        <x:v>9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="906" spans="1:10">
+      <x:c r="A906" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B906" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C906" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D906" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E906" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="F906" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="G906" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H906" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="I906" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J906" s="0">
+        <x:v>2464</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="907" spans="1:10">
+      <x:c r="A907" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B907" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C907" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D907" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E907" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="F907" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="G907" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H907" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="I907" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J907" s="0">
+        <x:v>129</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="908" spans="1:10">
+      <x:c r="A908" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B908" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C908" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D908" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E908" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="F908" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="G908" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H908" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="I908" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J908" s="0">
+        <x:v>2329</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="909" spans="1:10">
+      <x:c r="A909" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B909" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C909" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D909" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E909" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="F909" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="G909" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H909" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="I909" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J909" s="0">
+        <x:v>3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="910" spans="1:10">
+      <x:c r="A910" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B910" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C910" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D910" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E910" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="F910" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="G910" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H910" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="I910" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J910" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="911" spans="1:10">
+      <x:c r="A911" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B911" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C911" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D911" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E911" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="F911" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="G911" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H911" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="I911" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J911" s="0">
+        <x:v>3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="912" spans="1:10">
+      <x:c r="A912" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B912" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C912" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D912" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E912" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="F912" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="G912" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H912" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="I912" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J912" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="913" spans="1:10">
+      <x:c r="A913" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B913" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C913" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D913" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E913" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="F913" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="G913" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="H913" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="I913" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J913" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="914" spans="1:10">
+      <x:c r="A914" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B914" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C914" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D914" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E914" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="F914" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="G914" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H914" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="I914" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J914" s="0">
+        <x:v>2729</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="915" spans="1:10">
+      <x:c r="A915" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B915" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C915" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D915" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E915" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="F915" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="G915" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H915" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="I915" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J915" s="0">
+        <x:v>2683</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="916" spans="1:10">
+      <x:c r="A916" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B916" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C916" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D916" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E916" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="F916" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="G916" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H916" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="I916" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J916" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="917" spans="1:10">
+      <x:c r="A917" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B917" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C917" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D917" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E917" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="F917" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="G917" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H917" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="I917" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J917" s="0">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="918" spans="1:10">
+      <x:c r="A918" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B918" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C918" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D918" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E918" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="F918" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="G918" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H918" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="I918" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J918" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="919" spans="1:10">
+      <x:c r="A919" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B919" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C919" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D919" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E919" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="F919" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="G919" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H919" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="I919" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J919" s="0">
+        <x:v>45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="920" spans="1:10">
+      <x:c r="A920" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B920" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C920" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D920" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E920" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="F920" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="G920" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H920" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="I920" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J920" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="921" spans="1:10">
+      <x:c r="A921" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B921" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C921" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D921" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E921" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="F921" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="G921" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="H921" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="I921" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J921" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="922" spans="1:10">
+      <x:c r="A922" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B922" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C922" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D922" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E922" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="F922" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G922" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H922" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="I922" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J922" s="0">
+        <x:v>6575</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="923" spans="1:10">
+      <x:c r="A923" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B923" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C923" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D923" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E923" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="F923" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G923" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H923" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="I923" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J923" s="0">
+        <x:v>1098</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="924" spans="1:10">
+      <x:c r="A924" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B924" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C924" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D924" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E924" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="F924" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G924" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H924" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="I924" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J924" s="0">
+        <x:v>2569</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="925" spans="1:10">
+      <x:c r="A925" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B925" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C925" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D925" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E925" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="F925" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G925" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H925" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="I925" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J925" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="926" spans="1:10">
+      <x:c r="A926" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B926" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C926" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D926" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E926" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="F926" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G926" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H926" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="I926" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J926" s="0">
+        <x:v>1752</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="927" spans="1:10">
+      <x:c r="A927" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B927" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C927" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D927" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E927" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="F927" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G927" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H927" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="I927" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J927" s="0">
+        <x:v>343</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="928" spans="1:10">
+      <x:c r="A928" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B928" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C928" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D928" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E928" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="F928" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G928" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H928" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="I928" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J928" s="0">
+        <x:v>695</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="929" spans="1:10">
+      <x:c r="A929" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B929" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C929" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D929" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E929" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="F929" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G929" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="H929" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="I929" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J929" s="0">
+        <x:v>118</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="930" spans="1:10">
+      <x:c r="A930" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B930" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C930" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D930" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E930" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="F930" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="G930" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H930" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="I930" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J930" s="0">
+        <x:v>1568</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="931" spans="1:10">
+      <x:c r="A931" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B931" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C931" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D931" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E931" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="F931" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="G931" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H931" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="I931" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J931" s="0">
+        <x:v>6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="932" spans="1:10">
+      <x:c r="A932" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B932" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C932" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D932" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E932" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="F932" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="G932" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H932" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="I932" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J932" s="0">
+        <x:v>1134</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="933" spans="1:10">
+      <x:c r="A933" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B933" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C933" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D933" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E933" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="F933" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="G933" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H933" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="I933" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J933" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="934" spans="1:10">
+      <x:c r="A934" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B934" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C934" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D934" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E934" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="F934" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="G934" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H934" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="I934" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J934" s="0">
+        <x:v>67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="935" spans="1:10">
+      <x:c r="A935" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B935" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C935" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D935" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E935" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="F935" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="G935" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H935" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="I935" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J935" s="0">
+        <x:v>147</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="936" spans="1:10">
+      <x:c r="A936" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B936" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C936" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D936" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E936" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="F936" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="G936" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H936" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="I936" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J936" s="0">
+        <x:v>211</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="937" spans="1:10">
+      <x:c r="A937" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B937" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C937" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D937" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E937" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="F937" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="G937" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="H937" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="I937" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J937" s="0">
+        <x:v>3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="938" spans="1:10">
+      <x:c r="A938" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B938" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C938" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D938" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E938" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F938" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G938" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H938" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="I938" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J938" s="0">
+        <x:v>775</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="939" spans="1:10">
+      <x:c r="A939" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B939" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C939" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D939" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E939" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F939" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G939" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H939" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="I939" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J939" s="0">
+        <x:v>6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="940" spans="1:10">
+      <x:c r="A940" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B940" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C940" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D940" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E940" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F940" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G940" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H940" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="I940" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J940" s="0">
+        <x:v>389</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="941" spans="1:10">
+      <x:c r="A941" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B941" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C941" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D941" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E941" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F941" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G941" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H941" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="I941" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J941" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="942" spans="1:10">
+      <x:c r="A942" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B942" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C942" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D942" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E942" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F942" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G942" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H942" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="I942" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J942" s="0">
+        <x:v>67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="943" spans="1:10">
+      <x:c r="A943" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B943" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C943" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D943" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E943" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F943" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G943" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H943" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="I943" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J943" s="0">
+        <x:v>99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="944" spans="1:10">
+      <x:c r="A944" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B944" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C944" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D944" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E944" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F944" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G944" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H944" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="I944" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J944" s="0">
+        <x:v>211</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="945" spans="1:10">
+      <x:c r="A945" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B945" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C945" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D945" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E945" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F945" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G945" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="H945" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="I945" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J945" s="0">
+        <x:v>3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="946" spans="1:10">
+      <x:c r="A946" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B946" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C946" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D946" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E946" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="F946" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="G946" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H946" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="I946" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J946" s="0">
+        <x:v>793</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="947" spans="1:10">
+      <x:c r="A947" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B947" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C947" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D947" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E947" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="F947" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="G947" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H947" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="I947" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J947" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="948" spans="1:10">
+      <x:c r="A948" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B948" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C948" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D948" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E948" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="F948" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="G948" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H948" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="I948" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J948" s="0">
+        <x:v>745</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="949" spans="1:10">
+      <x:c r="A949" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B949" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C949" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D949" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E949" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="F949" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="G949" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H949" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="I949" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J949" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="950" spans="1:10">
+      <x:c r="A950" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B950" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C950" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D950" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E950" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="F950" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="G950" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H950" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="I950" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J950" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="951" spans="1:10">
+      <x:c r="A951" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B951" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C951" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D951" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E951" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="F951" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="G951" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H951" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="I951" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J951" s="0">
+        <x:v>48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="952" spans="1:10">
+      <x:c r="A952" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B952" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C952" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D952" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E952" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="F952" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="G952" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H952" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="I952" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J952" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="953" spans="1:10">
+      <x:c r="A953" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B953" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C953" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D953" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E953" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="F953" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="G953" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="H953" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="I953" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J953" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="954" spans="1:10">
+      <x:c r="A954" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B954" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C954" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D954" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E954" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="F954" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G954" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H954" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="I954" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J954" s="0">
+        <x:v>757</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="955" spans="1:10">
+      <x:c r="A955" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B955" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C955" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D955" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E955" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="F955" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G955" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H955" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="I955" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J955" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="956" spans="1:10">
+      <x:c r="A956" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B956" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C956" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D956" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E956" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="F956" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G956" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H956" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="I956" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J956" s="0">
+        <x:v>750</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="957" spans="1:10">
+      <x:c r="A957" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B957" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C957" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D957" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E957" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="F957" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G957" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H957" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="I957" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J957" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="958" spans="1:10">
+      <x:c r="A958" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B958" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C958" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D958" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E958" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="F958" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G958" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H958" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="I958" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J958" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="959" spans="1:10">
+      <x:c r="A959" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B959" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C959" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D959" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E959" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="F959" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G959" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H959" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="I959" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J959" s="0">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="960" spans="1:10">
+      <x:c r="A960" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B960" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C960" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D960" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E960" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="F960" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G960" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H960" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="I960" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J960" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="961" spans="1:10">
+      <x:c r="A961" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B961" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C961" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D961" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E961" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="F961" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="G961" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="H961" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="I961" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J961" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="962" spans="1:10">
+      <x:c r="A962" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B962" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C962" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D962" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E962" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="F962" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="G962" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H962" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="I962" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J962" s="0">
+        <x:v>449</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="963" spans="1:10">
+      <x:c r="A963" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B963" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C963" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D963" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E963" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="F963" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="G963" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H963" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="I963" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J963" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="964" spans="1:10">
+      <x:c r="A964" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B964" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C964" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D964" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E964" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="F964" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="G964" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H964" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="I964" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J964" s="0">
+        <x:v>447</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="965" spans="1:10">
+      <x:c r="A965" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B965" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C965" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D965" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E965" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="F965" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="G965" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H965" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="I965" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J965" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="966" spans="1:10">
+      <x:c r="A966" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B966" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C966" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D966" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E966" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="F966" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="G966" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H966" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="I966" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J966" s="0">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="967" spans="1:10">
+      <x:c r="A967" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B967" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C967" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D967" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E967" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="F967" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="G967" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="H967" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="I967" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J967" s="0">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="968" spans="1:10">
+      <x:c r="A968" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B968" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C968" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D968" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E968" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="F968" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="G968" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H968" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="I968" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J968" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="969" spans="1:10">
+      <x:c r="A969" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B969" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C969" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="D969" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E969" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="F969" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="G969" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="H969" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="I969" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="J969" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -29656,89 +32266,91 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J881" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="TEA17"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="New Vehicles Licensed for the First Time"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
-      <x:sharedItems count="10">
+      <x:sharedItems count="11">
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
         <x:s v="2024"/>
+        <x:s v="2025"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
-      <x:sharedItems count="10">
+      <x:sharedItems count="11">
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
         <x:s v="2024"/>
+        <x:s v="2025"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02172V02618">
       <x:sharedItems count="11">
         <x:s v="-"/>
         <x:s v="011"/>
         <x:s v="012"/>
         <x:s v="013"/>
         <x:s v="014"/>
         <x:s v="015"/>
         <x:s v="01601"/>
         <x:s v="016011"/>
         <x:s v="016012"/>
         <x:s v="01604"/>
         <x:s v="01605"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Vehicle Registration">
       <x:sharedItems count="11">
         <x:s v="All Vehicles"/>
         <x:s v="New Private Cars"/>
         <x:s v="New Goods Vehicles"/>
         <x:s v="New Tractors"/>
         <x:s v="New Motor Cycles"/>
         <x:s v="New Exempt Vehicles"/>
@@ -29757,51 +32369,51 @@
         <x:s v="3"/>
         <x:s v="4"/>
         <x:s v="6"/>
         <x:s v="7"/>
         <x:s v="9"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Fuel">
       <x:sharedItems count="8">
         <x:s v="All fuel types"/>
         <x:s v="Petrol"/>
         <x:s v="Diesel"/>
         <x:s v="Other fuel types"/>
         <x:s v="Petrol and electric hybrid"/>
         <x:s v="Electric"/>
         <x:s v="Petrol or Diesel plug-in hybrid electric"/>
         <x:s v="Diesel and electric hybrid"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Number"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="0" maxValue="181293" count="388">
+      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="0" maxValue="181293" count="431">
         <x:n v="153850"/>
         <x:n v="35110"/>
         <x:n v="116623"/>
         <x:n v="6"/>
         <x:n v="1402"/>
         <x:n v="497"/>
         <x:n v="123"/>
         <x:n v="89"/>
         <x:n v="121110"/>
         <x:n v="32963"/>
         <x:n v="86103"/>
         <x:n v="1354"/>
         <x:n v="476"/>
         <x:n v="122"/>
         <x:n v="86"/>
         <x:n v="22939"/>
         <x:n v="2"/>
         <x:n v="22924"/>
         <x:n v="0"/>
         <x:n v="12"/>
         <x:n v="1"/>
         <x:n v="1986"/>
         <x:n v="1984"/>
         <x:n v="1244"/>
         <x:n v="1237"/>
@@ -30146,34 +32758,11694 @@
         <x:n v="29523"/>
         <x:n v="871"/>
         <x:n v="74"/>
         <x:n v="2131"/>
         <x:n v="88"/>
         <x:n v="2039"/>
         <x:n v="2760"/>
         <x:n v="2714"/>
         <x:n v="6371"/>
         <x:n v="1230"/>
         <x:n v="2743"/>
         <x:n v="1608"/>
         <x:n v="315"/>
         <x:n v="111"/>
         <x:n v="1241"/>
         <x:n v="873"/>
         <x:n v="289"/>
         <x:n v="502"/>
         <x:n v="336"/>
         <x:n v="87"/>
         <x:n v="739"/>
         <x:n v="202"/>
         <x:n v="654"/>
         <x:n v="453"/>
         <x:n v="447"/>
+        <x:n v="167562"/>
+        <x:n v="35287"/>
+        <x:n v="57725"/>
+        <x:n v="17"/>
+        <x:n v="27840"/>
+        <x:n v="25740"/>
+        <x:n v="19361"/>
+        <x:n v="1592"/>
+        <x:n v="120797"/>
+        <x:n v="31221"/>
+        <x:n v="20562"/>
+        <x:n v="25917"/>
+        <x:n v="23398"/>
+        <x:n v="18237"/>
+        <x:n v="1462"/>
+        <x:n v="32223"/>
+        <x:n v="150"/>
+        <x:n v="29934"/>
+        <x:n v="103"/>
+        <x:n v="1796"/>
+        <x:n v="218"/>
+        <x:n v="2464"/>
+        <x:n v="129"/>
+        <x:n v="2329"/>
+        <x:n v="2729"/>
+        <x:n v="2683"/>
+        <x:n v="6575"/>
+        <x:n v="1098"/>
+        <x:n v="2569"/>
+        <x:n v="1752"/>
+        <x:n v="695"/>
+        <x:n v="118"/>
+        <x:n v="1568"/>
+        <x:n v="1134"/>
+        <x:n v="147"/>
+        <x:n v="211"/>
+        <x:n v="775"/>
+        <x:n v="389"/>
+        <x:n v="793"/>
+        <x:n v="745"/>
+        <x:n v="757"/>
+        <x:n v="750"/>
+        <x:n v="449"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="153850"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="35110"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="116623"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="1402"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="121110"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="32963"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="86103"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="22939"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="22924"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="1986"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="1984"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="1244"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="1237"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="5234"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="4288"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="181293"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="42128"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="135892"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="2571"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="141931"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="39472"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="99306"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="2474"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="28051"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="28035"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="1934"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="1927"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="1546"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="1539"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="6207"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="5035"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="161840"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="41964"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="114461"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="4486"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="127045"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="39391"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="82492"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="4279"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="24101"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="24055"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="1810"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="1800"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="1431"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="1413"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="5854"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="4551"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="157865"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="49778"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="99100"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="6921"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="1328"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="121157"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="46776"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="65814"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="6629"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="25459"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="25372"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="2043"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="2038"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="1556"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="1549"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="5910"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="1416"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="4197"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="922"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="149748"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="49132"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="85284"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="10165"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="3803"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="113305"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="45761"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="53201"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="9578"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="3443"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="24645"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="24327"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="2137"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="2129"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="1848"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="1816"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="5976"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="1531"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="3889"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="116514"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="34586"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="64008"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="10433"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="4443"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="2496"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="84309"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="31507"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="36208"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="9787"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="3940"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="2402"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="21495"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="20977"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="2190"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="2101"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="1709"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="1674"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="5692"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="1288"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="3671"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="142376"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="36472"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="68468"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="16976"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="9616"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="7995"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="2527"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="101853"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="32950"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="34396"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="16027"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="8554"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="7626"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="2008"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="28387"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="27258"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="2491"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="2428"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="2335"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="2260"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="5604"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="1163"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="3002"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="137248"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="34749"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="56370"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="20259"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="16268"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="7749"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="1102"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="101349"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="30627"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="27188"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="19015"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="15462"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="7447"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="23655"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="22974"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="2368"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="2299"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="2871"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="2772"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="5534"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="1149"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="2590"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="1191"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="159778"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="43287"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="60525"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="19382"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="23762"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="10348"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="2444"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="117424"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="38746"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="25938"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="18026"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="22493"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="9972"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="2244"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="29038"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="27986"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="2310"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="2232"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="2932"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="2862"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="6225"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="1406"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="2685"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="1270"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="161095"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="40649"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="63008"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="25649"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="18715"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="11451"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="1556"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="116683"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="36433"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="26728"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="23909"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="17191"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="11060"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="1361"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="30802"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="29523"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="2131"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="2039"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="2760"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="2714"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="6371"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="1230"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="2743"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="1608"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="167562"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="35287"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="57725"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="27840"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="25740"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="19361"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="1592"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="120797"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="31221"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="20562"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="25917"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="23398"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="18237"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="1462"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="32223"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="29934"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="1796"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="2464"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="2329"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="2729"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="2683"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="6575"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="2569"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="1752"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="1568"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="745"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="-"/>
+    <s v="All fuel types"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="1"/>
+    <s v="Petrol"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="2"/>
+    <s v="Diesel"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="3"/>
+    <s v="Other fuel types"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="4"/>
+    <s v="Petrol and electric hybrid"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="6"/>
+    <s v="Electric"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="7"/>
+    <s v="Petrol or Diesel plug-in hybrid electric"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TEA17"/>
+    <s v="New Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="9"/>
+    <s v="Diesel and electric hybrid"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+</pivotCacheRecords>
 </file>