--- v1 (2026-01-28)
+++ v2 (2026-03-15)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7768934a172f4bfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8ba5389e67a346aa9c0d23ac3ef5422e.psmdcp" Id="R5779b81cc4d340ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R055f4d1568b44842" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/45c30d1e56ca44ef913dfbc6d6c1db25.psmdcp" Id="R6466fad694d349ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>