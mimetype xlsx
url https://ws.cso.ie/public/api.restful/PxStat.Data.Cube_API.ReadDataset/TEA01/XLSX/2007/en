--- v0 (2025-10-27)
+++ v1 (2026-01-02)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R554b07fc618346e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/158e1d9d671448b086c600ae1642eaa8.psmdcp" Id="R53ad685ba2ec4e6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0a82953c42f4665" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/542ded4a82374fec835569674fe1d5ff.psmdcp" Id="Re3bc8a5099cb4ca5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>TEA01</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Vehicles Licensed for the First Time</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>1/14/2025 11:00:00 AM</x:t>
+    <x:t>14/01/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>See background notes(https://www.cso.ie/en/methods/transport/) Second-hand: The term 'second-hand vehicles' refers to imported used vehicles which are licensed for use in a public place, in this country, for the first time As of February 2017, data has been reclassified for 2016.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TEA01/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>VLFTA</x:t>
   </x:si>
   <x:si>
     <x:t>Vehicle Licensing Statistics - Annual Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -532,491 +532,190 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...439 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02172V02618" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="17">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+      </items>
+    </pivotField>
+    <pivotField name="Taxation Class" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="17">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H477" totalsRowShown="0">
   <x:autoFilter ref="A1:H477"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02172V02618"/>
     <x:tableColumn id="6" name="Taxation Class"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1285,51 +984,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TEA01/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1518,51 +1217,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H477"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="31.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="30.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -13952,51 +13651,51 @@
       <x:c r="E477" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F477" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H477" s="0">
         <x:v>9257</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -14013,51 +13712,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H477" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="TEA01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Vehicles Licensed for the First Time"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="28">
         <x:s v="1997"/>
         <x:s v="1998"/>
         <x:s v="1999"/>
         <x:s v="2000"/>
         <x:s v="2001"/>
         <x:s v="2002"/>
         <x:s v="2003"/>
         <x:s v="2004"/>
         <x:s v="2005"/>
         <x:s v="2006"/>
         <x:s v="2007"/>
@@ -14610,27 +14309,4788 @@
         <x:n v="9443"/>
         <x:n v="2510"/>
         <x:n v="8501"/>
         <x:n v="245734"/>
         <x:n v="161095"/>
         <x:n v="116683"/>
         <x:n v="30802"/>
         <x:n v="2131"/>
         <x:n v="2760"/>
         <x:n v="6371"/>
         <x:n v="502"/>
         <x:n v="654"/>
         <x:n v="453"/>
         <x:n v="84639"/>
         <x:n v="61838"/>
         <x:n v="10978"/>
         <x:n v="2566"/>
         <x:n v="9257"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="Number"/>
+    <n v="206856"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="01"/>
+    <s v="New Vehicles"/>
+    <s v="Number"/>
+    <n v="153086"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="Number"/>
+    <n v="125818"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="18895"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="Number"/>
+    <n v="1848"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="Number"/>
+    <n v="2717"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="Number"/>
+    <n v="2042"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="Number"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="02"/>
+    <s v="Secondhand Vehicles"/>
+    <s v="Number"/>
+    <n v="53770"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="021"/>
+    <s v="Secondhand Private Cars"/>
+    <s v="Number"/>
+    <n v="41554"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="022"/>
+    <s v="Secondhand Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="4888"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="023"/>
+    <s v="Secondhand Tractors"/>
+    <s v="Number"/>
+    <n v="3065"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="024"/>
+    <s v="Secondhand Other Vehicles"/>
+    <s v="Number"/>
+    <n v="4263"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="Number"/>
+    <n v="225160"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="01"/>
+    <s v="New Vehicles"/>
+    <s v="Number"/>
+    <n v="172524"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="Number"/>
+    <n v="138538"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="23811"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="Number"/>
+    <n v="2318"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="Number"/>
+    <n v="3117"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="Number"/>
+    <n v="2481"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="1380"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="02"/>
+    <s v="Secondhand Vehicles"/>
+    <s v="Number"/>
+    <n v="52636"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="021"/>
+    <s v="Secondhand Private Cars"/>
+    <s v="Number"/>
+    <n v="39565"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="022"/>
+    <s v="Secondhand Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="5388"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="023"/>
+    <s v="Secondhand Tractors"/>
+    <s v="Number"/>
+    <n v="3040"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="024"/>
+    <s v="Secondhand Other Vehicles"/>
+    <s v="Number"/>
+    <n v="4643"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="Number"/>
+    <n v="268619"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="01"/>
+    <s v="New Vehicles"/>
+    <s v="Number"/>
+    <n v="213600"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="Number"/>
+    <n v="170322"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="30066"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="Number"/>
+    <n v="2762"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="Number"/>
+    <n v="4955"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="Number"/>
+    <n v="2664"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="1795"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="686"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="02"/>
+    <s v="Secondhand Vehicles"/>
+    <s v="Number"/>
+    <n v="55019"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="021"/>
+    <s v="Secondhand Private Cars"/>
+    <s v="Number"/>
+    <n v="36878"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="022"/>
+    <s v="Secondhand Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="9285"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="023"/>
+    <s v="Secondhand Tractors"/>
+    <s v="Number"/>
+    <n v="3332"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="024"/>
+    <s v="Secondhand Other Vehicles"/>
+    <s v="Number"/>
+    <n v="5524"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="Number"/>
+    <n v="314292"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="01"/>
+    <s v="New Vehicles"/>
+    <s v="Number"/>
+    <n v="274990"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="Number"/>
+    <n v="225269"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="33606"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="Number"/>
+    <n v="2816"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="Number"/>
+    <n v="6871"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="Number"/>
+    <n v="3321"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="1774"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="02"/>
+    <s v="Secondhand Vehicles"/>
+    <s v="Number"/>
+    <n v="39302"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="021"/>
+    <s v="Secondhand Private Cars"/>
+    <s v="Number"/>
+    <n v="24003"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="022"/>
+    <s v="Secondhand Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="6983"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="023"/>
+    <s v="Secondhand Tractors"/>
+    <s v="Number"/>
+    <n v="2786"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="024"/>
+    <s v="Secondhand Other Vehicles"/>
+    <s v="Number"/>
+    <n v="5530"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="Number"/>
+    <n v="236859"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="01"/>
+    <s v="New Vehicles"/>
+    <s v="Number"/>
+    <n v="207441"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="Number"/>
+    <n v="160908"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="30622"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="Number"/>
+    <n v="2681"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="Number"/>
+    <n v="6919"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="Number"/>
+    <n v="3709"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="1335"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="Number"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="02"/>
+    <s v="Secondhand Vehicles"/>
+    <s v="Number"/>
+    <n v="29418"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="021"/>
+    <s v="Secondhand Private Cars"/>
+    <s v="Number"/>
+    <n v="15237"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="022"/>
+    <s v="Secondhand Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="5958"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="023"/>
+    <s v="Secondhand Tractors"/>
+    <s v="Number"/>
+    <n v="2447"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="024"/>
+    <s v="Secondhand Other Vehicles"/>
+    <s v="Number"/>
+    <n v="5776"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="Number"/>
+    <n v="220847"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="01"/>
+    <s v="New Vehicles"/>
+    <s v="Number"/>
+    <n v="193743"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="Number"/>
+    <n v="150485"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="28412"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="Number"/>
+    <n v="2868"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="Number"/>
+    <n v="5596"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="Number"/>
+    <n v="4114"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="1149"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="02"/>
+    <s v="Secondhand Vehicles"/>
+    <s v="Number"/>
+    <n v="27104"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="021"/>
+    <s v="Secondhand Private Cars"/>
+    <s v="Number"/>
+    <n v="13352"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="022"/>
+    <s v="Secondhand Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="5285"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="023"/>
+    <s v="Secondhand Tractors"/>
+    <s v="Number"/>
+    <n v="2436"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="024"/>
+    <s v="Secondhand Other Vehicles"/>
+    <s v="Number"/>
+    <n v="6031"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="Number"/>
+    <n v="217616"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="01"/>
+    <s v="New Vehicles"/>
+    <s v="Number"/>
+    <n v="188109"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="Number"/>
+    <n v="142992"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="30532"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="Number"/>
+    <n v="2970"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="Number"/>
+    <n v="4993"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="Number"/>
+    <n v="4022"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="Number"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="02"/>
+    <s v="Secondhand Vehicles"/>
+    <s v="Number"/>
+    <n v="29507"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="021"/>
+    <s v="Secondhand Private Cars"/>
+    <s v="Number"/>
+    <n v="13472"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="022"/>
+    <s v="Secondhand Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="6294"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="023"/>
+    <s v="Secondhand Tractors"/>
+    <s v="Number"/>
+    <n v="3044"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="024"/>
+    <s v="Secondhand Other Vehicles"/>
+    <s v="Number"/>
+    <n v="6697"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="Number"/>
+    <n v="234859"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="01"/>
+    <s v="New Vehicles"/>
+    <s v="Number"/>
+    <n v="195507"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="Number"/>
+    <n v="149635"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="31165"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="Number"/>
+    <n v="2881"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="Number"/>
+    <n v="3833"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="Number"/>
+    <n v="5099"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="1181"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="Number"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="02"/>
+    <s v="Secondhand Vehicles"/>
+    <s v="Number"/>
+    <n v="39352"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="021"/>
+    <s v="Secondhand Private Cars"/>
+    <s v="Number"/>
+    <n v="21391"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="022"/>
+    <s v="Secondhand Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="7948"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="023"/>
+    <s v="Secondhand Tractors"/>
+    <s v="Number"/>
+    <n v="3021"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="024"/>
+    <s v="Secondhand Other Vehicles"/>
+    <s v="Number"/>
+    <n v="6992"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="Number"/>
+    <n v="280584"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="01"/>
+    <s v="New Vehicles"/>
+    <s v="Number"/>
+    <n v="219284"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="Number"/>
+    <n v="166270"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="38396"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="Number"/>
+    <n v="3168"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="Number"/>
+    <n v="3240"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="Number"/>
+    <n v="4851"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="1400"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="Number"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="02"/>
+    <s v="Secondhand Vehicles"/>
+    <s v="Number"/>
+    <n v="61300"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="021"/>
+    <s v="Secondhand Private Cars"/>
+    <s v="Number"/>
+    <n v="38207"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="022"/>
+    <s v="Secondhand Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="11590"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="023"/>
+    <s v="Secondhand Tractors"/>
+    <s v="Number"/>
+    <n v="3327"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="024"/>
+    <s v="Secondhand Other Vehicles"/>
+    <s v="Number"/>
+    <n v="8176"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="Number"/>
+    <n v="316140"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="01"/>
+    <s v="New Vehicles"/>
+    <s v="Number"/>
+    <n v="233727"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="Number"/>
+    <n v="173273"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="43619"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="Number"/>
+    <n v="3687"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="Number"/>
+    <n v="3206"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="Number"/>
+    <n v="6169"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="1732"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="Number"/>
+    <n v="1327"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="Number"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="02"/>
+    <s v="Secondhand Vehicles"/>
+    <s v="Number"/>
+    <n v="82413"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="021"/>
+    <s v="Secondhand Private Cars"/>
+    <s v="Number"/>
+    <n v="54244"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="022"/>
+    <s v="Secondhand Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="15228"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="023"/>
+    <s v="Secondhand Tractors"/>
+    <s v="Number"/>
+    <n v="3601"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="024"/>
+    <s v="Secondhand Other Vehicles"/>
+    <s v="Number"/>
+    <n v="9340"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="Number"/>
+    <n v="333996"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01"/>
+    <s v="New Vehicles"/>
+    <s v="Number"/>
+    <n v="246446"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="Number"/>
+    <n v="180754"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="46043"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="Number"/>
+    <n v="4442"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="Number"/>
+    <n v="3522"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="Number"/>
+    <n v="7422"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="1956"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="1283"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="Number"/>
+    <n v="1445"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="02"/>
+    <s v="Secondhand Vehicles"/>
+    <s v="Number"/>
+    <n v="87550"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="021"/>
+    <s v="Secondhand Private Cars"/>
+    <s v="Number"/>
+    <n v="58719"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="022"/>
+    <s v="Secondhand Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="14785"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="023"/>
+    <s v="Secondhand Tractors"/>
+    <s v="Number"/>
+    <n v="3492"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="024"/>
+    <s v="Secondhand Other Vehicles"/>
+    <s v="Number"/>
+    <n v="10554"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="Number"/>
+    <n v="282557"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01"/>
+    <s v="New Vehicles"/>
+    <s v="Number"/>
+    <n v="194817"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="Number"/>
+    <n v="146470"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="31459"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="Number"/>
+    <n v="4154"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="Number"/>
+    <n v="3194"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="Number"/>
+    <n v="6286"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="1614"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="02"/>
+    <s v="Secondhand Vehicles"/>
+    <s v="Number"/>
+    <n v="87740"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="021"/>
+    <s v="Secondhand Private Cars"/>
+    <s v="Number"/>
+    <n v="60091"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="022"/>
+    <s v="Secondhand Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="13133"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="023"/>
+    <s v="Secondhand Tractors"/>
+    <s v="Number"/>
+    <n v="3412"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="024"/>
+    <s v="Secondhand Other Vehicles"/>
+    <s v="Number"/>
+    <n v="11104"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="Number"/>
+    <n v="149389"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="New Vehicles"/>
+    <s v="Number"/>
+    <n v="73125"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="Number"/>
+    <n v="54432"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="10051"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="Number"/>
+    <n v="1883"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="Number"/>
+    <n v="1879"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="Number"/>
+    <n v="3690"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Secondhand Vehicles"/>
+    <s v="Number"/>
+    <n v="76264"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="021"/>
+    <s v="Secondhand Private Cars"/>
+    <s v="Number"/>
+    <n v="49464"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="022"/>
+    <s v="Secondhand Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="13761"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="023"/>
+    <s v="Secondhand Tractors"/>
+    <s v="Number"/>
+    <n v="2845"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="024"/>
+    <s v="Secondhand Other Vehicles"/>
+    <s v="Number"/>
+    <n v="10194"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="Number"/>
+    <n v="160418"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="New Vehicles"/>
+    <s v="Number"/>
+    <n v="103076"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="Number"/>
+    <n v="84907"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="10510"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="Number"/>
+    <n v="1359"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="Number"/>
+    <n v="4207"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="Secondhand Vehicles"/>
+    <s v="Number"/>
+    <n v="57342"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="021"/>
+    <s v="Secondhand Private Cars"/>
+    <s v="Number"/>
+    <n v="39103"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="022"/>
+    <s v="Secondhand Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="8207"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="023"/>
+    <s v="Secondhand Tractors"/>
+    <s v="Number"/>
+    <n v="2194"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="024"/>
+    <s v="Secondhand Other Vehicles"/>
+    <s v="Number"/>
+    <n v="7838"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="Number"/>
+    <n v="160777"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="New Vehicles"/>
+    <s v="Number"/>
+    <n v="105761"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="Number"/>
+    <n v="86932"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="11188"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="Number"/>
+    <n v="1731"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="Number"/>
+    <n v="1102"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="Number"/>
+    <n v="4014"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Secondhand Vehicles"/>
+    <s v="Number"/>
+    <n v="55016"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="021"/>
+    <s v="Secondhand Private Cars"/>
+    <s v="Number"/>
+    <n v="41149"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="022"/>
+    <s v="Secondhand Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="5227"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="023"/>
+    <s v="Secondhand Tractors"/>
+    <s v="Number"/>
+    <n v="2537"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="024"/>
+    <s v="Secondhand Other Vehicles"/>
+    <s v="Number"/>
+    <n v="6103"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="Number"/>
+    <n v="145033"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="New Vehicles"/>
+    <s v="Number"/>
+    <n v="95093"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="Number"/>
+    <n v="76256"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="10855"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="Number"/>
+    <n v="1996"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="Number"/>
+    <n v="3930"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="Secondhand Vehicles"/>
+    <s v="Number"/>
+    <n v="49940"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="021"/>
+    <s v="Secondhand Private Cars"/>
+    <s v="Number"/>
+    <n v="38469"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="022"/>
+    <s v="Secondhand Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="4731"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="023"/>
+    <s v="Secondhand Tractors"/>
+    <s v="Number"/>
+    <n v="1781"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="024"/>
+    <s v="Secondhand Other Vehicles"/>
+    <s v="Number"/>
+    <n v="4959"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="Number"/>
+    <n v="164043"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="New Vehicles"/>
+    <s v="Number"/>
+    <n v="92887"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="Number"/>
+    <n v="71348"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="11024"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="Number"/>
+    <n v="4403"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="Number"/>
+    <n v="3955"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Secondhand Vehicles"/>
+    <s v="Number"/>
+    <n v="71156"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="021"/>
+    <s v="Secondhand Private Cars"/>
+    <s v="Number"/>
+    <n v="49762"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="022"/>
+    <s v="Secondhand Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="7533"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="023"/>
+    <s v="Secondhand Tractors"/>
+    <s v="Number"/>
+    <n v="6598"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="024"/>
+    <s v="Secondhand Other Vehicles"/>
+    <s v="Number"/>
+    <n v="7263"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="Number"/>
+    <n v="187920"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="New Vehicles"/>
+    <s v="Number"/>
+    <n v="117652"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="Number"/>
+    <n v="92361"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="16254"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="Number"/>
+    <n v="2186"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="Number"/>
+    <n v="4762"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Secondhand Vehicles"/>
+    <s v="Number"/>
+    <n v="70268"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="021"/>
+    <s v="Secondhand Private Cars"/>
+    <s v="Number"/>
+    <n v="52863"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="022"/>
+    <s v="Secondhand Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="9074"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="023"/>
+    <s v="Secondhand Tractors"/>
+    <s v="Number"/>
+    <n v="2357"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="024"/>
+    <s v="Secondhand Other Vehicles"/>
+    <s v="Number"/>
+    <n v="5974"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="Number"/>
+    <n v="216523"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="New Vehicles"/>
+    <s v="Number"/>
+    <n v="153850"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="Number"/>
+    <n v="121110"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="22939"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="Number"/>
+    <n v="1986"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="Number"/>
+    <n v="1244"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="Number"/>
+    <n v="5234"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Secondhand Vehicles"/>
+    <s v="Number"/>
+    <n v="62673"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="021"/>
+    <s v="Secondhand Private Cars"/>
+    <s v="Number"/>
+    <n v="47217"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="022"/>
+    <s v="Secondhand Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="8352"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="023"/>
+    <s v="Secondhand Tractors"/>
+    <s v="Number"/>
+    <n v="1787"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="024"/>
+    <s v="Secondhand Other Vehicles"/>
+    <s v="Number"/>
+    <n v="5317"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="Number"/>
+    <n v="270896"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="New Vehicles"/>
+    <s v="Number"/>
+    <n v="181293"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="Number"/>
+    <n v="141931"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="28051"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="Number"/>
+    <n v="1934"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="Number"/>
+    <n v="1546"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="Number"/>
+    <n v="6207"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Secondhand Vehicles"/>
+    <s v="Number"/>
+    <n v="89603"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="021"/>
+    <s v="Secondhand Private Cars"/>
+    <s v="Number"/>
+    <n v="70138"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="022"/>
+    <s v="Secondhand Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="10925"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="023"/>
+    <s v="Secondhand Tractors"/>
+    <s v="Number"/>
+    <n v="1908"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="024"/>
+    <s v="Secondhand Other Vehicles"/>
+    <s v="Number"/>
+    <n v="6632"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="Number"/>
+    <n v="279858"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="New Vehicles"/>
+    <s v="Number"/>
+    <n v="161840"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="Number"/>
+    <n v="127045"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="24101"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="Number"/>
+    <n v="1810"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="Number"/>
+    <n v="1431"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="Number"/>
+    <n v="5854"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Secondhand Vehicles"/>
+    <s v="Number"/>
+    <n v="118018"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="021"/>
+    <s v="Secondhand Private Cars"/>
+    <s v="Number"/>
+    <n v="92508"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="022"/>
+    <s v="Secondhand Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="14168"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="023"/>
+    <s v="Secondhand Tractors"/>
+    <s v="Number"/>
+    <n v="2453"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="024"/>
+    <s v="Secondhand Other Vehicles"/>
+    <s v="Number"/>
+    <n v="8889"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="Number"/>
+    <n v="283739"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="New Vehicles"/>
+    <s v="Number"/>
+    <n v="157865"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="Number"/>
+    <n v="121157"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="25459"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="Number"/>
+    <n v="2043"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="Number"/>
+    <n v="1556"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="Number"/>
+    <n v="5910"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Secondhand Vehicles"/>
+    <s v="Number"/>
+    <n v="125874"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="021"/>
+    <s v="Secondhand Private Cars"/>
+    <s v="Number"/>
+    <n v="99456"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="022"/>
+    <s v="Secondhand Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="14859"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="023"/>
+    <s v="Secondhand Tractors"/>
+    <s v="Number"/>
+    <n v="2198"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="024"/>
+    <s v="Secondhand Other Vehicles"/>
+    <s v="Number"/>
+    <n v="9361"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="Number"/>
+    <n v="286944"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="New Vehicles"/>
+    <s v="Number"/>
+    <n v="149748"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="Number"/>
+    <n v="113305"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="24645"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="Number"/>
+    <n v="2137"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="Number"/>
+    <n v="1848"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="Number"/>
+    <n v="5976"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Secondhand Vehicles"/>
+    <s v="Number"/>
+    <n v="137196"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="021"/>
+    <s v="Secondhand Private Cars"/>
+    <s v="Number"/>
+    <n v="108895"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="022"/>
+    <s v="Secondhand Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="15152"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="023"/>
+    <s v="Secondhand Tractors"/>
+    <s v="Number"/>
+    <n v="2595"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="024"/>
+    <s v="Secondhand Other Vehicles"/>
+    <s v="Number"/>
+    <n v="10554"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="Number"/>
+    <n v="217986"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="New Vehicles"/>
+    <s v="Number"/>
+    <n v="116514"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="Number"/>
+    <n v="84309"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="21495"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="Number"/>
+    <n v="2190"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="Number"/>
+    <n v="1709"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="Number"/>
+    <n v="5692"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="Secondhand Vehicles"/>
+    <s v="Number"/>
+    <n v="101472"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="021"/>
+    <s v="Secondhand Private Cars"/>
+    <s v="Number"/>
+    <n v="78541"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="022"/>
+    <s v="Secondhand Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="11753"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="023"/>
+    <s v="Secondhand Tractors"/>
+    <s v="Number"/>
+    <n v="2648"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="024"/>
+    <s v="Secondhand Other Vehicles"/>
+    <s v="Number"/>
+    <n v="8530"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="Number"/>
+    <n v="234337"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="New Vehicles"/>
+    <s v="Number"/>
+    <n v="142376"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="Number"/>
+    <n v="101853"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="28387"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="Number"/>
+    <n v="2491"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="Number"/>
+    <n v="2335"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="Number"/>
+    <n v="5604"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="630"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="Secondhand Vehicles"/>
+    <s v="Number"/>
+    <n v="91961"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="021"/>
+    <s v="Secondhand Private Cars"/>
+    <s v="Number"/>
+    <n v="68042"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="022"/>
+    <s v="Secondhand Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="10631"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="023"/>
+    <s v="Secondhand Tractors"/>
+    <s v="Number"/>
+    <n v="3341"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="024"/>
+    <s v="Secondhand Other Vehicles"/>
+    <s v="Number"/>
+    <n v="9947"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="Number"/>
+    <n v="202701"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="New Vehicles"/>
+    <s v="Number"/>
+    <n v="137248"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="Number"/>
+    <n v="101349"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="23655"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="Number"/>
+    <n v="2368"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="Number"/>
+    <n v="2871"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="Number"/>
+    <n v="5534"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="Secondhand Vehicles"/>
+    <s v="Number"/>
+    <n v="65453"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="021"/>
+    <s v="Secondhand Private Cars"/>
+    <s v="Number"/>
+    <n v="46567"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="022"/>
+    <s v="Secondhand Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="8063"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="023"/>
+    <s v="Secondhand Tractors"/>
+    <s v="Number"/>
+    <n v="2381"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="024"/>
+    <s v="Secondhand Other Vehicles"/>
+    <s v="Number"/>
+    <n v="8442"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="Number"/>
+    <n v="230613"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="New Vehicles"/>
+    <s v="Number"/>
+    <n v="159778"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="Number"/>
+    <n v="117424"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="29038"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="Number"/>
+    <n v="2310"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="Number"/>
+    <n v="2932"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="Number"/>
+    <n v="6225"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="Number"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="Secondhand Vehicles"/>
+    <s v="Number"/>
+    <n v="70835"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="021"/>
+    <s v="Secondhand Private Cars"/>
+    <s v="Number"/>
+    <n v="50381"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="022"/>
+    <s v="Secondhand Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="9443"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="023"/>
+    <s v="Secondhand Tractors"/>
+    <s v="Number"/>
+    <n v="2510"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="024"/>
+    <s v="Secondhand Other Vehicles"/>
+    <s v="Number"/>
+    <n v="8501"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="Number"/>
+    <n v="245734"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01"/>
+    <s v="New Vehicles"/>
+    <s v="Number"/>
+    <n v="161095"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="Number"/>
+    <n v="116683"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="30802"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="Number"/>
+    <n v="2131"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="Number"/>
+    <n v="2760"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="Number"/>
+    <n v="6371"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="1241"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02"/>
+    <s v="Secondhand Vehicles"/>
+    <s v="Number"/>
+    <n v="84639"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="021"/>
+    <s v="Secondhand Private Cars"/>
+    <s v="Number"/>
+    <n v="61838"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="022"/>
+    <s v="Secondhand Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="10978"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="023"/>
+    <s v="Secondhand Tractors"/>
+    <s v="Number"/>
+    <n v="2566"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="024"/>
+    <s v="Secondhand Other Vehicles"/>
+    <s v="Number"/>
+    <n v="9257"/>
+  </r>
+</pivotCacheRecords>
 </file>