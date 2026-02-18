--- v1 (2026-01-02)
+++ v2 (2026-02-18)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0a82953c42f4665" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/542ded4a82374fec835569674fe1d5ff.psmdcp" Id="Re3bc8a5099cb4ca5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cde127e57b64e20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ea77bf5ab332478d94b669e2c6fa2202.psmdcp" Id="R128b320267f24db7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>TEA01</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Vehicles Licensed for the First Time</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>14/01/2025 11:00:00</x:t>
+    <x:t>13/01/2026 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>See background notes(https://www.cso.ie/en/methods/transport/) Second-hand: The term 'second-hand vehicles' refers to imported used vehicles which are licensed for use in a public place, in this country, for the first time As of February 2017, data has been reclassified for 2016.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TEA01/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>VLFTA</x:t>
   </x:si>
   <x:si>
     <x:t>Vehicle Licensing Statistics - Annual Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -352,50 +352,53 @@
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
+  <x:si>
+    <x:t>2025</x:t>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -546,111 +549,113 @@
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
   <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
   <pivotFields count="8">
     <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="1">
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="1">
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="28">
+      <items count="29">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
         <item x="20"/>
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
         <item x="24"/>
         <item x="25"/>
         <item x="26"/>
         <item x="27"/>
+        <item x="28"/>
       </items>
     </pivotField>
     <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="28">
+      <items count="29">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
         <item x="20"/>
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
         <item x="24"/>
         <item x="25"/>
         <item x="26"/>
         <item x="27"/>
+        <item x="28"/>
       </items>
     </pivotField>
     <pivotField name="C02172V02618" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="17">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
       </items>
     </pivotField>
     <pivotField name="Taxation Class" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="17">
@@ -675,52 +680,52 @@
     </pivotField>
     <pivotField showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
   </pivotFields>
   <rowFields count="6">
     <field x="0"/>
     <field x="1"/>
     <field x="2"/>
     <field x="3"/>
     <field x="4"/>
     <field x="5"/>
   </rowFields>
   <dataFields count="1">
     <dataField name="VALUE" fld="7"/>
   </dataFields>
   <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
       <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
     </ext>
   </extLst>
 </pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H477" totalsRowShown="0">
-  <x:autoFilter ref="A1:H477"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H494" totalsRowShown="0">
+  <x:autoFilter ref="A1:H494"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02172V02618"/>
     <x:tableColumn id="6" name="Taxation Class"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1221,51 +1226,51 @@
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H477"/>
+  <x:dimension ref="A1:H494"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="31.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="30.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -13637,50 +13642,492 @@
     </x:row>
     <x:row r="477" spans="1:8">
       <x:c r="A477" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C477" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D477" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="E477" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F477" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H477" s="0">
         <x:v>9257</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="478" spans="1:8">
+      <x:c r="A478" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B478" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C478" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="D478" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="E478" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="F478" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="G478" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H478" s="0">
+        <x:v>264209</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="479" spans="1:8">
+      <x:c r="A479" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B479" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C479" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="D479" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="E479" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F479" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G479" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H479" s="0">
+        <x:v>167562</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="480" spans="1:8">
+      <x:c r="A480" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B480" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C480" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="D480" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="E480" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="F480" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="G480" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H480" s="0">
+        <x:v>120797</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="481" spans="1:8">
+      <x:c r="A481" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B481" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C481" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="D481" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="E481" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F481" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G481" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H481" s="0">
+        <x:v>32223</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="482" spans="1:8">
+      <x:c r="A482" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B482" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C482" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="D482" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="E482" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="F482" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G482" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H482" s="0">
+        <x:v>2464</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="483" spans="1:8">
+      <x:c r="A483" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B483" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C483" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="D483" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="E483" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F483" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="G483" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H483" s="0">
+        <x:v>2729</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="484" spans="1:8">
+      <x:c r="A484" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B484" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C484" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="D484" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="E484" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F484" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="G484" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H484" s="0">
+        <x:v>6575</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="485" spans="1:8">
+      <x:c r="A485" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B485" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C485" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="D485" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="E485" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F485" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="G485" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H485" s="0">
+        <x:v>1568</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="486" spans="1:8">
+      <x:c r="A486" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B486" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C486" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="D486" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="E486" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="F486" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="G486" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H486" s="0">
+        <x:v>775</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="487" spans="1:8">
+      <x:c r="A487" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B487" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C487" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="D487" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="E487" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F487" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="G487" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H487" s="0">
+        <x:v>793</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="488" spans="1:8">
+      <x:c r="A488" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B488" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C488" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="D488" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="E488" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="F488" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="G488" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H488" s="0">
+        <x:v>757</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="489" spans="1:8">
+      <x:c r="A489" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B489" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C489" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="D489" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="E489" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F489" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="G489" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H489" s="0">
+        <x:v>449</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="490" spans="1:8">
+      <x:c r="A490" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B490" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C490" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="D490" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="E490" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="F490" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="G490" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H490" s="0">
+        <x:v>96647</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="491" spans="1:8">
+      <x:c r="A491" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B491" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C491" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="D491" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="E491" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F491" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="G491" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H491" s="0">
+        <x:v>71604</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="492" spans="1:8">
+      <x:c r="A492" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B492" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C492" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="D492" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="E492" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F492" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="G492" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H492" s="0">
+        <x:v>12463</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="493" spans="1:8">
+      <x:c r="A493" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B493" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C493" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="D493" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="E493" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="F493" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="G493" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H493" s="0">
+        <x:v>2740</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="494" spans="1:8">
+      <x:c r="A494" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B494" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C494" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="D494" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="E494" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="F494" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="G494" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H494" s="0">
+        <x:v>9840</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
@@ -13726,162 +14173,164 @@
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
     <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="TEA01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Vehicles Licensed for the First Time"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
-      <x:sharedItems count="28">
+      <x:sharedItems count="29">
         <x:s v="1997"/>
         <x:s v="1998"/>
         <x:s v="1999"/>
         <x:s v="2000"/>
         <x:s v="2001"/>
         <x:s v="2002"/>
         <x:s v="2003"/>
         <x:s v="2004"/>
         <x:s v="2005"/>
         <x:s v="2006"/>
         <x:s v="2007"/>
         <x:s v="2008"/>
         <x:s v="2009"/>
         <x:s v="2010"/>
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
         <x:s v="2024"/>
+        <x:s v="2025"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
-      <x:sharedItems count="28">
+      <x:sharedItems count="29">
         <x:s v="1997"/>
         <x:s v="1998"/>
         <x:s v="1999"/>
         <x:s v="2000"/>
         <x:s v="2001"/>
         <x:s v="2002"/>
         <x:s v="2003"/>
         <x:s v="2004"/>
         <x:s v="2005"/>
         <x:s v="2006"/>
         <x:s v="2007"/>
         <x:s v="2008"/>
         <x:s v="2009"/>
         <x:s v="2010"/>
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
         <x:s v="2024"/>
+        <x:s v="2025"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02172V02618">
       <x:sharedItems count="17">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="011"/>
         <x:s v="012"/>
         <x:s v="013"/>
         <x:s v="014"/>
         <x:s v="015"/>
         <x:s v="01601"/>
         <x:s v="016011"/>
         <x:s v="016012"/>
         <x:s v="01604"/>
         <x:s v="01605"/>
         <x:s v="02"/>
         <x:s v="021"/>
         <x:s v="022"/>
         <x:s v="023"/>
         <x:s v="024"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Taxation Class">
       <x:sharedItems count="17">
         <x:s v="All Vehicles"/>
         <x:s v="New Vehicles"/>
         <x:s v="New Private Cars"/>
         <x:s v="New Goods Vehicles"/>
         <x:s v="New Tractors"/>
         <x:s v="New Motor Cycles"/>
         <x:s v="New Exempt Vehicles"/>
         <x:s v="New Public Service Vehicles"/>
         <x:s v="New Small Public Service Vehicles"/>
         <x:s v="New Large Public Service Vehicles"/>
         <x:s v="New Machines or Contrivances"/>
         <x:s v="Other Classes New Other Vehicles"/>
         <x:s v="Secondhand Vehicles"/>
         <x:s v="Secondhand Private Cars"/>
         <x:s v="Secondhand Goods Vehicles"/>
         <x:s v="Secondhand Tractors"/>
         <x:s v="Secondhand Other Vehicles"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Number"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="79" maxValue="333996" count="464">
+      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="79" maxValue="333996" count="481">
         <x:n v="206856"/>
         <x:n v="153086"/>
         <x:n v="125818"/>
         <x:n v="18895"/>
         <x:n v="1848"/>
         <x:n v="2717"/>
         <x:n v="2042"/>
         <x:n v="1051"/>
         <x:n v="633"/>
         <x:n v="418"/>
         <x:n v="636"/>
         <x:n v="79"/>
         <x:n v="53770"/>
         <x:n v="41554"/>
         <x:n v="4888"/>
         <x:n v="3065"/>
         <x:n v="4263"/>
         <x:n v="225160"/>
         <x:n v="172524"/>
         <x:n v="138538"/>
         <x:n v="23811"/>
         <x:n v="2318"/>
         <x:n v="3117"/>
         <x:n v="2481"/>
         <x:n v="1380"/>
@@ -14302,50 +14751,67 @@
         <x:n v="6225"/>
         <x:n v="760"/>
         <x:n v="366"/>
         <x:n v="394"/>
         <x:n v="645"/>
         <x:n v="70835"/>
         <x:n v="50381"/>
         <x:n v="9443"/>
         <x:n v="2510"/>
         <x:n v="8501"/>
         <x:n v="245734"/>
         <x:n v="161095"/>
         <x:n v="116683"/>
         <x:n v="30802"/>
         <x:n v="2131"/>
         <x:n v="2760"/>
         <x:n v="6371"/>
         <x:n v="502"/>
         <x:n v="654"/>
         <x:n v="453"/>
         <x:n v="84639"/>
         <x:n v="61838"/>
         <x:n v="10978"/>
         <x:n v="2566"/>
         <x:n v="9257"/>
+        <x:n v="264209"/>
+        <x:n v="167562"/>
+        <x:n v="120797"/>
+        <x:n v="32223"/>
+        <x:n v="2464"/>
+        <x:n v="2729"/>
+        <x:n v="6575"/>
+        <x:n v="1568"/>
+        <x:n v="775"/>
+        <x:n v="793"/>
+        <x:n v="757"/>
+        <x:n v="449"/>
+        <x:n v="96647"/>
+        <x:n v="71604"/>
+        <x:n v="12463"/>
+        <x:n v="2740"/>
+        <x:n v="9840"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
   <r>
     <s v="TEA01"/>
     <s v="Vehicles Licensed for the First Time"/>
     <s v="1997"/>
     <s v="1997"/>
     <s v="-"/>
     <s v="All Vehicles"/>
     <s v="Number"/>
     <n v="206856"/>
   </r>
   <r>
     <s v="TEA01"/>
     <s v="Vehicles Licensed for the First Time"/>
     <s v="1997"/>
     <s v="1997"/>
     <s v="01"/>
     <s v="New Vehicles"/>
@@ -19070,27 +19536,197 @@
     <s v="022"/>
     <s v="Secondhand Goods Vehicles"/>
     <s v="Number"/>
     <n v="10978"/>
   </r>
   <r>
     <s v="TEA01"/>
     <s v="Vehicles Licensed for the First Time"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="023"/>
     <s v="Secondhand Tractors"/>
     <s v="Number"/>
     <n v="2566"/>
   </r>
   <r>
     <s v="TEA01"/>
     <s v="Vehicles Licensed for the First Time"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="024"/>
     <s v="Secondhand Other Vehicles"/>
     <s v="Number"/>
     <n v="9257"/>
   </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="-"/>
+    <s v="All Vehicles"/>
+    <s v="Number"/>
+    <n v="264209"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="01"/>
+    <s v="New Vehicles"/>
+    <s v="Number"/>
+    <n v="167562"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="011"/>
+    <s v="New Private Cars"/>
+    <s v="Number"/>
+    <n v="120797"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="012"/>
+    <s v="New Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="32223"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="013"/>
+    <s v="New Tractors"/>
+    <s v="Number"/>
+    <n v="2464"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="014"/>
+    <s v="New Motor Cycles"/>
+    <s v="Number"/>
+    <n v="2729"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="015"/>
+    <s v="New Exempt Vehicles"/>
+    <s v="Number"/>
+    <n v="6575"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="01601"/>
+    <s v="New Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="1568"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="016011"/>
+    <s v="New Small Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="016012"/>
+    <s v="New Large Public Service Vehicles"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="01604"/>
+    <s v="New Machines or Contrivances"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="01605"/>
+    <s v="Other Classes New Other Vehicles"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="02"/>
+    <s v="Secondhand Vehicles"/>
+    <s v="Number"/>
+    <n v="96647"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="021"/>
+    <s v="Secondhand Private Cars"/>
+    <s v="Number"/>
+    <n v="71604"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="022"/>
+    <s v="Secondhand Goods Vehicles"/>
+    <s v="Number"/>
+    <n v="12463"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="023"/>
+    <s v="Secondhand Tractors"/>
+    <s v="Number"/>
+    <n v="2740"/>
+  </r>
+  <r>
+    <s v="TEA01"/>
+    <s v="Vehicles Licensed for the First Time"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="024"/>
+    <s v="Secondhand Other Vehicles"/>
+    <s v="Number"/>
+    <n v="9840"/>
+  </r>
 </pivotCacheRecords>
 </file>