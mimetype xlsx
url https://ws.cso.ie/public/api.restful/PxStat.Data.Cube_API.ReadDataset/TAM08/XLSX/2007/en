--- v0 (2025-10-26)
+++ v1 (2025-12-19)
@@ -1,103 +1,103 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b8dbe6e49604e77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/05a12c65e1ed400193de3caa7c9c4a69.psmdcp" Id="Rf64584797bf14fd0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R578210dd5f8e495a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/55eeeea09e604248b17e4c37ea221b06.psmdcp" Id="Rcc956a4189ba4eae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>TAM08</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Passengers handled by main airports</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Monthly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/20/2025 11:00:00 AM</x:t>
+    <x:t>14/11/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
-    <x:t>Passenger numbers refer to commercial passengers only. Data is subject to revision. &lt;br&gt;Knock airport was closed from April to June 2020 and from February to May 2021 and Cork airport was closed in October 2021.&lt;br&gt;Minor revisions to 2024 data on 24/04/25.&lt;br&gt;TAM08 replaces TAM06(table/TAM06).</x:t>
+    <x:t>Passenger numbers refer to commercial passengers only. Data is subject to revision. &lt;br&gt;Knock airport was closed from April to June 2020 and from February to May 2021 and Cork airport was closed in October 2021.&lt;br&gt;Minor revisions to June, August and October 2024 for Knock 14/11/2025.&lt;br&gt;TAM08 replaces TAM06(table/TAM06).</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TAM08/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>AS</x:t>
   </x:si>
   <x:si>
     <x:t>Aviation Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Noreen Dorgan</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
@@ -663,50 +663,80 @@
     <x:t>2024 December</x:t>
   </x:si>
   <x:si>
     <x:t>202501</x:t>
   </x:si>
   <x:si>
     <x:t>2025 January</x:t>
   </x:si>
   <x:si>
     <x:t>202502</x:t>
   </x:si>
   <x:si>
     <x:t>2025 February</x:t>
   </x:si>
   <x:si>
     <x:t>202503</x:t>
   </x:si>
   <x:si>
     <x:t>2025 March</x:t>
   </x:si>
   <x:si>
     <x:t>202504</x:t>
   </x:si>
   <x:si>
     <x:t>2025 April</x:t>
+  </x:si>
+  <x:si>
+    <x:t>202505</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 May</x:t>
+  </x:si>
+  <x:si>
+    <x:t>202506</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 June</x:t>
+  </x:si>
+  <x:si>
+    <x:t>202507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 July</x:t>
+  </x:si>
+  <x:si>
+    <x:t>202508</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 August</x:t>
+  </x:si>
+  <x:si>
+    <x:t>202509</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 September</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -844,792 +874,279 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...735 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(M1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="81">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+      </items>
+    </pivotField>
+    <pivotField name="Month" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="81">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02935V03550" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Airport" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H457" totalsRowShown="0">
-  <x:autoFilter ref="A1:H457"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H487" totalsRowShown="0">
+  <x:autoFilter ref="A1:H487"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(M1)"/>
     <x:tableColumn id="4" name="Month"/>
     <x:tableColumn id="5" name="C02935V03550"/>
     <x:tableColumn id="6" name="Airport"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1893,51 +1410,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TAM08/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2126,55 +1643,55 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H457"/>
+  <x:dimension ref="A1:H487"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.996339" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="15.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="15.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -12413,51 +11930,51 @@
       </x:c>
     </x:row>
     <x:row r="395" spans="1:8">
       <x:c r="A395" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="E395" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F395" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H395" s="0">
-        <x:v>78230</x:v>
+        <x:v>80345</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:8">
       <x:c r="A396" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="D396" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="E396" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H396" s="0">
@@ -12465,51 +11982,51 @@
       </x:c>
     </x:row>
     <x:row r="397" spans="1:8">
       <x:c r="A397" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="E397" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H397" s="0">
-        <x:v>3985242</x:v>
+        <x:v>3987357</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:8">
       <x:c r="A398" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="E398" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H398" s="0">
@@ -12725,51 +12242,51 @@
       </x:c>
     </x:row>
     <x:row r="407" spans="1:8">
       <x:c r="A407" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C407" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="D407" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="E407" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F407" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H407" s="0">
-        <x:v>88841</x:v>
+        <x:v>90275</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:8">
       <x:c r="A408" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="D408" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="E408" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F408" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G408" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H408" s="0">
@@ -12777,51 +12294,51 @@
       </x:c>
     </x:row>
     <x:row r="409" spans="1:8">
       <x:c r="A409" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="D409" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="E409" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F409" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H409" s="0">
-        <x:v>4343866</x:v>
+        <x:v>4345300</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:8">
       <x:c r="A410" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C410" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="D410" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="E410" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F410" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G410" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H410" s="0">
@@ -13037,51 +12554,51 @@
       </x:c>
     </x:row>
     <x:row r="419" spans="1:8">
       <x:c r="A419" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="E419" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H419" s="0">
-        <x:v>69319</x:v>
+        <x:v>70197</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:8">
       <x:c r="A420" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="E420" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H420" s="0">
@@ -13089,51 +12606,51 @@
       </x:c>
     </x:row>
     <x:row r="421" spans="1:8">
       <x:c r="A421" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="E421" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H421" s="0">
-        <x:v>3548933</x:v>
+        <x:v>3549811</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:8">
       <x:c r="A422" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="D422" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="E422" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F422" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G422" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H422" s="0">
@@ -14026,65 +13543,845 @@
     </x:row>
     <x:row r="457" spans="1:8">
       <x:c r="A457" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C457" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="D457" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="E457" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F457" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H457" s="0">
         <x:v>3709829</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="458" spans="1:8">
+      <x:c r="A458" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B458" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C458" s="0" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="D458" s="0" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="E458" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F458" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G458" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H458" s="0">
+        <x:v>3395100</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="459" spans="1:8">
+      <x:c r="A459" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B459" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C459" s="0" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="D459" s="0" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="E459" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F459" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G459" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H459" s="0">
+        <x:v>330549</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="460" spans="1:8">
+      <x:c r="A460" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B460" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C460" s="0" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="D460" s="0" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="E460" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F460" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G460" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H460" s="0">
+        <x:v>207350</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="461" spans="1:8">
+      <x:c r="A461" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B461" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C461" s="0" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="D461" s="0" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="E461" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F461" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G461" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H461" s="0">
+        <x:v>91900</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="462" spans="1:8">
+      <x:c r="A462" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B462" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C462" s="0" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="D462" s="0" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="E462" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F462" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G462" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H462" s="0">
+        <x:v>41464</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="463" spans="1:8">
+      <x:c r="A463" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B463" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C463" s="0" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="D463" s="0" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="E463" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F463" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G463" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H463" s="0">
+        <x:v>4066363</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="464" spans="1:8">
+      <x:c r="A464" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B464" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C464" s="0" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="D464" s="0" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="E464" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F464" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G464" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H464" s="0">
+        <x:v>3543340</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="465" spans="1:8">
+      <x:c r="A465" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B465" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C465" s="0" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="D465" s="0" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="E465" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F465" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G465" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H465" s="0">
+        <x:v>354079</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="466" spans="1:8">
+      <x:c r="A466" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B466" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C466" s="0" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="D466" s="0" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="E466" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F466" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G466" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H466" s="0">
+        <x:v>232085</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="467" spans="1:8">
+      <x:c r="A467" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B467" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C467" s="0" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="D467" s="0" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="E467" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F467" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G467" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H467" s="0">
+        <x:v>91986</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="468" spans="1:8">
+      <x:c r="A468" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B468" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C468" s="0" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="D468" s="0" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="E468" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F468" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G468" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H468" s="0">
+        <x:v>44938</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="469" spans="1:8">
+      <x:c r="A469" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B469" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C469" s="0" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="D469" s="0" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="E469" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F469" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G469" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H469" s="0">
+        <x:v>4266428</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="470" spans="1:8">
+      <x:c r="A470" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B470" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C470" s="0" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="D470" s="0" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="E470" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F470" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G470" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H470" s="0">
+        <x:v>3749977</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="471" spans="1:8">
+      <x:c r="A471" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B471" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C471" s="0" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="D471" s="0" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="E471" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F471" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G471" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H471" s="0">
+        <x:v>377504</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="472" spans="1:8">
+      <x:c r="A472" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B472" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C472" s="0" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="D472" s="0" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="E472" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F472" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G472" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H472" s="0">
+        <x:v>251252</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="473" spans="1:8">
+      <x:c r="A473" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B473" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C473" s="0" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="D473" s="0" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="E473" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F473" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G473" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H473" s="0">
+        <x:v>99993</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="474" spans="1:8">
+      <x:c r="A474" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B474" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C474" s="0" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="D474" s="0" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="E474" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F474" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G474" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H474" s="0">
+        <x:v>48972</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="475" spans="1:8">
+      <x:c r="A475" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B475" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C475" s="0" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="D475" s="0" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="E475" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F475" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G475" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H475" s="0">
+        <x:v>4527698</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="476" spans="1:8">
+      <x:c r="A476" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B476" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C476" s="0" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="D476" s="0" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="E476" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F476" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G476" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H476" s="0">
+        <x:v>3783827</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="477" spans="1:8">
+      <x:c r="A477" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B477" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C477" s="0" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="D477" s="0" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="E477" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F477" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G477" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H477" s="0">
+        <x:v>376041</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="478" spans="1:8">
+      <x:c r="A478" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B478" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C478" s="0" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="D478" s="0" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="E478" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F478" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G478" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H478" s="0">
+        <x:v>254703</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="479" spans="1:8">
+      <x:c r="A479" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B479" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C479" s="0" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="D479" s="0" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="E479" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F479" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G479" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H479" s="0">
+        <x:v>106255</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="480" spans="1:8">
+      <x:c r="A480" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B480" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C480" s="0" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="D480" s="0" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="E480" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F480" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G480" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H480" s="0">
+        <x:v>52506</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="481" spans="1:8">
+      <x:c r="A481" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B481" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C481" s="0" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="D481" s="0" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="E481" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F481" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G481" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H481" s="0">
+        <x:v>4573332</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="482" spans="1:8">
+      <x:c r="A482" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B482" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C482" s="0" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="D482" s="0" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="E482" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F482" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G482" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H482" s="0">
+        <x:v>3345354</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="483" spans="1:8">
+      <x:c r="A483" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B483" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C483" s="0" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="D483" s="0" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="E483" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F483" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G483" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H483" s="0">
+        <x:v>321055</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="484" spans="1:8">
+      <x:c r="A484" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B484" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C484" s="0" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="D484" s="0" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="E484" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F484" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G484" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H484" s="0">
+        <x:v>210724</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="485" spans="1:8">
+      <x:c r="A485" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B485" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C485" s="0" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="D485" s="0" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="E485" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F485" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G485" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H485" s="0">
+        <x:v>86873</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="486" spans="1:8">
+      <x:c r="A486" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B486" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C486" s="0" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="D486" s="0" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="E486" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F486" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G486" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H486" s="0">
+        <x:v>39850</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="487" spans="1:8">
+      <x:c r="A487" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B487" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C487" s="0" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="D487" s="0" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="E487" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F487" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G487" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H487" s="0">
+        <x:v>4003856</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -14101,65 +14398,65 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H457" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="TAM08C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Passengers"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(M1)">
-      <x:sharedItems count="76">
+      <x:sharedItems count="81">
         <x:s v="201901"/>
         <x:s v="201902"/>
         <x:s v="201903"/>
         <x:s v="201904"/>
         <x:s v="201905"/>
         <x:s v="201906"/>
         <x:s v="201907"/>
         <x:s v="201908"/>
         <x:s v="201909"/>
         <x:s v="201910"/>
         <x:s v="201911"/>
         <x:s v="201912"/>
         <x:s v="202001"/>
         <x:s v="202002"/>
         <x:s v="202003"/>
         <x:s v="202004"/>
         <x:s v="202005"/>
         <x:s v="202006"/>
         <x:s v="202007"/>
         <x:s v="202008"/>
         <x:s v="202009"/>
         <x:s v="202010"/>
         <x:s v="202011"/>
         <x:s v="202012"/>
         <x:s v="202101"/>
@@ -14192,54 +14489,59 @@
         <x:s v="202304"/>
         <x:s v="202305"/>
         <x:s v="202306"/>
         <x:s v="202307"/>
         <x:s v="202308"/>
         <x:s v="202309"/>
         <x:s v="202310"/>
         <x:s v="202311"/>
         <x:s v="202312"/>
         <x:s v="202401"/>
         <x:s v="202402"/>
         <x:s v="202403"/>
         <x:s v="202404"/>
         <x:s v="202405"/>
         <x:s v="202406"/>
         <x:s v="202407"/>
         <x:s v="202408"/>
         <x:s v="202409"/>
         <x:s v="202410"/>
         <x:s v="202411"/>
         <x:s v="202412"/>
         <x:s v="202501"/>
         <x:s v="202502"/>
         <x:s v="202503"/>
         <x:s v="202504"/>
+        <x:s v="202505"/>
+        <x:s v="202506"/>
+        <x:s v="202507"/>
+        <x:s v="202508"/>
+        <x:s v="202509"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Month">
-      <x:sharedItems count="76">
+      <x:sharedItems count="81">
         <x:s v="2019 January"/>
         <x:s v="2019 February"/>
         <x:s v="2019 March"/>
         <x:s v="2019 April"/>
         <x:s v="2019 May"/>
         <x:s v="2019 June"/>
         <x:s v="2019 July"/>
         <x:s v="2019 August"/>
         <x:s v="2019 September"/>
         <x:s v="2019 October"/>
         <x:s v="2019 November"/>
         <x:s v="2019 December"/>
         <x:s v="2020 January"/>
         <x:s v="2020 February"/>
         <x:s v="2020 March"/>
         <x:s v="2020 April"/>
         <x:s v="2020 May"/>
         <x:s v="2020 June"/>
         <x:s v="2020 July"/>
         <x:s v="2020 August"/>
         <x:s v="2020 September"/>
         <x:s v="2020 October"/>
         <x:s v="2020 November"/>
         <x:s v="2020 December"/>
         <x:s v="2021 January"/>
@@ -14272,79 +14574,84 @@
         <x:s v="2023 April"/>
         <x:s v="2023 May"/>
         <x:s v="2023 June"/>
         <x:s v="2023 July"/>
         <x:s v="2023 August"/>
         <x:s v="2023 September"/>
         <x:s v="2023 October"/>
         <x:s v="2023 November"/>
         <x:s v="2023 December"/>
         <x:s v="2024 January"/>
         <x:s v="2024 February"/>
         <x:s v="2024 March"/>
         <x:s v="2024 April"/>
         <x:s v="2024 May"/>
         <x:s v="2024 June"/>
         <x:s v="2024 July"/>
         <x:s v="2024 August"/>
         <x:s v="2024 September"/>
         <x:s v="2024 October"/>
         <x:s v="2024 November"/>
         <x:s v="2024 December"/>
         <x:s v="2025 January"/>
         <x:s v="2025 February"/>
         <x:s v="2025 March"/>
         <x:s v="2025 April"/>
+        <x:s v="2025 May"/>
+        <x:s v="2025 June"/>
+        <x:s v="2025 July"/>
+        <x:s v="2025 August"/>
+        <x:s v="2025 September"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02935V03550">
       <x:sharedItems count="6">
         <x:s v="EIDW"/>
         <x:s v="EICK"/>
         <x:s v="EINN"/>
         <x:s v="EIKN"/>
         <x:s v="EIKY"/>
         <x:s v="EI0M"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Airport">
       <x:sharedItems count="6">
         <x:s v="Dublin"/>
         <x:s v="Cork"/>
         <x:s v="Shannon"/>
         <x:s v="Knock"/>
         <x:s v="Kerry"/>
         <x:s v="All main airports"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Number"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="0" maxValue="4343866" count="448">
+      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="0" maxValue="4573332" count="478">
         <x:n v="2054794"/>
         <x:n v="148939"/>
         <x:n v="87016"/>
         <x:n v="42413"/>
         <x:n v="20829"/>
         <x:n v="2353991"/>
         <x:n v="1993325"/>
         <x:n v="150482"/>
         <x:n v="82497"/>
         <x:n v="45456"/>
         <x:n v="22231"/>
         <x:n v="2293991"/>
         <x:n v="2432195"/>
         <x:n v="174876"/>
         <x:n v="100374"/>
         <x:n v="54700"/>
         <x:n v="25546"/>
         <x:n v="2787691"/>
         <x:n v="2789660"/>
         <x:n v="210510"/>
         <x:n v="128840"/>
         <x:n v="71563"/>
         <x:n v="32171"/>
         <x:n v="3232744"/>
         <x:n v="2965517"/>
@@ -14686,97 +14993,4988 @@
         <x:n v="111438"/>
         <x:n v="52961"/>
         <x:n v="23899"/>
         <x:n v="2536393"/>
         <x:n v="2702719"/>
         <x:n v="226007"/>
         <x:n v="144617"/>
         <x:n v="61383"/>
         <x:n v="26950"/>
         <x:n v="3161676"/>
         <x:n v="2865656"/>
         <x:n v="243375"/>
         <x:n v="169607"/>
         <x:n v="71495"/>
         <x:n v="30999"/>
         <x:n v="3381132"/>
         <x:n v="3263889"/>
         <x:n v="281858"/>
         <x:n v="197406"/>
         <x:n v="78943"/>
         <x:n v="41079"/>
         <x:n v="3863175"/>
         <x:n v="3349683"/>
         <x:n v="307213"/>
         <x:n v="209100"/>
-        <x:n v="78230"/>
+        <x:n v="80345"/>
         <x:n v="41016"/>
-        <x:n v="3985242"/>
+        <x:n v="3987357"/>
         <x:n v="3509037"/>
         <x:n v="327058"/>
         <x:n v="220956"/>
         <x:n v="88096"/>
         <x:n v="46075"/>
         <x:n v="4191222"/>
         <x:n v="3633198"/>
         <x:n v="341051"/>
         <x:n v="231125"/>
-        <x:n v="88841"/>
+        <x:n v="90275"/>
         <x:n v="49651"/>
-        <x:n v="4343866"/>
+        <x:n v="4345300"/>
         <x:n v="3227287"/>
         <x:n v="295093"/>
         <x:n v="190359"/>
         <x:n v="75270"/>
         <x:n v="39779"/>
         <x:n v="3827788"/>
         <x:n v="2998058"/>
         <x:n v="258770"/>
         <x:n v="185302"/>
-        <x:n v="69319"/>
+        <x:n v="70197"/>
         <x:n v="37484"/>
-        <x:n v="3548933"/>
+        <x:n v="3549811"/>
         <x:n v="2361378"/>
         <x:n v="200682"/>
         <x:n v="134618"/>
         <x:n v="58955"/>
         <x:n v="26236"/>
         <x:n v="2781869"/>
         <x:n v="2389522"/>
         <x:n v="211360"/>
         <x:n v="142612"/>
         <x:n v="61020"/>
         <x:n v="28438"/>
         <x:n v="2832952"/>
         <x:n v="2181773"/>
         <x:n v="195694"/>
         <x:n v="117489"/>
         <x:n v="49655"/>
         <x:n v="21052"/>
         <x:n v="2565663"/>
         <x:n v="2141519"/>
         <x:n v="203407"/>
         <x:n v="119911"/>
         <x:n v="55964"/>
         <x:n v="23939"/>
         <x:n v="2544740"/>
         <x:n v="2610465"/>
         <x:n v="249255"/>
         <x:n v="147298"/>
         <x:n v="62825"/>
         <x:n v="27184"/>
         <x:n v="3097027"/>
         <x:n v="3079211"/>
         <x:n v="308809"/>
         <x:n v="194076"/>
         <x:n v="87171"/>
         <x:n v="40562"/>
         <x:n v="3709829"/>
+        <x:n v="3395100"/>
+        <x:n v="330549"/>
+        <x:n v="207350"/>
+        <x:n v="91900"/>
+        <x:n v="41464"/>
+        <x:n v="4066363"/>
+        <x:n v="3543340"/>
+        <x:n v="354079"/>
+        <x:n v="232085"/>
+        <x:n v="91986"/>
+        <x:n v="44938"/>
+        <x:n v="4266428"/>
+        <x:n v="3749977"/>
+        <x:n v="377504"/>
+        <x:n v="251252"/>
+        <x:n v="99993"/>
+        <x:n v="48972"/>
+        <x:n v="4527698"/>
+        <x:n v="3783827"/>
+        <x:n v="376041"/>
+        <x:n v="254703"/>
+        <x:n v="106255"/>
+        <x:n v="52506"/>
+        <x:n v="4573332"/>
+        <x:n v="3345354"/>
+        <x:n v="321055"/>
+        <x:n v="210724"/>
+        <x:n v="86873"/>
+        <x:n v="39850"/>
+        <x:n v="4003856"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201901"/>
+    <s v="2019 January"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="2054794"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201901"/>
+    <s v="2019 January"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="148939"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201901"/>
+    <s v="2019 January"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="87016"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201901"/>
+    <s v="2019 January"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="42413"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201901"/>
+    <s v="2019 January"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="20829"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201901"/>
+    <s v="2019 January"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="2353991"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201902"/>
+    <s v="2019 February"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="1993325"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201902"/>
+    <s v="2019 February"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="150482"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201902"/>
+    <s v="2019 February"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="82497"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201902"/>
+    <s v="2019 February"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="45456"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201902"/>
+    <s v="2019 February"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="22231"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201902"/>
+    <s v="2019 February"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="2293991"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201903"/>
+    <s v="2019 March"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="2432195"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201903"/>
+    <s v="2019 March"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="174876"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201903"/>
+    <s v="2019 March"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="100374"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201903"/>
+    <s v="2019 March"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="54700"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201903"/>
+    <s v="2019 March"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="25546"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201903"/>
+    <s v="2019 March"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="2787691"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201904"/>
+    <s v="2019 April"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="2789660"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201904"/>
+    <s v="2019 April"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="210510"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201904"/>
+    <s v="2019 April"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="128840"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201904"/>
+    <s v="2019 April"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="71563"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201904"/>
+    <s v="2019 April"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="32171"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201904"/>
+    <s v="2019 April"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="3232744"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201905"/>
+    <s v="2019 May"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="2965517"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201905"/>
+    <s v="2019 May"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="239077"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201905"/>
+    <s v="2019 May"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="160902"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201905"/>
+    <s v="2019 May"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="73850"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201905"/>
+    <s v="2019 May"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="34213"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201905"/>
+    <s v="2019 May"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="3473559"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201906"/>
+    <s v="2019 June"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="3202409"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201906"/>
+    <s v="2019 June"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="278961"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201906"/>
+    <s v="2019 June"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="178680"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201906"/>
+    <s v="2019 June"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="77020"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201906"/>
+    <s v="2019 June"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="36150"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201906"/>
+    <s v="2019 June"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="3773220"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201907"/>
+    <s v="2019 July"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="3430859"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201907"/>
+    <s v="2019 July"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="296876"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201907"/>
+    <s v="2019 July"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="183398"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201907"/>
+    <s v="2019 July"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="88781"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201907"/>
+    <s v="2019 July"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="40680"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201907"/>
+    <s v="2019 July"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="4040594"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201908"/>
+    <s v="2019 August"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="3399714"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201908"/>
+    <s v="2019 August"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="296799"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201908"/>
+    <s v="2019 August"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="187029"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201908"/>
+    <s v="2019 August"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="94907"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201908"/>
+    <s v="2019 August"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="39617"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201908"/>
+    <s v="2019 August"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="4018066"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201909"/>
+    <s v="2019 September"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="3021796"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201909"/>
+    <s v="2019 September"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="238523"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201909"/>
+    <s v="2019 September"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="166270"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201909"/>
+    <s v="2019 September"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="76300"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201909"/>
+    <s v="2019 September"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="35721"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201909"/>
+    <s v="2019 September"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="3538610"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201910"/>
+    <s v="2019 October"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="2865397"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201910"/>
+    <s v="2019 October"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="215482"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201910"/>
+    <s v="2019 October"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="138218"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201910"/>
+    <s v="2019 October"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="72299"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201910"/>
+    <s v="2019 October"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="31790"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201910"/>
+    <s v="2019 October"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="3323186"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201911"/>
+    <s v="2019 November"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="2240194"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201911"/>
+    <s v="2019 November"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="171693"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201911"/>
+    <s v="2019 November"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="104148"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201911"/>
+    <s v="2019 November"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="55255"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201911"/>
+    <s v="2019 November"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="25151"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201911"/>
+    <s v="2019 November"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="2596441"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201912"/>
+    <s v="2019 December"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="2280391"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201912"/>
+    <s v="2019 December"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="163248"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201912"/>
+    <s v="2019 December"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="99050"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201912"/>
+    <s v="2019 December"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="52899"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201912"/>
+    <s v="2019 December"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="25737"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="201912"/>
+    <s v="2019 December"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="2621325"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202001"/>
+    <s v="2020 January"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="2082481"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202001"/>
+    <s v="2020 January"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="158078"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202001"/>
+    <s v="2020 January"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="85974"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202001"/>
+    <s v="2020 January"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="40272"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202001"/>
+    <s v="2020 January"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="21572"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202001"/>
+    <s v="2020 January"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="2388377"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202002"/>
+    <s v="2020 February"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="2030643"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202002"/>
+    <s v="2020 February"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="159121"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202002"/>
+    <s v="2020 February"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="86800"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202002"/>
+    <s v="2020 February"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="45263"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202002"/>
+    <s v="2020 February"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="22699"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202002"/>
+    <s v="2020 February"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="2344526"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202003"/>
+    <s v="2020 March"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="1026004"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202003"/>
+    <s v="2020 March"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="80188"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202003"/>
+    <s v="2020 March"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="43454"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202003"/>
+    <s v="2020 March"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="22436"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202003"/>
+    <s v="2020 March"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="11492"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202003"/>
+    <s v="2020 March"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="1183574"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202004"/>
+    <s v="2020 April"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="23951"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202004"/>
+    <s v="2020 April"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="1140"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202004"/>
+    <s v="2020 April"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202004"/>
+    <s v="2020 April"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202004"/>
+    <s v="2020 April"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202004"/>
+    <s v="2020 April"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="25286"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202005"/>
+    <s v="2020 May"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="42661"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202005"/>
+    <s v="2020 May"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="2116"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202005"/>
+    <s v="2020 May"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202005"/>
+    <s v="2020 May"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202005"/>
+    <s v="2020 May"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202005"/>
+    <s v="2020 May"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="45013"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202006"/>
+    <s v="2020 June"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="88980"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202006"/>
+    <s v="2020 June"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="4623"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202006"/>
+    <s v="2020 June"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202006"/>
+    <s v="2020 June"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202006"/>
+    <s v="2020 June"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202006"/>
+    <s v="2020 June"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="94100"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202007"/>
+    <s v="2020 July"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="374443"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202007"/>
+    <s v="2020 July"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="27631"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202007"/>
+    <s v="2020 July"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="14607"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202007"/>
+    <s v="2020 July"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="8072"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202007"/>
+    <s v="2020 July"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="6528"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202007"/>
+    <s v="2020 July"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="431281"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202008"/>
+    <s v="2020 August"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="509910"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202008"/>
+    <s v="2020 August"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="39951"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202008"/>
+    <s v="2020 August"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="19871"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202008"/>
+    <s v="2020 August"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="13707"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202008"/>
+    <s v="2020 August"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="8337"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202008"/>
+    <s v="2020 August"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="591776"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202009"/>
+    <s v="2020 September"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="386058"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202009"/>
+    <s v="2020 September"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="22705"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202009"/>
+    <s v="2020 September"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="11027"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202009"/>
+    <s v="2020 September"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="5734"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202009"/>
+    <s v="2020 September"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="5103"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202009"/>
+    <s v="2020 September"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="430627"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202010"/>
+    <s v="2020 October"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="253972"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202010"/>
+    <s v="2020 October"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="16714"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202010"/>
+    <s v="2020 October"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="8011"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202010"/>
+    <s v="2020 October"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="4661"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202010"/>
+    <s v="2020 October"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="3188"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202010"/>
+    <s v="2020 October"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="286546"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202011"/>
+    <s v="2020 November"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="166835"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202011"/>
+    <s v="2020 November"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="6108"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202011"/>
+    <s v="2020 November"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="1823"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202011"/>
+    <s v="2020 November"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="1343"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202011"/>
+    <s v="2020 November"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="1342"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202011"/>
+    <s v="2020 November"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="177451"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202012"/>
+    <s v="2020 December"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="281302"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202012"/>
+    <s v="2020 December"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="8639"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202012"/>
+    <s v="2020 December"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="2247"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202012"/>
+    <s v="2020 December"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202012"/>
+    <s v="2020 December"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="1890"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202012"/>
+    <s v="2020 December"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="295122"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202101"/>
+    <s v="2021 January"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="199133"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202101"/>
+    <s v="2021 January"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="4849"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202101"/>
+    <s v="2021 January"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="1214"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202101"/>
+    <s v="2021 January"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202101"/>
+    <s v="2021 January"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202101"/>
+    <s v="2021 January"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="206880"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202102"/>
+    <s v="2021 February"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="95802"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202102"/>
+    <s v="2021 February"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202102"/>
+    <s v="2021 February"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202102"/>
+    <s v="2021 February"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202102"/>
+    <s v="2021 February"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202102"/>
+    <s v="2021 February"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="98127"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202103"/>
+    <s v="2021 March"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="110177"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202103"/>
+    <s v="2021 March"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="2599"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202103"/>
+    <s v="2021 March"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202103"/>
+    <s v="2021 March"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202103"/>
+    <s v="2021 March"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202103"/>
+    <s v="2021 March"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="113960"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202104"/>
+    <s v="2021 April"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="120002"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202104"/>
+    <s v="2021 April"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="3796"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202104"/>
+    <s v="2021 April"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202104"/>
+    <s v="2021 April"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202104"/>
+    <s v="2021 April"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202104"/>
+    <s v="2021 April"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="124651"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202105"/>
+    <s v="2021 May"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="150855"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202105"/>
+    <s v="2021 May"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="6956"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202105"/>
+    <s v="2021 May"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202105"/>
+    <s v="2021 May"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202105"/>
+    <s v="2021 May"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202105"/>
+    <s v="2021 May"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="159115"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202106"/>
+    <s v="2021 June"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="283892"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202106"/>
+    <s v="2021 June"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="14179"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202106"/>
+    <s v="2021 June"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="9734"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202106"/>
+    <s v="2021 June"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="2077"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202106"/>
+    <s v="2021 June"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="2699"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202106"/>
+    <s v="2021 June"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="312581"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202107"/>
+    <s v="2021 July"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="638986"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202107"/>
+    <s v="2021 July"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="32001"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202107"/>
+    <s v="2021 July"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="23859"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202107"/>
+    <s v="2021 July"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="9505"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202107"/>
+    <s v="2021 July"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="5380"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202107"/>
+    <s v="2021 July"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="709731"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202108"/>
+    <s v="2021 August"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="1233212"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202108"/>
+    <s v="2021 August"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="73640"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202108"/>
+    <s v="2021 August"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="47540"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202108"/>
+    <s v="2021 August"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="25307"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202108"/>
+    <s v="2021 August"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="20811"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202108"/>
+    <s v="2021 August"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="1400510"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202109"/>
+    <s v="2021 September"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="1330636"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202109"/>
+    <s v="2021 September"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="28168"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202109"/>
+    <s v="2021 September"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="53895"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202109"/>
+    <s v="2021 September"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="34333"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202109"/>
+    <s v="2021 September"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="19235"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202109"/>
+    <s v="2021 September"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="1466267"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202110"/>
+    <s v="2021 October"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="1543404"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202110"/>
+    <s v="2021 October"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202110"/>
+    <s v="2021 October"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="71853"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202110"/>
+    <s v="2021 October"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="42943"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202110"/>
+    <s v="2021 October"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="27229"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202110"/>
+    <s v="2021 October"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="1685429"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202111"/>
+    <s v="2021 November"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="1382610"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202111"/>
+    <s v="2021 November"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="14933"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202111"/>
+    <s v="2021 November"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="63560"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202111"/>
+    <s v="2021 November"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="33438"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202111"/>
+    <s v="2021 November"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="21588"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202111"/>
+    <s v="2021 November"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="1516129"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202112"/>
+    <s v="2021 December"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="1177562"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202112"/>
+    <s v="2021 December"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="72415"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202112"/>
+    <s v="2021 December"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="48844"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202112"/>
+    <s v="2021 December"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="25805"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202112"/>
+    <s v="2021 December"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="14866"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202112"/>
+    <s v="2021 December"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="1339492"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202201"/>
+    <s v="2022 January"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="969467"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202201"/>
+    <s v="2022 January"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="65166"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202201"/>
+    <s v="2022 January"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="42015"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202201"/>
+    <s v="2022 January"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="13820"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202201"/>
+    <s v="2022 January"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="7158"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202201"/>
+    <s v="2022 January"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="1097626"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202202"/>
+    <s v="2022 February"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="1313651"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202202"/>
+    <s v="2022 February"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="96947"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202202"/>
+    <s v="2022 February"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="57910"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202202"/>
+    <s v="2022 February"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="32660"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202202"/>
+    <s v="2022 February"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="15579"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202202"/>
+    <s v="2022 February"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="1516747"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202203"/>
+    <s v="2022 March"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="1816453"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202203"/>
+    <s v="2022 March"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="126210"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202203"/>
+    <s v="2022 March"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="81286"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202203"/>
+    <s v="2022 March"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="39901"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202203"/>
+    <s v="2022 March"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="22099"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202203"/>
+    <s v="2022 March"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="2085949"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202204"/>
+    <s v="2022 April"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="2369756"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202204"/>
+    <s v="2022 April"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="192275"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202204"/>
+    <s v="2022 April"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="123923"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202204"/>
+    <s v="2022 April"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="69961"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202204"/>
+    <s v="2022 April"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="33828"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202204"/>
+    <s v="2022 April"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="2789743"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202205"/>
+    <s v="2022 May"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="2582957"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202205"/>
+    <s v="2022 May"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="204036"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202205"/>
+    <s v="2022 May"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="135026"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202205"/>
+    <s v="2022 May"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="63041"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202205"/>
+    <s v="2022 May"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="33047"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202205"/>
+    <s v="2022 May"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="3018107"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202206"/>
+    <s v="2022 June"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="2826982"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202206"/>
+    <s v="2022 June"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="248904"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202206"/>
+    <s v="2022 June"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="148990"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202206"/>
+    <s v="2022 June"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="67026"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202206"/>
+    <s v="2022 June"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="35218"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202206"/>
+    <s v="2022 June"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="3327120"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202207"/>
+    <s v="2022 July"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="3038562"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202207"/>
+    <s v="2022 July"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="265597"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202207"/>
+    <s v="2022 July"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="164397"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202207"/>
+    <s v="2022 July"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="86617"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202207"/>
+    <s v="2022 July"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="40073"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202207"/>
+    <s v="2022 July"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="3595246"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202208"/>
+    <s v="2022 August"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="3045763"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202208"/>
+    <s v="2022 August"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="269799"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202208"/>
+    <s v="2022 August"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="159082"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202208"/>
+    <s v="2022 August"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="92213"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202208"/>
+    <s v="2022 August"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="41433"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202208"/>
+    <s v="2022 August"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="3608290"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202209"/>
+    <s v="2022 September"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="2756408"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202209"/>
+    <s v="2022 September"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="232410"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202209"/>
+    <s v="2022 September"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="141557"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202209"/>
+    <s v="2022 September"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="73765"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202209"/>
+    <s v="2022 September"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="36563"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202209"/>
+    <s v="2022 September"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="3240703"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202210"/>
+    <s v="2022 October"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="2689961"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202210"/>
+    <s v="2022 October"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="205807"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202210"/>
+    <s v="2022 October"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="133549"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202210"/>
+    <s v="2022 October"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="73188"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202210"/>
+    <s v="2022 October"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="36143"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202210"/>
+    <s v="2022 October"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="3138648"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202211"/>
+    <s v="2022 November"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="2194199"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202211"/>
+    <s v="2022 November"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="166913"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202211"/>
+    <s v="2022 November"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="115403"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202211"/>
+    <s v="2022 November"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="48705"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202211"/>
+    <s v="2022 November"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="25883"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202211"/>
+    <s v="2022 November"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="2551103"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202212"/>
+    <s v="2022 December"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="2189186"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202212"/>
+    <s v="2022 December"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="164391"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202212"/>
+    <s v="2022 December"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="118820"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202212"/>
+    <s v="2022 December"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="48643"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202212"/>
+    <s v="2022 December"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="28019"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202212"/>
+    <s v="2022 December"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="2549058"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202301"/>
+    <s v="2023 January"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="2091755"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202301"/>
+    <s v="2023 January"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="160857"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202301"/>
+    <s v="2023 January"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="105259"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202301"/>
+    <s v="2023 January"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="37639"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202301"/>
+    <s v="2023 January"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="21563"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202301"/>
+    <s v="2023 January"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="2417073"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202302"/>
+    <s v="2023 February"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="2038737"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202302"/>
+    <s v="2023 February"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="157329"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202302"/>
+    <s v="2023 February"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="96916"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202302"/>
+    <s v="2023 February"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="43812"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202302"/>
+    <s v="2023 February"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="24612"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202302"/>
+    <s v="2023 February"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="2361406"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202303"/>
+    <s v="2023 March"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="2459474"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202303"/>
+    <s v="2023 March"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="180835"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202303"/>
+    <s v="2023 March"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="126318"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202303"/>
+    <s v="2023 March"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="51206"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202303"/>
+    <s v="2023 March"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="26172"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202303"/>
+    <s v="2023 March"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="2844005"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202304"/>
+    <s v="2023 April"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="2812524"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202304"/>
+    <s v="2023 April"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="249691"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202304"/>
+    <s v="2023 April"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="171325"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202304"/>
+    <s v="2023 April"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="76913"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202304"/>
+    <s v="2023 April"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="40955"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202304"/>
+    <s v="2023 April"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="3351408"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202305"/>
+    <s v="2023 May"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="3027722"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202305"/>
+    <s v="2023 May"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="262358"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202305"/>
+    <s v="2023 May"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="178919"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202305"/>
+    <s v="2023 May"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="71170"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202305"/>
+    <s v="2023 May"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="40825"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202305"/>
+    <s v="2023 May"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="3580994"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202306"/>
+    <s v="2023 June"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="3218694"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202306"/>
+    <s v="2023 June"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="279671"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202306"/>
+    <s v="2023 June"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="196179"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202306"/>
+    <s v="2023 June"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="81927"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202306"/>
+    <s v="2023 June"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="35828"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202306"/>
+    <s v="2023 June"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="3812299"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202307"/>
+    <s v="2023 July"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="3425751"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202307"/>
+    <s v="2023 July"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="300228"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202307"/>
+    <s v="2023 July"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="207369"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202307"/>
+    <s v="2023 July"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="91189"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202307"/>
+    <s v="2023 July"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="45902"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202307"/>
+    <s v="2023 July"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="4070439"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202308"/>
+    <s v="2023 August"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="3420160"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202308"/>
+    <s v="2023 August"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="307117"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202308"/>
+    <s v="2023 August"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="215226"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202308"/>
+    <s v="2023 August"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="101736"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202308"/>
+    <s v="2023 August"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="48518"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202308"/>
+    <s v="2023 August"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="4092757"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202309"/>
+    <s v="2023 September"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="3083300"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202309"/>
+    <s v="2023 September"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="259597"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202309"/>
+    <s v="2023 September"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="178793"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202309"/>
+    <s v="2023 September"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="75420"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202309"/>
+    <s v="2023 September"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="39309"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202309"/>
+    <s v="2023 September"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="3636419"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202310"/>
+    <s v="2023 October"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="2980282"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202310"/>
+    <s v="2023 October"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="253108"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202310"/>
+    <s v="2023 October"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="168861"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202310"/>
+    <s v="2023 October"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="75368"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202310"/>
+    <s v="2023 October"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="39404"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202310"/>
+    <s v="2023 October"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="3517023"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202311"/>
+    <s v="2023 November"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="2299219"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202311"/>
+    <s v="2023 November"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="190414"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202311"/>
+    <s v="2023 November"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="124499"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202311"/>
+    <s v="2023 November"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="53082"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202311"/>
+    <s v="2023 November"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="24743"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202311"/>
+    <s v="2023 November"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="2691957"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202312"/>
+    <s v="2023 December"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="2405323"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202312"/>
+    <s v="2023 December"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="196819"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202312"/>
+    <s v="2023 December"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="127935"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202312"/>
+    <s v="2023 December"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="53804"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202312"/>
+    <s v="2023 December"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="26740"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202312"/>
+    <s v="2023 December"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="2810621"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202401"/>
+    <s v="2024 January"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="2167922"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202401"/>
+    <s v="2024 January"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="182798"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202401"/>
+    <s v="2024 January"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="113691"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202401"/>
+    <s v="2024 January"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="44251"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202401"/>
+    <s v="2024 January"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="20428"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202401"/>
+    <s v="2024 January"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="2529090"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202402"/>
+    <s v="2024 February"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="2154911"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202402"/>
+    <s v="2024 February"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="193184"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202402"/>
+    <s v="2024 February"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="111438"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202402"/>
+    <s v="2024 February"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="52961"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202402"/>
+    <s v="2024 February"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="23899"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202402"/>
+    <s v="2024 February"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="2536393"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202403"/>
+    <s v="2024 March"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="2702719"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202403"/>
+    <s v="2024 March"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="226007"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202403"/>
+    <s v="2024 March"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="144617"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202403"/>
+    <s v="2024 March"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="61383"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202403"/>
+    <s v="2024 March"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="26950"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202403"/>
+    <s v="2024 March"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="3161676"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202404"/>
+    <s v="2024 April"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="2865656"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202404"/>
+    <s v="2024 April"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="243375"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202404"/>
+    <s v="2024 April"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="169607"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202404"/>
+    <s v="2024 April"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="71495"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202404"/>
+    <s v="2024 April"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="30999"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202404"/>
+    <s v="2024 April"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="3381132"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202405"/>
+    <s v="2024 May"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="3263889"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202405"/>
+    <s v="2024 May"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="281858"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202405"/>
+    <s v="2024 May"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="197406"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202405"/>
+    <s v="2024 May"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="78943"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202405"/>
+    <s v="2024 May"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="41079"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202405"/>
+    <s v="2024 May"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="3863175"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202406"/>
+    <s v="2024 June"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="3349683"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202406"/>
+    <s v="2024 June"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="307213"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202406"/>
+    <s v="2024 June"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="209100"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202406"/>
+    <s v="2024 June"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="80345"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202406"/>
+    <s v="2024 June"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="41016"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202406"/>
+    <s v="2024 June"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="3987357"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202407"/>
+    <s v="2024 July"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="3509037"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202407"/>
+    <s v="2024 July"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="327058"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202407"/>
+    <s v="2024 July"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="220956"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202407"/>
+    <s v="2024 July"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="88096"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202407"/>
+    <s v="2024 July"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="46075"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202407"/>
+    <s v="2024 July"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="4191222"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202408"/>
+    <s v="2024 August"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="3633198"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202408"/>
+    <s v="2024 August"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="341051"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202408"/>
+    <s v="2024 August"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="231125"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202408"/>
+    <s v="2024 August"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="90275"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202408"/>
+    <s v="2024 August"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="49651"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202408"/>
+    <s v="2024 August"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="4345300"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202409"/>
+    <s v="2024 September"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="3227287"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202409"/>
+    <s v="2024 September"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="295093"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202409"/>
+    <s v="2024 September"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="190359"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202409"/>
+    <s v="2024 September"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="75270"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202409"/>
+    <s v="2024 September"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="39779"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202409"/>
+    <s v="2024 September"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="3827788"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202410"/>
+    <s v="2024 October"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="2998058"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202410"/>
+    <s v="2024 October"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="258770"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202410"/>
+    <s v="2024 October"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="185302"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202410"/>
+    <s v="2024 October"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="70197"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202410"/>
+    <s v="2024 October"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="37484"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202410"/>
+    <s v="2024 October"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="3549811"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202411"/>
+    <s v="2024 November"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="2361378"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202411"/>
+    <s v="2024 November"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="200682"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202411"/>
+    <s v="2024 November"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="134618"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202411"/>
+    <s v="2024 November"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="58955"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202411"/>
+    <s v="2024 November"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="26236"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202411"/>
+    <s v="2024 November"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="2781869"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202412"/>
+    <s v="2024 December"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="2389522"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202412"/>
+    <s v="2024 December"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="211360"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202412"/>
+    <s v="2024 December"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="142612"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202412"/>
+    <s v="2024 December"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="61020"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202412"/>
+    <s v="2024 December"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="28438"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202412"/>
+    <s v="2024 December"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="2832952"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202501"/>
+    <s v="2025 January"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="2181773"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202501"/>
+    <s v="2025 January"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="195694"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202501"/>
+    <s v="2025 January"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="117489"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202501"/>
+    <s v="2025 January"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="49655"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202501"/>
+    <s v="2025 January"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="21052"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202501"/>
+    <s v="2025 January"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="2565663"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202502"/>
+    <s v="2025 February"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="2141519"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202502"/>
+    <s v="2025 February"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="203407"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202502"/>
+    <s v="2025 February"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="119911"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202502"/>
+    <s v="2025 February"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="55964"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202502"/>
+    <s v="2025 February"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="23939"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202502"/>
+    <s v="2025 February"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="2544740"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202503"/>
+    <s v="2025 March"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="2610465"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202503"/>
+    <s v="2025 March"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="249255"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202503"/>
+    <s v="2025 March"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="147298"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202503"/>
+    <s v="2025 March"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="62825"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202503"/>
+    <s v="2025 March"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="27184"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202503"/>
+    <s v="2025 March"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="3097027"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202504"/>
+    <s v="2025 April"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="3079211"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202504"/>
+    <s v="2025 April"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="308809"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202504"/>
+    <s v="2025 April"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="194076"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202504"/>
+    <s v="2025 April"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="87171"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202504"/>
+    <s v="2025 April"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="40562"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202504"/>
+    <s v="2025 April"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="3709829"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202505"/>
+    <s v="2025 May"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="3395100"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202505"/>
+    <s v="2025 May"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="330549"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202505"/>
+    <s v="2025 May"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="207350"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202505"/>
+    <s v="2025 May"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="91900"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202505"/>
+    <s v="2025 May"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="41464"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202505"/>
+    <s v="2025 May"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="4066363"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202506"/>
+    <s v="2025 June"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="3543340"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202506"/>
+    <s v="2025 June"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="354079"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202506"/>
+    <s v="2025 June"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="232085"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202506"/>
+    <s v="2025 June"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="91986"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202506"/>
+    <s v="2025 June"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="44938"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202506"/>
+    <s v="2025 June"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="4266428"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202507"/>
+    <s v="2025 July"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="3749977"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202507"/>
+    <s v="2025 July"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="377504"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202507"/>
+    <s v="2025 July"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="251252"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202507"/>
+    <s v="2025 July"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="99993"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202507"/>
+    <s v="2025 July"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="48972"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202507"/>
+    <s v="2025 July"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="4527698"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202508"/>
+    <s v="2025 August"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="3783827"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202508"/>
+    <s v="2025 August"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="376041"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202508"/>
+    <s v="2025 August"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="254703"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202508"/>
+    <s v="2025 August"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="106255"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202508"/>
+    <s v="2025 August"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="52506"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202508"/>
+    <s v="2025 August"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="4573332"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202509"/>
+    <s v="2025 September"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="3345354"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202509"/>
+    <s v="2025 September"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="321055"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202509"/>
+    <s v="2025 September"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="210724"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202509"/>
+    <s v="2025 September"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="86873"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202509"/>
+    <s v="2025 September"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="39850"/>
+  </r>
+  <r>
+    <s v="TAM08C01"/>
+    <s v="Passengers"/>
+    <s v="202509"/>
+    <s v="2025 September"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="Number"/>
+    <n v="4003856"/>
+  </r>
+</pivotCacheRecords>
 </file>