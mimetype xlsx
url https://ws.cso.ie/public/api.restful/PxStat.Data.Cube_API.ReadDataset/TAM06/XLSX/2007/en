--- v0 (2025-11-04)
+++ v1 (2025-12-24)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc97a7dd121f745cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2f1c731e8b4f4f61be19b10b44f638cf.psmdcp" Id="R5f38b7d13e964e02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dccae7a20be4117" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4ccfe3b551034cdca5df8f300efe7478.psmdcp" Id="Rd318b1d1ab124d12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>TAM06</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Passengers handled by main airports</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>9/19/2023 11:00:00 AM</x:t>
+    <x:t>19/09/2023 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Passenger numbers refer to commercial passengers only. Transit passengers are included and are counted twice (i.e. both as arriving and departing passengers). Knock airport was closed from April to June 2020 and from February to May 2021 and Cork airport was closed in October 2021.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TAM06/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>THA</x:t>
   </x:si>
   <x:si>
     <x:t>Transport Dashboard</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -304,50 +304,53 @@
   </x:si>
   <x:si>
     <x:t>EIKY</x:t>
   </x:si>
   <x:si>
     <x:t>Kerry</x:t>
   </x:si>
   <x:si>
     <x:t>EI0M</x:t>
   </x:si>
   <x:si>
     <x:t>All main airports</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -484,339 +487,158 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...287 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02935V03550" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Airport" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01885V02316" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Month" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J391" totalsRowShown="0">
   <x:autoFilter ref="A1:J391"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02935V03550"/>
     <x:tableColumn id="6" name="Airport"/>
     <x:tableColumn id="7" name="C01885V02316"/>
     <x:tableColumn id="8" name="Month"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1087,51 +909,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TAM06/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1320,51 +1142,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J391"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="15.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="9.282054" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -11642,166 +11464,181 @@
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H322" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I322" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J322" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="323" spans="1:10">
       <x:c r="A323" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I323" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J323" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="324" spans="1:10">
       <x:c r="A324" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H324" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I324" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J324" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="325" spans="1:10">
       <x:c r="A325" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I325" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J325" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="326" spans="1:10">
       <x:c r="A326" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H326" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I326" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J326" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="327" spans="1:10">
       <x:c r="A327" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
         <x:v>54</x:v>
@@ -12043,166 +11880,181 @@
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E335" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H335" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I335" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J335" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="336" spans="1:10">
       <x:c r="A336" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E336" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H336" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I336" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J336" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="337" spans="1:10">
       <x:c r="A337" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E337" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H337" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I337" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J337" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="338" spans="1:10">
       <x:c r="A338" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H338" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I338" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J338" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="339" spans="1:10">
       <x:c r="A339" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E339" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H339" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I339" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J339" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="340" spans="1:10">
       <x:c r="A340" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E340" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F340" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G340" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H340" s="0" t="s">
         <x:v>54</x:v>
@@ -12380,224 +12232,245 @@
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D346" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E346" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F346" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G346" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H346" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I346" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J346" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="347" spans="1:10">
       <x:c r="A347" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E347" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I347" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J347" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="348" spans="1:10">
       <x:c r="A348" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E348" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H348" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I348" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J348" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="349" spans="1:10">
       <x:c r="A349" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E349" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F349" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I349" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J349" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="350" spans="1:10">
       <x:c r="A350" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H350" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I350" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J350" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="351" spans="1:10">
       <x:c r="A351" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E351" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I351" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J351" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="352" spans="1:10">
       <x:c r="A352" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E352" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H352" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I352" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J352" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="353" spans="1:10">
       <x:c r="A353" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>54</x:v>
@@ -12839,166 +12712,181 @@
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E361" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I361" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J361" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="362" spans="1:10">
       <x:c r="A362" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E362" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F362" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H362" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I362" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J362" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="363" spans="1:10">
       <x:c r="A363" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I363" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J363" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="364" spans="1:10">
       <x:c r="A364" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E364" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F364" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H364" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I364" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J364" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="365" spans="1:10">
       <x:c r="A365" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E365" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I365" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J365" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="366" spans="1:10">
       <x:c r="A366" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E366" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F366" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H366" s="0" t="s">
         <x:v>54</x:v>
@@ -13208,195 +13096,213 @@
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E373" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F373" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H373" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I373" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J373" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="374" spans="1:10">
       <x:c r="A374" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E374" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H374" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I374" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J374" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="375" spans="1:10">
       <x:c r="A375" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E375" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F375" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H375" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I375" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J375" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="376" spans="1:10">
       <x:c r="A376" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E376" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F376" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G376" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H376" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I376" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J376" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="377" spans="1:10">
       <x:c r="A377" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E377" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F377" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H377" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I377" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J377" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="378" spans="1:10">
       <x:c r="A378" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F378" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H378" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I378" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J378" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="379" spans="1:10">
       <x:c r="A379" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F379" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>54</x:v>
@@ -13574,241 +13480,259 @@
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D385" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E385" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F385" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I385" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J385" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="386" spans="1:10">
       <x:c r="A386" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C386" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D386" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E386" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F386" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G386" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H386" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I386" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J386" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="387" spans="1:10">
       <x:c r="A387" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E387" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F387" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H387" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I387" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J387" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="388" spans="1:10">
       <x:c r="A388" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E388" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H388" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I388" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J388" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="389" spans="1:10">
       <x:c r="A389" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E389" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I389" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J389" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
     </x:row>
     <x:row r="390" spans="1:10">
       <x:c r="A390" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E390" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H390" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I390" s="0" t="s">
         <x:v>55</x:v>
+      </x:c>
+      <x:c r="J390" s="0" t="s">
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:10">
       <x:c r="A391" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E391" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I391" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J391" s="0">
         <x:v>2416761</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -13825,51 +13749,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J391" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="TAM06"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Passengers"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="5">
         <x:s v="2019"/>
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
       <x:sharedItems count="5">
         <x:s v="2019"/>
         <x:s v="2020"/>
@@ -14272,27 +14196,4708 @@
         <x:n v="76913"/>
         <x:n v="71170"/>
         <x:n v="81927"/>
         <x:n v="91189"/>
         <x:n v="101736"/>
         <x:n v="21563"/>
         <x:n v="24612"/>
         <x:n v="26172"/>
         <x:n v="40955"/>
         <x:n v="40825"/>
         <x:n v="35828"/>
         <x:n v="45902"/>
         <x:n v="2416761"/>
         <x:n v="2361406"/>
         <x:n v="2843741"/>
         <x:n v="3350583"/>
         <x:n v="3580384"/>
         <x:n v="3811920"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="2054794"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="1993325"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="2432195"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="2789660"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="2965517"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="3202409"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="3430859"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="3399714"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="3021796"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="2865397"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="2240194"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="2280391"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="32676251"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="148939"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="150482"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="174876"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="210510"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="239077"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="278961"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="296876"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="296799"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="238523"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="215482"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="171693"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="163248"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="2585466"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="87016"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="82497"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="100374"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="128840"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="160902"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="178680"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="183398"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="187029"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="166270"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="138218"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="104148"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="99050"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="1616422"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="42413"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="45456"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="54700"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="71563"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="73850"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="77020"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="88781"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="94907"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="76300"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="72299"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="55255"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="52899"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="805443"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="20829"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="22231"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="25546"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="32171"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="34213"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="36150"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="40680"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="39617"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="35721"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="31790"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="25151"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="25737"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="369836"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="2353991"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="2293991"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="2787691"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="3232744"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="3473559"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="3773220"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="4040594"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="4018066"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="3538610"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="3323186"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="2596441"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="2621325"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="38053418"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="2082481"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="2030643"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="1026004"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="23951"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="42661"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="88980"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="374443"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="509910"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="386058"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="253972"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="166835"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="281302"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="7267240"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="158078"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="159121"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="80188"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="1140"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="2116"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="4623"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="27631"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="39951"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="22705"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="16714"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="6108"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="8639"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="527014"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="85974"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="86800"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="43454"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="14607"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="19871"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="11027"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="8011"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="1823"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="2247"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="273934"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="40272"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="45263"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="22436"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="8072"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="13707"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="5734"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="4661"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="1343"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="142532"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="21572"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="22699"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="11492"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="6528"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="8337"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="5103"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="3188"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="1342"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="1890"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="82959"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="2388377"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="2344526"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="1183574"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="25286"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="45013"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="94100"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="431281"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="591776"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="430627"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="286546"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="177451"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="295122"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="8293679"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="199133"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="95802"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="110177"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="120002"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="150855"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="283892"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="638986"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="1233212"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="1330636"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="1543404"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="1382610"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="1177562"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="8266271"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="4849"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="2599"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="3796"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="6956"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="14179"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="32001"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="73640"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="28168"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="14933"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="72415"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="255014"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="1214"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="9734"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="23859"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="47540"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="53895"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="71853"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="63560"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="48844"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="322162"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="2077"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="9505"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="25307"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="34333"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="42943"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="33438"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="25805"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="174027"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="2699"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="5380"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="20811"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="19235"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="27229"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="21588"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="14866"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="115398"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="206880"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="98127"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="113960"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="124651"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="159115"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="312581"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="709731"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="1400510"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="1466267"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="1685429"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="1516129"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="1339492"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="9132872"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="969467"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="1313651"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="1816453"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="2369756"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="2582957"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="2826982"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="3038562"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="3045763"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="2756408"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="2689961"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="2194199"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="2189186"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="27793345"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="65166"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="96947"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="126210"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="192275"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="204036"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="248904"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="265597"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="269799"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="232410"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="205807"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="166913"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="164391"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="2238455"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="42015"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="57910"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="81286"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="123923"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="135026"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="148990"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="164397"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="159082"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="141557"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="133549"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="115403"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="118820"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="1421957"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="13820"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="32660"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="39901"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="69961"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="63041"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="67026"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="86617"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="92213"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="73765"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="73188"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="48705"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="48643"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="709540"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="7158"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="15579"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="22099"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="33828"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="33047"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="35218"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="40073"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="41433"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="36563"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="36143"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="25883"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="28019"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="355043"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="1097626"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="1516747"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="2085949"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="2789743"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="3018107"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="3327120"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="3595246"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="3608290"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="3240703"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="3138648"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="2551103"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="2549058"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="32518340"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="2091443"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="2038737"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="2459390"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="2811699"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="3027112"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="3218315"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="3425253"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="3419986"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="160857"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="157329"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="180655"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="249691"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="262358"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="279671"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="300228"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="307117"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="105259"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="96916"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="126318"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="171325"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="178919"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="196179"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="37639"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="43812"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="51206"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="76913"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="71170"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="81927"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="91189"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="101736"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="21563"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="24612"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="26172"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="40955"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="40825"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="35828"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="45902"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="2416761"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="2361406"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="2843741"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="3350583"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="3580384"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="3811920"/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAM06"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EI0M"/>
+    <s v="All main airports"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="2416761"/>
+  </r>
+</pivotCacheRecords>
 </file>