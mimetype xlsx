--- v1 (2025-12-24)
+++ v2 (2026-02-11)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dccae7a20be4117" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4ccfe3b551034cdca5df8f300efe7478.psmdcp" Id="Rd318b1d1ab124d12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redbc2ad8b9254ec4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1bdd30231bd341ab97e1a52ace3fb29e.psmdcp" Id="R1a9303e26fa44d68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>