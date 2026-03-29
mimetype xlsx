--- v2 (2026-02-11)
+++ v3 (2026-03-29)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redbc2ad8b9254ec4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1bdd30231bd341ab97e1a52ace3fb29e.psmdcp" Id="R1a9303e26fa44d68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3662943e6794507" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a8e8dac4d9d947f3977223b63081508e.psmdcp" Id="Rbd9bf8362efa48af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>