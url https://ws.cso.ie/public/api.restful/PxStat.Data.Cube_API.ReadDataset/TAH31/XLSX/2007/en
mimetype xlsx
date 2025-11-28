--- v0 (2025-10-04)
+++ v1 (2025-11-28)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R735a1c7e87aa4071" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9450754ca76b48a3a4f9bc00389c5271.psmdcp" Id="R82e3b3aa0b954bc4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra20b540bff104057" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3dd2ecf5089c4498b558ebf1738a9f71.psmdcp" Id="Rd36dbcc535ad4838" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>