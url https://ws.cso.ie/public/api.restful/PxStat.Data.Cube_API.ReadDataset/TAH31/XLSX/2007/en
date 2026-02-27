--- v1 (2025-11-28)
+++ v2 (2026-02-27)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra20b540bff104057" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3dd2ecf5089c4498b558ebf1738a9f71.psmdcp" Id="Rd36dbcc535ad4838" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d16efd85e5a48e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d96a3d24f9f543d9a6e70e8c00d38110.psmdcp" Id="R87787f19de974a97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>TAH31</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Composition of nominal household income and nominal equivalised income</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>12/10/2020 11:00:00 AM</x:t>
+    <x:t>10/12/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TAH31/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>TAH</x:t>
   </x:si>
   <x:si>
     <x:t>Tenure and Households</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Michael Courtney</x:t>
   </x:si>
@@ -505,355 +505,162 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02891V03483" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Income" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02105V02544" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Tenure Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J361" totalsRowShown="0">
   <x:autoFilter ref="A1:J361"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02891V03483"/>
     <x:tableColumn id="6" name="Type of Income"/>
     <x:tableColumn id="7" name="C02105V02544"/>
     <x:tableColumn id="8" name="Tenure Status"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1124,51 +931,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TAH31/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1355,51 +1162,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J361"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="26.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="65.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="75.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -12941,51 +12748,51 @@
       <x:c r="G361" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I361" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J361" s="0">
         <x:v>457.06</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -13002,51 +12809,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J361" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="TAH31C01"/>
         <x:s v="TAH31C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Nominal Household Income"/>
         <x:s v="Nominal Equivalised Income"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="2">
         <x:s v="2017"/>
         <x:s v="2018"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
       <x:sharedItems count="2">
         <x:s v="2017"/>
         <x:s v="2018"/>
       </x:sharedItems>
@@ -13439,27 +13246,4348 @@
         <x:n v="197.62"/>
         <x:n v="11.24"/>
         <x:n v="78.7"/>
         <x:n v="2.64"/>
         <x:n v="4.83"/>
         <x:n v="1.75"/>
         <x:n v="0.44"/>
         <x:n v="0.98"/>
         <x:n v="173.26"/>
         <x:n v="150.28"/>
         <x:n v="275.6"/>
         <x:n v="22.66"/>
         <x:n v="126.38"/>
         <x:n v="512.96"/>
         <x:n v="507.39"/>
         <x:n v="621.53"/>
         <x:n v="294.91"/>
         <x:n v="457.06"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Direct income: employee income"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="707.95"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Direct income: employee income"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="481.68"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Direct income: employee income"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="1267.41"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Direct income: employee income"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="206.73"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Direct income: employee income"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="762.3"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Direct income: employer's social insurance contributions"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="82.52"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Direct income: employer's social insurance contributions"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="48.03"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Direct income: employer's social insurance contributions"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="158.14"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Direct income: employer's social insurance contributions"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="21.61"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Direct income: employer's social insurance contributions"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="95.3"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Direct income: cash benefits or losses from self-employment"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="127.31"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Direct income: cash benefits or losses from self-employment"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="135.37"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Direct income: cash benefits or losses from self-employment"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="187.22"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Direct income: cash benefits or losses from self-employment"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="6.51"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Direct income: cash benefits or losses from self-employment"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="94.3"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Direct income: other"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="28.29"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Direct income: other"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="37.32"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Direct income: other"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="32.76"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Direct income: other"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Direct income: other"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="13.67"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Direct income: total"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="946.07"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Direct income: total"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="702.39"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Direct income: total"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="1645.53"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Direct income: total"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="240.06"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Direct income: total"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="965.58"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Social transfers: unemployment related benefits"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="39.02"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Social transfers: unemployment related benefits"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="25.53"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Social transfers: unemployment related benefits"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="42.29"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Social transfers: unemployment related benefits"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="76.37"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Social transfers: unemployment related benefits"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="45.03"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Social transfers: old-age related payments"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="75.77"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Social transfers: old-age related payments"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="147.68"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Social transfers: old-age related payments"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="8.08"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Social transfers: old-age related payments"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="50.44"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Social transfers: old-age related payments"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="11.71"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Social transfers: occupational pension"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="54.3"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Social transfers: occupational pension"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="112.84"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Social transfers: occupational pension"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Social transfers: occupational pension"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="6.72"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Social transfers: occupational pension"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="2.85"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="Social transfers: family/children related allowances"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="48.88"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="Social transfers: family/children related allowances"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="23.83"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="Social transfers: family/children related allowances"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="59.58"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="Social transfers: family/children related allowances"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="100.81"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="Social transfers: family/children related allowances"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="63.9"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Social transfers: housing allowances"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="7.06"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Social transfers: housing allowances"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="6.38"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Social transfers: housing allowances"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="1.59"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Social transfers: housing allowances"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="9.52"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Social transfers: housing allowances"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="15.03"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Social transfers: other"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="36.68"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Social transfers: other"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="32.76"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Social transfers: other"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="27.73"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Social transfers: other"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="92.58"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Social transfers: other"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="25.72"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Social transfers: total"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="261.71"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Social transfers: total"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="349.01"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Social transfers: total"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="149.28"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Social transfers: total"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="336.45"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Social transfers: total"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="164.24"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="1207.78"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="1051.41"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="1794.81"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="576.51"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="1129.82"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Tax and social contributions: tax on income and social contributions"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="189.96"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Tax and social contributions: tax on income and social contributions"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="147.56"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Tax and social contributions: tax on income and social contributions"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="346.16"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Tax and social contributions: tax on income and social contributions"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="19.85"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Tax and social contributions: tax on income and social contributions"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="172.42"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Tax and social contributions: employer's social insurance contributions"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="82.52"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Tax and social contributions: employer's social insurance contributions"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="48.03"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Tax and social contributions: employer's social insurance contributions"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="158.14"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Tax and social contributions: employer's social insurance contributions"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="21.61"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Tax and social contributions: employer's social insurance contributions"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="95.3"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Tax and social contributions: regular inter-household cash transfers paid"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="6.29"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Tax and social contributions: regular inter-household cash transfers paid"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="6.78"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Tax and social contributions: regular inter-household cash transfers paid"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="9.52"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Tax and social contributions: regular inter-household cash transfers paid"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="1.02"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Tax and social contributions: regular inter-household cash transfers paid"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="3.65"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="17"/>
+    <s v="Tax and social contributions: total"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="278.77"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="17"/>
+    <s v="Tax and social contributions: total"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="202.37"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="17"/>
+    <s v="Tax and social contributions: total"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="513.82"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="17"/>
+    <s v="Tax and social contributions: total"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="42.48"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="17"/>
+    <s v="Tax and social contributions: total"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="271.38"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="929.01"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="849.03"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="1280.99"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="534.03"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="858.44"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Direct income: employee income"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="760.1"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Direct income: employee income"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="515.09"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Direct income: employee income"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="1381.41"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Direct income: employee income"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="217.98"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Direct income: employee income"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="772.75"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Direct income: employer's social insurance contributions"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="88.25"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Direct income: employer's social insurance contributions"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="53.15"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Direct income: employer's social insurance contributions"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="171.28"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Direct income: employer's social insurance contributions"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="20.97"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Direct income: employer's social insurance contributions"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="92.94"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Direct income: cash benefits or losses from self-employment"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="169.6"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Direct income: cash benefits or losses from self-employment"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="171.51"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Direct income: cash benefits or losses from self-employment"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="295.45"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Direct income: cash benefits or losses from self-employment"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Direct income: cash benefits or losses from self-employment"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="73.68"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Direct income: other"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="30.41"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Direct income: other"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Direct income: other"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="33.59"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Direct income: other"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="3.55"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Direct income: other"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="11.93"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="05"/>
+    <s v="Direct income: total"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="1048.35"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="05"/>
+    <s v="Direct income: total"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="781.75"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="05"/>
+    <s v="Direct income: total"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="1881.73"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="05"/>
+    <s v="Direct income: total"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="251.5"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="05"/>
+    <s v="Direct income: total"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="951.29"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="Social transfers: unemployment related benefits"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="32.18"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="Social transfers: unemployment related benefits"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="18.34"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="Social transfers: unemployment related benefits"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="27.69"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="Social transfers: unemployment related benefits"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="76.18"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="Social transfers: unemployment related benefits"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="48.9"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="Social transfers: old-age related payments"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="74.57"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="Social transfers: old-age related payments"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="147.02"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="Social transfers: old-age related payments"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="7.18"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="Social transfers: old-age related payments"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="40.9"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="Social transfers: old-age related payments"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="10.44"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Social transfers: occupational pension"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="59.46"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Social transfers: occupational pension"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="121.44"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Social transfers: occupational pension"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="12.21"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Social transfers: occupational pension"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="2.66"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Social transfers: occupational pension"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="Social transfers: family/children related allowances"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="51.55"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="Social transfers: family/children related allowances"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="23.98"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="Social transfers: family/children related allowances"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="64.27"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="Social transfers: family/children related allowances"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="115.26"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="Social transfers: family/children related allowances"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="67.25"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Social transfers: housing allowances"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Social transfers: housing allowances"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="6.77"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Social transfers: housing allowances"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="1.05"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Social transfers: housing allowances"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="19.26"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Social transfers: housing allowances"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="29.75"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Social transfers: other"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="35.56"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Social transfers: other"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="31.65"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Social transfers: other"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="24.36"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Social transfers: other"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="99.44"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Social transfers: other"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="27.11"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Social transfers: total"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="264.13"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Social transfers: total"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="349.2"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Social transfers: total"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="136.75"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Social transfers: total"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="353.7"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Social transfers: total"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="188.24"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="1312.48"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="1130.95"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="2018.48"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="605.19"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="1139.54"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="Tax and social contributions: tax on income and social contributions"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="232.92"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="Tax and social contributions: tax on income and social contributions"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="190.31"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="Tax and social contributions: tax on income and social contributions"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="441.52"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="Tax and social contributions: tax on income and social contributions"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="21.58"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="Tax and social contributions: tax on income and social contributions"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="156.3"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="Tax and social contributions: employer's social insurance contributions"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="88.25"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="Tax and social contributions: employer's social insurance contributions"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="53.15"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="Tax and social contributions: employer's social insurance contributions"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="171.28"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="Tax and social contributions: employer's social insurance contributions"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="20.97"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="Tax and social contributions: employer's social insurance contributions"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="92.94"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="Tax and social contributions: regular inter-household cash transfers paid"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="5.13"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="Tax and social contributions: regular inter-household cash transfers paid"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="7.77"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="Tax and social contributions: regular inter-household cash transfers paid"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="4.28"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="Tax and social contributions: regular inter-household cash transfers paid"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="1.06"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="Tax and social contributions: regular inter-household cash transfers paid"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="2.07"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="17"/>
+    <s v="Tax and social contributions: total"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="326.31"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="17"/>
+    <s v="Tax and social contributions: total"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="251.23"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="17"/>
+    <s v="Tax and social contributions: total"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="617.08"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="17"/>
+    <s v="Tax and social contributions: total"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="43.6"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="17"/>
+    <s v="Tax and social contributions: total"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="251.31"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="986.17"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="879.72"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="1401.4"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="561.59"/>
+  </r>
+  <r>
+    <s v="TAH31C01"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="888.22"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Direct income: employee income"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="374.59"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Direct income: employee income"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="283.97"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Direct income: employee income"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="573.49"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Direct income: employee income"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="109.66"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Direct income: employee income"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="373.72"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Direct income: employer's social insurance contributions"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="44.08"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Direct income: employer's social insurance contributions"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="28.63"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Direct income: employer's social insurance contributions"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="72.01"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Direct income: employer's social insurance contributions"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="11.47"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Direct income: employer's social insurance contributions"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="46.7"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Direct income: cash benefits or losses from self-employment"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="66.25"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Direct income: cash benefits or losses from self-employment"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="80.49"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Direct income: cash benefits or losses from self-employment"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="85.8"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Direct income: cash benefits or losses from self-employment"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="3.07"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Direct income: cash benefits or losses from self-employment"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="42.14"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Direct income: other"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="13.53"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Direct income: other"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="20.48"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Direct income: other"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="13.34"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Direct income: other"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="2.66"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Direct income: other"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="6.49"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Direct income: total"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="498.45"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Direct income: total"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="413.57"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Direct income: total"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="744.63"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Direct income: total"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="126.87"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Direct income: total"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="469.06"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Social transfers: unemployment related benefits"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="20.64"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Social transfers: unemployment related benefits"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="14.78"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Social transfers: unemployment related benefits"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="18.53"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Social transfers: unemployment related benefits"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="41.67"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Social transfers: unemployment related benefits"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="23.65"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Social transfers: old-age related payments"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="32.77"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Social transfers: old-age related payments"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="75.67"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Social transfers: old-age related payments"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="3.08"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Social transfers: old-age related payments"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="21.43"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Social transfers: old-age related payments"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="4.53"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Social transfers: occupational pension"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="23.79"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Social transfers: occupational pension"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="58.23"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Social transfers: occupational pension"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="4.01"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Social transfers: occupational pension"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="3.01"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Social transfers: occupational pension"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="1.06"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="Social transfers: family/children related allowances"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="29.12"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="Social transfers: family/children related allowances"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="15.09"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="Social transfers: family/children related allowances"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="Social transfers: family/children related allowances"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="59.26"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="Social transfers: family/children related allowances"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="37.85"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Social transfers: housing allowances"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="3.47"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Social transfers: housing allowances"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="3.17"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Social transfers: housing allowances"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="0.65"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Social transfers: housing allowances"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="4.46"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Social transfers: housing allowances"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="8.05"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Social transfers: other"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="18.05"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Social transfers: other"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="18.31"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Social transfers: other"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="11.86"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Social transfers: other"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="45.15"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Social transfers: other"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="12.53"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Social transfers: total"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="127.84"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Social transfers: total"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="185.24"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Social transfers: total"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="68.22"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Social transfers: total"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="174.98"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Social transfers: total"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="87.68"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="626.29"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="598.81"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="812.85"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="301.85"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="556.74"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Tax and social contributions: tax on income and social contributions"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="100.41"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Tax and social contributions: tax on income and social contributions"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="87.12"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Tax and social contributions: tax on income and social contributions"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="157.55"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Tax and social contributions: tax on income and social contributions"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="10.17"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Tax and social contributions: tax on income and social contributions"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="83.4"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Tax and social contributions: employer's social insurance contributions"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="44.08"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Tax and social contributions: employer's social insurance contributions"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="28.63"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Tax and social contributions: employer's social insurance contributions"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="72.01"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Tax and social contributions: employer's social insurance contributions"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="11.47"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Tax and social contributions: employer's social insurance contributions"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="46.7"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Tax and social contributions: regular inter-household cash transfers paid"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="3.01"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Tax and social contributions: regular inter-household cash transfers paid"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Tax and social contributions: regular inter-household cash transfers paid"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="3.52"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Tax and social contributions: regular inter-household cash transfers paid"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="0.49"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Tax and social contributions: regular inter-household cash transfers paid"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="1.67"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="17"/>
+    <s v="Tax and social contributions: total"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="147.5"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="17"/>
+    <s v="Tax and social contributions: total"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="119.75"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="17"/>
+    <s v="Tax and social contributions: total"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="233.08"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="17"/>
+    <s v="Tax and social contributions: total"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="22.13"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="17"/>
+    <s v="Tax and social contributions: total"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="131.77"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="478.79"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="479.06"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="579.77"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="279.72"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="424.97"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Direct income: employee income"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="406.08"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Direct income: employee income"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="312.53"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Direct income: employee income"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="615.5"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Direct income: employee income"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="114.35"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Direct income: employee income"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="392.22"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Direct income: employer's social insurance contributions"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="47.24"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Direct income: employer's social insurance contributions"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="32.48"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Direct income: employer's social insurance contributions"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="76.22"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Direct income: employer's social insurance contributions"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="10.98"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Direct income: employer's social insurance contributions"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="46.69"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Direct income: cash benefits or losses from self-employment"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="87.58"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Direct income: cash benefits or losses from self-employment"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="101.16"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Direct income: cash benefits or losses from self-employment"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="129.49"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Direct income: cash benefits or losses from self-employment"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="4.98"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Direct income: cash benefits or losses from self-employment"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="34.53"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Direct income: other"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="14.44"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Direct income: other"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="23.19"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Direct income: other"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="13.09"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Direct income: other"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Direct income: other"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="6.08"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="05"/>
+    <s v="Direct income: total"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="555.34"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="05"/>
+    <s v="Direct income: total"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="469.36"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="05"/>
+    <s v="Direct income: total"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="834.3"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="05"/>
+    <s v="Direct income: total"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="132.41"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="05"/>
+    <s v="Direct income: total"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="479.53"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="Social transfers: unemployment related benefits"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="17.41"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="Social transfers: unemployment related benefits"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="10.76"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="Social transfers: unemployment related benefits"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="12.45"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="Social transfers: unemployment related benefits"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="40.19"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="Social transfers: unemployment related benefits"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="26.73"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="Social transfers: old-age related payments"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="32.36"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="Social transfers: old-age related payments"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="76.44"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="Social transfers: old-age related payments"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="Social transfers: old-age related payments"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="16.47"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="Social transfers: old-age related payments"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="4.15"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Social transfers: occupational pension"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="26.41"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Social transfers: occupational pension"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="64.14"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Social transfers: occupational pension"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="4.86"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Social transfers: occupational pension"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="1.07"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Social transfers: occupational pension"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="1.99"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="Social transfers: family/children related allowances"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="31.33"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="Social transfers: family/children related allowances"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="15.79"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="Social transfers: family/children related allowances"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="32.19"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="Social transfers: family/children related allowances"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="68.77"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="Social transfers: family/children related allowances"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="40.59"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Social transfers: housing allowances"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="5.72"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Social transfers: housing allowances"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="3.41"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Social transfers: housing allowances"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="0.43"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Social transfers: housing allowances"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="9.97"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Social transfers: housing allowances"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="16.78"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Social transfers: other"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="17.66"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Social transfers: other"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="17.77"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Social transfers: other"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="10.19"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Social transfers: other"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="48.69"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Social transfers: other"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="13.67"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Social transfers: total"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="130.88"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Social transfers: total"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="188.31"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Social transfers: total"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="62.82"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Social transfers: total"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="185.16"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Social transfers: total"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="103.91"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="686.22"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="657.67"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="897.13"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="317.57"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="583.44"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="Tax and social contributions: tax on income and social contributions"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="123.38"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="Tax and social contributions: tax on income and social contributions"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="112.98"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="Tax and social contributions: tax on income and social contributions"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="197.62"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="Tax and social contributions: tax on income and social contributions"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="11.24"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="Tax and social contributions: tax on income and social contributions"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="78.7"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="Tax and social contributions: employer's social insurance contributions"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="47.24"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="Tax and social contributions: employer's social insurance contributions"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="32.48"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="Tax and social contributions: employer's social insurance contributions"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="76.22"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="Tax and social contributions: employer's social insurance contributions"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="10.98"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="Tax and social contributions: employer's social insurance contributions"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="46.69"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="Tax and social contributions: regular inter-household cash transfers paid"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="2.64"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="Tax and social contributions: regular inter-household cash transfers paid"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="4.83"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="Tax and social contributions: regular inter-household cash transfers paid"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="1.75"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="Tax and social contributions: regular inter-household cash transfers paid"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="0.44"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="Tax and social contributions: regular inter-household cash transfers paid"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="0.98"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="17"/>
+    <s v="Tax and social contributions: total"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="173.26"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="17"/>
+    <s v="Tax and social contributions: total"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="150.28"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="17"/>
+    <s v="Tax and social contributions: total"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="275.6"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="17"/>
+    <s v="Tax and social contributions: total"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="22.66"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="17"/>
+    <s v="Tax and social contributions: total"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="126.38"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="Euro"/>
+    <n v="512.96"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="Euro"/>
+    <n v="507.39"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="Euro"/>
+    <n v="621.53"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="Euro"/>
+    <n v="294.91"/>
+  </r>
+  <r>
+    <s v="TAH31C02"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="Euro"/>
+    <n v="457.06"/>
+  </r>
+</pivotCacheRecords>
 </file>