--- v0 (2025-11-09)
+++ v1 (2026-01-27)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf847c3dcccf404b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/07ed34beee874325bf1cebcebb6aee5d.psmdcp" Id="Re554d8f4f65d4e8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62f7b243ad844539" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a2d6a3f34fe0440fb629a0e44ab3736d.psmdcp" Id="Rafb85b54b1ba49d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>TAH25</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Proportion of persons aged 15 and over engaged in atypical work</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>12/10/2020 11:00:00 AM</x:t>
+    <x:t>10/12/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Estimates for number of persons where there are less than 30 persons in a cell are too small to be considered reliable. These estimates are presented with a '..' Where there are 30-49 persons in a cell, estimates are considered to have a wider margin of error and should be treated with caution. In the case of rates, these limits apply to the denominator used in generating the rate. In the case of annual changes, both the current year and the preceding year are taken into account when deciding whether the estimate should be suppressed or flagged as having a wider margin of error. Family units may include other persons, with the exception of 'Single Person Households'.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TAH25/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>TAH</x:t>
   </x:si>
   <x:si>
     <x:t>Tenure and Households</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -418,219 +418,122 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...167 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03682V04424" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Family Unit" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H33" totalsRowShown="0">
   <x:autoFilter ref="A1:H33"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C03682V04424"/>
     <x:tableColumn id="6" name="Family Unit"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -899,51 +802,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TAH25/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1132,51 +1035,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="57.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="7.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="43.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -2022,51 +1925,51 @@
       <x:c r="E33" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H33" s="0">
         <x:v>25.9</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -2083,51 +1986,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H33" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="TAH25C01"/>
         <x:s v="TAH25C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Proportion of persons aged 15 and sometimes do atypical work"/>
         <x:s v="Proportion of persons aged 15 and always do atypical work"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="2">
         <x:s v="20182"/>
         <x:s v="20192"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
       <x:sharedItems count="2">
         <x:s v="2018Q2"/>
         <x:s v="2019Q2"/>
       </x:sharedItems>
@@ -2173,27 +2076,348 @@
         <x:n v="7.6"/>
         <x:n v="7.2"/>
         <x:n v="10.3"/>
         <x:n v="8.5"/>
         <x:n v="8.2"/>
         <x:n v="22.1"/>
         <x:n v="23.9"/>
         <x:n v="20.8"/>
         <x:n v="21.4"/>
         <x:n v="23.5"/>
         <x:n v="22.3"/>
         <x:n v="24.5"/>
         <x:n v="20.7"/>
         <x:n v="21.1"/>
         <x:n v="19"/>
         <x:n v="20"/>
         <x:n v="23.3"/>
         <x:n v="25.9"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="TAH25C01"/>
+    <s v="Proportion of persons aged 15 and sometimes do atypical work"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="TAH25C01"/>
+    <s v="Proportion of persons aged 15 and sometimes do atypical work"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="TAH25C01"/>
+    <s v="Proportion of persons aged 15 and sometimes do atypical work"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="TAH25C01"/>
+    <s v="Proportion of persons aged 15 and sometimes do atypical work"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="TAH25C01"/>
+    <s v="Proportion of persons aged 15 and sometimes do atypical work"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="TAH25C01"/>
+    <s v="Proportion of persons aged 15 and sometimes do atypical work"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="TAH25C01"/>
+    <s v="Proportion of persons aged 15 and sometimes do atypical work"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="TAH25C01"/>
+    <s v="Proportion of persons aged 15 and sometimes do atypical work"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="TAH25C01"/>
+    <s v="Proportion of persons aged 15 and sometimes do atypical work"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="TAH25C01"/>
+    <s v="Proportion of persons aged 15 and sometimes do atypical work"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="TAH25C01"/>
+    <s v="Proportion of persons aged 15 and sometimes do atypical work"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="TAH25C01"/>
+    <s v="Proportion of persons aged 15 and sometimes do atypical work"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="TAH25C01"/>
+    <s v="Proportion of persons aged 15 and sometimes do atypical work"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="TAH25C01"/>
+    <s v="Proportion of persons aged 15 and sometimes do atypical work"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="TAH25C01"/>
+    <s v="Proportion of persons aged 15 and sometimes do atypical work"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="TAH25C01"/>
+    <s v="Proportion of persons aged 15 and sometimes do atypical work"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="TAH25C02"/>
+    <s v="Proportion of persons aged 15 and always do atypical work"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="%"/>
+    <n v="22.1"/>
+  </r>
+  <r>
+    <s v="TAH25C02"/>
+    <s v="Proportion of persons aged 15 and always do atypical work"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="%"/>
+    <n v="23.9"/>
+  </r>
+  <r>
+    <s v="TAH25C02"/>
+    <s v="Proportion of persons aged 15 and always do atypical work"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="%"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="TAH25C02"/>
+    <s v="Proportion of persons aged 15 and always do atypical work"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="%"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="TAH25C02"/>
+    <s v="Proportion of persons aged 15 and always do atypical work"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="%"/>
+    <n v="23.5"/>
+  </r>
+  <r>
+    <s v="TAH25C02"/>
+    <s v="Proportion of persons aged 15 and always do atypical work"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="%"/>
+    <n v="23.9"/>
+  </r>
+  <r>
+    <s v="TAH25C02"/>
+    <s v="Proportion of persons aged 15 and always do atypical work"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="%"/>
+    <n v="22.3"/>
+  </r>
+  <r>
+    <s v="TAH25C02"/>
+    <s v="Proportion of persons aged 15 and always do atypical work"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="%"/>
+    <n v="24.5"/>
+  </r>
+  <r>
+    <s v="TAH25C02"/>
+    <s v="Proportion of persons aged 15 and always do atypical work"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="%"/>
+    <n v="20.7"/>
+  </r>
+  <r>
+    <s v="TAH25C02"/>
+    <s v="Proportion of persons aged 15 and always do atypical work"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="%"/>
+    <n v="21.1"/>
+  </r>
+  <r>
+    <s v="TAH25C02"/>
+    <s v="Proportion of persons aged 15 and always do atypical work"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="TAH25C02"/>
+    <s v="Proportion of persons aged 15 and always do atypical work"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="TAH25C02"/>
+    <s v="Proportion of persons aged 15 and always do atypical work"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="%"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="TAH25C02"/>
+    <s v="Proportion of persons aged 15 and always do atypical work"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="%"/>
+    <n v="23.9"/>
+  </r>
+  <r>
+    <s v="TAH25C02"/>
+    <s v="Proportion of persons aged 15 and always do atypical work"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="%"/>
+    <n v="22.3"/>
+  </r>
+  <r>
+    <s v="TAH25C02"/>
+    <s v="Proportion of persons aged 15 and always do atypical work"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="%"/>
+    <n v="25.9"/>
+  </r>
+</pivotCacheRecords>
 </file>