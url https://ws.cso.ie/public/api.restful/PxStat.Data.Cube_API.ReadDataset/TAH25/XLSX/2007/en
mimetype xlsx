--- v1 (2026-01-27)
+++ v2 (2026-03-14)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62f7b243ad844539" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a2d6a3f34fe0440fb629a0e44ab3736d.psmdcp" Id="Rafb85b54b1ba49d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1cddf2d81f04919" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/645e89b8ad12470a9755035120ce98b0.psmdcp" Id="R116ac8afcb5b4eba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>