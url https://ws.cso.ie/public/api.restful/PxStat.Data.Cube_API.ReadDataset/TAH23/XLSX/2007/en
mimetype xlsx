--- v0 (2025-11-04)
+++ v1 (2026-01-02)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf97b52c79364efa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1d6448fda61e496dab3f86cb87eadf54.psmdcp" Id="Rd9147c30a3af4e9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re344a6b95b6940b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0bff3928177e436481f0f1c4fa0fa3f6.psmdcp" Id="R2effbdae2ec04089" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>TAH23</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Proportion of persons aged 15 years and over in work</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>12/10/2020 11:00:00 AM</x:t>
+    <x:t>10/12/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Estimates for number of persons where there are less than 30 persons in a cell are too small to be considered reliable. These estimates are presented with a '..' Where there are 30-49 persons in a cell, estimates are considered to have a wider margin of error and should be treated with caution. In the case of rates, these limits apply to the denominator used in generating the rate. In the case of annual changes, both the current year and the preceding year are taken into account when deciding whether the estimate should be suppressed or flagged as having a wider margin of error. Family units may include other persons, with the exception of 'Single Person Households'.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TAH23/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>TAH</x:t>
   </x:si>
   <x:si>
     <x:t>Tenure and Households</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -234,50 +234,53 @@
     <x:t>Terraced House</x:t>
   </x:si>
   <x:si>
     <x:t>129</x:t>
   </x:si>
   <x:si>
     <x:t>Apartment, flat, bedsit</x:t>
   </x:si>
   <x:si>
     <x:t>30</x:t>
   </x:si>
   <x:si>
     <x:t>Not Stated</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
     <x:t>Part-time</x:t>
   </x:si>
   <x:si>
     <x:t>20192</x:t>
   </x:si>
   <x:si>
     <x:t>2019Q2</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -415,227 +418,130 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...175 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02472V02994" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Full-Time and Part-Time Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02121V02562" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Dwelling Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J25" totalsRowShown="0">
   <x:autoFilter ref="A1:J25"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02472V02994"/>
     <x:tableColumn id="6" name="Full-Time and Part-Time Status"/>
     <x:tableColumn id="7" name="C02121V02562"/>
     <x:tableColumn id="8" name="Dwelling Status"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -906,51 +812,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TAH23/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1139,51 +1045,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J25"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="49.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="7.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="30.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="21.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -1765,50 +1671,53 @@
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I19" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J19" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="20" spans="1:10">
       <x:c r="A20" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H20" s="0" t="s">
         <x:v>55</x:v>
@@ -1953,65 +1862,68 @@
         <x:v>49</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I25" s="0" t="s">
         <x:v>56</x:v>
+      </x:c>
+      <x:c r="J25" s="0" t="s">
+        <x:v>71</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -2028,51 +1940,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J25" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="TAH23C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Proportion of persons aged 15 years and over in work"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="2">
         <x:s v="20182"/>
         <x:s v="20192"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
       <x:sharedItems count="2">
         <x:s v="2018Q2"/>
         <x:s v="2019Q2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02472V02994">
@@ -2120,27 +2032,316 @@
         <x:n v="77.6"/>
         <x:n v="87.2"/>
         <x:n v="86.9"/>
         <x:n v="20.2"/>
         <x:n v="21.4"/>
         <x:n v="20.6"/>
         <x:n v="22.4"/>
         <x:n v="12.8"/>
         <x:n v="13.1"/>
         <x:n v="79.9"/>
         <x:n v="80.8"/>
         <x:n v="78.3"/>
         <x:n v="83.8"/>
         <x:s v=""/>
         <x:n v="20.1"/>
         <x:n v="19.1"/>
         <x:n v="21.7"/>
         <x:n v="16.2"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="TAH23C01"/>
+    <s v="Proportion of persons aged 15 years and over in work"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="%"/>
+    <n v="79.8"/>
+  </r>
+  <r>
+    <s v="TAH23C01"/>
+    <s v="Proportion of persons aged 15 years and over in work"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="%"/>
+    <n v="78.6"/>
+  </r>
+  <r>
+    <s v="TAH23C01"/>
+    <s v="Proportion of persons aged 15 years and over in work"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="%"/>
+    <n v="79.4"/>
+  </r>
+  <r>
+    <s v="TAH23C01"/>
+    <s v="Proportion of persons aged 15 years and over in work"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="%"/>
+    <n v="77.6"/>
+  </r>
+  <r>
+    <s v="TAH23C01"/>
+    <s v="Proportion of persons aged 15 years and over in work"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="%"/>
+    <n v="87.2"/>
+  </r>
+  <r>
+    <s v="TAH23C01"/>
+    <s v="Proportion of persons aged 15 years and over in work"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="86.9"/>
+  </r>
+  <r>
+    <s v="TAH23C01"/>
+    <s v="Proportion of persons aged 15 years and over in work"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="%"/>
+    <n v="20.2"/>
+  </r>
+  <r>
+    <s v="TAH23C01"/>
+    <s v="Proportion of persons aged 15 years and over in work"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="%"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="TAH23C01"/>
+    <s v="Proportion of persons aged 15 years and over in work"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="%"/>
+    <n v="20.6"/>
+  </r>
+  <r>
+    <s v="TAH23C01"/>
+    <s v="Proportion of persons aged 15 years and over in work"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="%"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="TAH23C01"/>
+    <s v="Proportion of persons aged 15 years and over in work"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="TAH23C01"/>
+    <s v="Proportion of persons aged 15 years and over in work"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="TAH23C01"/>
+    <s v="Proportion of persons aged 15 years and over in work"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="%"/>
+    <n v="79.9"/>
+  </r>
+  <r>
+    <s v="TAH23C01"/>
+    <s v="Proportion of persons aged 15 years and over in work"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="%"/>
+    <n v="78.6"/>
+  </r>
+  <r>
+    <s v="TAH23C01"/>
+    <s v="Proportion of persons aged 15 years and over in work"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="%"/>
+    <n v="80.8"/>
+  </r>
+  <r>
+    <s v="TAH23C01"/>
+    <s v="Proportion of persons aged 15 years and over in work"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="%"/>
+    <n v="78.3"/>
+  </r>
+  <r>
+    <s v="TAH23C01"/>
+    <s v="Proportion of persons aged 15 years and over in work"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="%"/>
+    <n v="83.8"/>
+  </r>
+  <r>
+    <s v="TAH23C01"/>
+    <s v="Proportion of persons aged 15 years and over in work"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="1"/>
+    <s v="Full-time"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAH23C01"/>
+    <s v="Proportion of persons aged 15 years and over in work"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="%"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="TAH23C01"/>
+    <s v="Proportion of persons aged 15 years and over in work"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="%"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="TAH23C01"/>
+    <s v="Proportion of persons aged 15 years and over in work"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="%"/>
+    <n v="19.1"/>
+  </r>
+  <r>
+    <s v="TAH23C01"/>
+    <s v="Proportion of persons aged 15 years and over in work"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="%"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="TAH23C01"/>
+    <s v="Proportion of persons aged 15 years and over in work"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="TAH23C01"/>
+    <s v="Proportion of persons aged 15 years and over in work"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="2"/>
+    <s v="Part-time"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+</pivotCacheRecords>
 </file>