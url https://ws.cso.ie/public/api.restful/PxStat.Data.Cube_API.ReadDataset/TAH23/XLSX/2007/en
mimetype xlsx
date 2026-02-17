--- v1 (2026-01-02)
+++ v2 (2026-02-17)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re344a6b95b6940b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0bff3928177e436481f0f1c4fa0fa3f6.psmdcp" Id="R2effbdae2ec04089" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81ea2acaac9a4b60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e76dcd44f6e04bb2a5cb1e320438e0f7.psmdcp" Id="R694ee1b2b2ac442f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>