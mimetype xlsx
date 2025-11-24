--- v0 (2025-10-03)
+++ v1 (2025-11-24)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4df801100344311" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d68a76dbde324a13bed9bd2cb2a944e8.psmdcp" Id="Rf64e837026fc4e27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R624fd416c12b4854" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/41584f2b93b044748a1f98f2c0006b93.psmdcp" Id="Rbf2bf78dc1d642cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>TAH19</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Labour Force Participation Rate, Employment and Unemployment Rate and Proportion of Persons in Employment, Self-Employed and in Jobless Households</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>12/10/2020 11:00:00 AM</x:t>
+    <x:t>10/12/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Estimates for number of persons where there are less than 30 persons in a cell are too small to be considered reliable. These estimates are presented with an asterisk (..) in the relevant tables. Where there are 30-49 persons in a cell, estimates are considered to have a wider margin of error and should be treated with caution. These cells are presented with parentheses [ ]. Family units may include other persons, with the exception of Single Person Households.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TAH19/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>TAH</x:t>
   </x:si>
   <x:si>
     <x:t>Tenure and Households</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -243,50 +243,53 @@
     <x:t>2 or more family units</x:t>
   </x:si>
   <x:si>
     <x:t>70</x:t>
   </x:si>
   <x:si>
     <x:t>All other households including non-family units</x:t>
   </x:si>
   <x:si>
     <x:t>20192</x:t>
   </x:si>
   <x:si>
     <x:t>2019Q2</x:t>
   </x:si>
   <x:si>
     <x:t>TAH19C02</x:t>
   </x:si>
   <x:si>
     <x:t>ILO Employment Rate (15 - 64 years)</x:t>
   </x:si>
   <x:si>
     <x:t>TAH19C03</x:t>
   </x:si>
   <x:si>
     <x:t>ILO Unemployment Rate (15 - 74 years)</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>TAH19C04</x:t>
   </x:si>
   <x:si>
     <x:t>Persons in employment and self-employed (aged 15 years and over)</x:t>
   </x:si>
   <x:si>
     <x:t>TAH19C05</x:t>
   </x:si>
   <x:si>
     <x:t>Proportion of persons in jobless households (aged 0-59 years)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
@@ -436,243 +439,128 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...191 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03682V04424" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Family Unit" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H81" totalsRowShown="0">
   <x:autoFilter ref="A1:H81"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C03682V04424"/>
     <x:tableColumn id="6" name="Family Unit"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -941,51 +829,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TAH19/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1174,51 +1062,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H81"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="61.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="7.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="43.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -2204,50 +2092,53 @@
         <x:v>12.4</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H39" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H40" s="0">
         <x:v>7.4</x:v>
@@ -2409,945 +2300,951 @@
         <x:v>12.1</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8">
       <x:c r="A47" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H47" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H48" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H49" s="0">
         <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H50" s="0">
         <x:v>14.6</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H51" s="0">
         <x:v>19.8</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H52" s="0">
         <x:v>19.2</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H53" s="0">
         <x:v>14.8</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H54" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8">
       <x:c r="A55" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H55" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8">
       <x:c r="A56" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H56" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="A57" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H57" s="0">
         <x:v>6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8">
       <x:c r="A58" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H58" s="0">
         <x:v>13.8</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8">
       <x:c r="A59" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H59" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
       <x:c r="A60" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H60" s="0">
         <x:v>17.5</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H61" s="0">
         <x:v>13.8</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H62" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8">
       <x:c r="A63" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H63" s="0">
         <x:v>18.2</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8">
       <x:c r="A64" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H64" s="0">
         <x:v>8.7</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8">
       <x:c r="A65" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H65" s="0">
         <x:v>6.8</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H66" s="0">
         <x:v>10.2</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H67" s="0">
         <x:v>28.3</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H68" s="0">
         <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H69" s="0">
         <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H70" s="0">
         <x:v>31.4</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H71" s="0">
         <x:v>14.3</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H72" s="0">
         <x:v>8.7</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H73" s="0">
         <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H74" s="0">
         <x:v>9.6</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H75" s="0">
         <x:v>23.2</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H76" s="0">
         <x:v>5.7</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H77" s="0">
         <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H78" s="0">
         <x:v>30.4</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H79" s="0">
         <x:v>15.6</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H80" s="0">
         <x:v>6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H81" s="0">
         <x:v>8.2</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -3364,51 +3261,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H81" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="5">
         <x:s v="TAH19C01"/>
         <x:s v="TAH19C02"/>
         <x:s v="TAH19C03"/>
         <x:s v="TAH19C04"/>
         <x:s v="TAH19C05"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="5">
         <x:s v="ILO Participation Rate (15 years and over)"/>
         <x:s v="ILO Employment Rate (15 - 64 years)"/>
         <x:s v="ILO Unemployment Rate (15 - 74 years)"/>
         <x:s v="Persons in employment and self-employed (aged 15 years and over)"/>
         <x:s v="Proportion of persons in jobless households (aged 0-59 years)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="2">
         <x:s v="20182"/>
         <x:s v="20192"/>
       </x:sharedItems>
@@ -3507,27 +3404,828 @@
         <x:n v="17.5"/>
         <x:n v="18.2"/>
         <x:n v="8.7"/>
         <x:n v="6.8"/>
         <x:n v="10.2"/>
         <x:n v="28.3"/>
         <x:n v="6.1"/>
         <x:n v="31.4"/>
         <x:n v="14.3"/>
         <x:n v="8.5"/>
         <x:n v="9.6"/>
         <x:n v="23.2"/>
         <x:n v="5.7"/>
         <x:n v="4.8"/>
         <x:n v="30.4"/>
         <x:n v="15.6"/>
         <x:n v="6.2"/>
         <x:n v="8.2"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="TAH19C01"/>
+    <s v="ILO Participation Rate (15 years and over)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="%"/>
+    <n v="62.3"/>
+  </r>
+  <r>
+    <s v="TAH19C01"/>
+    <s v="ILO Participation Rate (15 years and over)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="%"/>
+    <n v="43.8"/>
+  </r>
+  <r>
+    <s v="TAH19C01"/>
+    <s v="ILO Participation Rate (15 years and over)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="%"/>
+    <n v="51.6"/>
+  </r>
+  <r>
+    <s v="TAH19C01"/>
+    <s v="ILO Participation Rate (15 years and over)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="%"/>
+    <n v="71.8"/>
+  </r>
+  <r>
+    <s v="TAH19C01"/>
+    <s v="ILO Participation Rate (15 years and over)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="%"/>
+    <n v="57.1"/>
+  </r>
+  <r>
+    <s v="TAH19C01"/>
+    <s v="ILO Participation Rate (15 years and over)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="%"/>
+    <n v="66.6"/>
+  </r>
+  <r>
+    <s v="TAH19C01"/>
+    <s v="ILO Participation Rate (15 years and over)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="%"/>
+    <n v="65.2"/>
+  </r>
+  <r>
+    <s v="TAH19C01"/>
+    <s v="ILO Participation Rate (15 years and over)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="%"/>
+    <n v="69.9"/>
+  </r>
+  <r>
+    <s v="TAH19C01"/>
+    <s v="ILO Participation Rate (15 years and over)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="%"/>
+    <n v="62.1"/>
+  </r>
+  <r>
+    <s v="TAH19C01"/>
+    <s v="ILO Participation Rate (15 years and over)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="%"/>
+    <n v="46.7"/>
+  </r>
+  <r>
+    <s v="TAH19C01"/>
+    <s v="ILO Participation Rate (15 years and over)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="%"/>
+    <n v="49.9"/>
+  </r>
+  <r>
+    <s v="TAH19C01"/>
+    <s v="ILO Participation Rate (15 years and over)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="%"/>
+    <n v="71.6"/>
+  </r>
+  <r>
+    <s v="TAH19C01"/>
+    <s v="ILO Participation Rate (15 years and over)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="%"/>
+    <n v="58.4"/>
+  </r>
+  <r>
+    <s v="TAH19C01"/>
+    <s v="ILO Participation Rate (15 years and over)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="%"/>
+    <n v="66.7"/>
+  </r>
+  <r>
+    <s v="TAH19C01"/>
+    <s v="ILO Participation Rate (15 years and over)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="%"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="TAH19C01"/>
+    <s v="ILO Participation Rate (15 years and over)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="%"/>
+    <n v="66.7"/>
+  </r>
+  <r>
+    <s v="TAH19C02"/>
+    <s v="ILO Employment Rate (15 - 64 years)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="%"/>
+    <n v="68.5"/>
+  </r>
+  <r>
+    <s v="TAH19C02"/>
+    <s v="ILO Employment Rate (15 - 64 years)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="%"/>
+    <n v="66.5"/>
+  </r>
+  <r>
+    <s v="TAH19C02"/>
+    <s v="ILO Employment Rate (15 - 64 years)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="%"/>
+    <n v="75.9"/>
+  </r>
+  <r>
+    <s v="TAH19C02"/>
+    <s v="ILO Employment Rate (15 - 64 years)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="%"/>
+    <n v="69.4"/>
+  </r>
+  <r>
+    <s v="TAH19C02"/>
+    <s v="ILO Employment Rate (15 - 64 years)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="%"/>
+    <n v="52.6"/>
+  </r>
+  <r>
+    <s v="TAH19C02"/>
+    <s v="ILO Employment Rate (15 - 64 years)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="%"/>
+    <n v="64.4"/>
+  </r>
+  <r>
+    <s v="TAH19C02"/>
+    <s v="ILO Employment Rate (15 - 64 years)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="%"/>
+    <n v="65.5"/>
+  </r>
+  <r>
+    <s v="TAH19C02"/>
+    <s v="ILO Employment Rate (15 - 64 years)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="%"/>
+    <n v="73.7"/>
+  </r>
+  <r>
+    <s v="TAH19C02"/>
+    <s v="ILO Employment Rate (15 - 64 years)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="%"/>
+    <n v="69.1"/>
+  </r>
+  <r>
+    <s v="TAH19C02"/>
+    <s v="ILO Employment Rate (15 - 64 years)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="%"/>
+    <n v="71.1"/>
+  </r>
+  <r>
+    <s v="TAH19C02"/>
+    <s v="ILO Employment Rate (15 - 64 years)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="%"/>
+    <n v="75.4"/>
+  </r>
+  <r>
+    <s v="TAH19C02"/>
+    <s v="ILO Employment Rate (15 - 64 years)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="%"/>
+    <n v="69.7"/>
+  </r>
+  <r>
+    <s v="TAH19C02"/>
+    <s v="ILO Employment Rate (15 - 64 years)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="%"/>
+    <n v="54.1"/>
+  </r>
+  <r>
+    <s v="TAH19C02"/>
+    <s v="ILO Employment Rate (15 - 64 years)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="%"/>
+    <n v="65.5"/>
+  </r>
+  <r>
+    <s v="TAH19C02"/>
+    <s v="ILO Employment Rate (15 - 64 years)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="%"/>
+    <n v="68.3"/>
+  </r>
+  <r>
+    <s v="TAH19C02"/>
+    <s v="ILO Employment Rate (15 - 64 years)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="%"/>
+    <n v="72.5"/>
+  </r>
+  <r>
+    <s v="TAH19C03"/>
+    <s v="ILO Unemployment Rate (15 - 74 years)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="TAH19C03"/>
+    <s v="ILO Unemployment Rate (15 - 74 years)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="TAH19C03"/>
+    <s v="ILO Unemployment Rate (15 - 74 years)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="TAH19C03"/>
+    <s v="ILO Unemployment Rate (15 - 74 years)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="TAH19C03"/>
+    <s v="ILO Unemployment Rate (15 - 74 years)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="%"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="TAH19C03"/>
+    <s v="ILO Unemployment Rate (15 - 74 years)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAH19C03"/>
+    <s v="ILO Unemployment Rate (15 - 74 years)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="TAH19C03"/>
+    <s v="ILO Unemployment Rate (15 - 74 years)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="TAH19C03"/>
+    <s v="ILO Unemployment Rate (15 - 74 years)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="TAH19C03"/>
+    <s v="ILO Unemployment Rate (15 - 74 years)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="TAH19C03"/>
+    <s v="ILO Unemployment Rate (15 - 74 years)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="TAH19C03"/>
+    <s v="ILO Unemployment Rate (15 - 74 years)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="TAH19C03"/>
+    <s v="ILO Unemployment Rate (15 - 74 years)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="TAH19C03"/>
+    <s v="ILO Unemployment Rate (15 - 74 years)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAH19C03"/>
+    <s v="ILO Unemployment Rate (15 - 74 years)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAH19C03"/>
+    <s v="ILO Unemployment Rate (15 - 74 years)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="TAH19C04"/>
+    <s v="Persons in employment and self-employed (aged 15 years and over)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="TAH19C04"/>
+    <s v="Persons in employment and self-employed (aged 15 years and over)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="%"/>
+    <n v="19.8"/>
+  </r>
+  <r>
+    <s v="TAH19C04"/>
+    <s v="Persons in employment and self-employed (aged 15 years and over)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="%"/>
+    <n v="19.2"/>
+  </r>
+  <r>
+    <s v="TAH19C04"/>
+    <s v="Persons in employment and self-employed (aged 15 years and over)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="TAH19C04"/>
+    <s v="Persons in employment and self-employed (aged 15 years and over)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="TAH19C04"/>
+    <s v="Persons in employment and self-employed (aged 15 years and over)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="TAH19C04"/>
+    <s v="Persons in employment and self-employed (aged 15 years and over)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="TAH19C04"/>
+    <s v="Persons in employment and self-employed (aged 15 years and over)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="TAH19C04"/>
+    <s v="Persons in employment and self-employed (aged 15 years and over)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="TAH19C04"/>
+    <s v="Persons in employment and self-employed (aged 15 years and over)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="TAH19C04"/>
+    <s v="Persons in employment and self-employed (aged 15 years and over)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="%"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="TAH19C04"/>
+    <s v="Persons in employment and self-employed (aged 15 years and over)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="TAH19C04"/>
+    <s v="Persons in employment and self-employed (aged 15 years and over)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="TAH19C04"/>
+    <s v="Persons in employment and self-employed (aged 15 years and over)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="%"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="TAH19C04"/>
+    <s v="Persons in employment and self-employed (aged 15 years and over)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="TAH19C04"/>
+    <s v="Persons in employment and self-employed (aged 15 years and over)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="TAH19C05"/>
+    <s v="Proportion of persons in jobless households (aged 0-59 years)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="TAH19C05"/>
+    <s v="Proportion of persons in jobless households (aged 0-59 years)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="%"/>
+    <n v="28.3"/>
+  </r>
+  <r>
+    <s v="TAH19C05"/>
+    <s v="Proportion of persons in jobless households (aged 0-59 years)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="TAH19C05"/>
+    <s v="Proportion of persons in jobless households (aged 0-59 years)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="TAH19C05"/>
+    <s v="Proportion of persons in jobless households (aged 0-59 years)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="%"/>
+    <n v="31.4"/>
+  </r>
+  <r>
+    <s v="TAH19C05"/>
+    <s v="Proportion of persons in jobless households (aged 0-59 years)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="TAH19C05"/>
+    <s v="Proportion of persons in jobless households (aged 0-59 years)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="TAH19C05"/>
+    <s v="Proportion of persons in jobless households (aged 0-59 years)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="TAH19C05"/>
+    <s v="Proportion of persons in jobless households (aged 0-59 years)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="TAH19C05"/>
+    <s v="Proportion of persons in jobless households (aged 0-59 years)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="%"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="TAH19C05"/>
+    <s v="Proportion of persons in jobless households (aged 0-59 years)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="TAH19C05"/>
+    <s v="Proportion of persons in jobless households (aged 0-59 years)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="TAH19C05"/>
+    <s v="Proportion of persons in jobless households (aged 0-59 years)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="%"/>
+    <n v="30.4"/>
+  </r>
+  <r>
+    <s v="TAH19C05"/>
+    <s v="Proportion of persons in jobless households (aged 0-59 years)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="%"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="TAH19C05"/>
+    <s v="Proportion of persons in jobless households (aged 0-59 years)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="TAH19C05"/>
+    <s v="Proportion of persons in jobless households (aged 0-59 years)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+</pivotCacheRecords>
 </file>