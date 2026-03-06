--- v1 (2025-11-24)
+++ v2 (2026-03-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R624fd416c12b4854" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/41584f2b93b044748a1f98f2c0006b93.psmdcp" Id="Rbf2bf78dc1d642cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4675beb874c346e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e4a3263978434bb88bddf822543ca41e.psmdcp" Id="R311b06d374d4496b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>