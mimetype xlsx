--- v0 (2025-10-07)
+++ v1 (2026-01-11)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re14768593b2e4315" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3397f1c68deb48beb18c247908ba226f.psmdcp" Id="R2e20aa6efa5d43f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e0d544e6faa426b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7c6cde771b5842069caad4b9b9743767.psmdcp" Id="Rd0955fc744794778" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>TAH18</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Labour Force Participation Rate, Employment and Unemployment Rate and Proportion of Persons in Employment, Self-Employed and in Jobless Households</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>12/10/2020 11:00:00 AM</x:t>
+    <x:t>10/12/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Estimates for number of persons where there are less than 30 persons in a cell are too small to be considered reliable. These estimates are presented with (..) in the relevant tables. Where there are 30-49 persons in a cell, estimates are considered to have a wider margin of error and should be treated with caution. In the case of rates, these limits apply to the denominator used in generating the rate. In the case of annual changes, both the current year and the preceding year are taken into account when deciding whether the estimate should be suppressed or flagged as having a wider margin of error.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TAH18/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>TAH</x:t>
   </x:si>
   <x:si>
     <x:t>Tenure and Households</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -225,50 +225,53 @@
     <x:t>Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)</x:t>
   </x:si>
   <x:si>
     <x:t>72</x:t>
   </x:si>
   <x:si>
     <x:t>Other tenure</x:t>
   </x:si>
   <x:si>
     <x:t>20192</x:t>
   </x:si>
   <x:si>
     <x:t>2019Q2</x:t>
   </x:si>
   <x:si>
     <x:t>TAH18C02</x:t>
   </x:si>
   <x:si>
     <x:t>ILO Employment Rate (15 - 64 years)</x:t>
   </x:si>
   <x:si>
     <x:t>TAH18C03</x:t>
   </x:si>
   <x:si>
     <x:t>ILO Unemployment Rate (15 - 74 years)</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>TAH18C04</x:t>
   </x:si>
   <x:si>
     <x:t>Persons in employment and self-employed (aged 15 years and over)</x:t>
   </x:si>
   <x:si>
     <x:t>TAH18C05</x:t>
   </x:si>
   <x:si>
     <x:t>Proportion of persons in jobless households (aged 0-59 years)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
@@ -418,219 +421,122 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...167 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02105V02544" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Tenure Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H51" totalsRowShown="0">
   <x:autoFilter ref="A1:H51"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02105V02544"/>
     <x:tableColumn id="6" name="Tenure Status"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -899,51 +805,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TAH18/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1132,51 +1038,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H51"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="61.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="7.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="75.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -1824,50 +1730,53 @@
         <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H26" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="A27" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H27" s="0">
         <x:v>5.4</x:v>
@@ -1951,584 +1860,587 @@
         <x:v>5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H31" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H32" s="0">
         <x:v>14.6</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H33" s="0">
         <x:v>17.6</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8">
       <x:c r="A34" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H34" s="0">
         <x:v>6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8">
       <x:c r="A35" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H35" s="0">
         <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H36" s="0">
         <x:v>13.5</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H37" s="0">
         <x:v>13.8</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H38" s="0">
         <x:v>16.2</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H39" s="0">
         <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H40" s="0">
         <x:v>8.7</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H41" s="0">
         <x:v>13.3</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H42" s="0">
         <x:v>10.2</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H43" s="0">
         <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H44" s="0">
         <x:v>39.2</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8">
       <x:c r="A45" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H45" s="0">
         <x:v>11.5</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8">
       <x:c r="A46" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H46" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8">
       <x:c r="A47" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H47" s="0">
         <x:v>9.6</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H48" s="0">
         <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H49" s="0">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H50" s="0">
         <x:v>11.9</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H51" s="0">
         <x:v>20.8</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -2545,51 +2457,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H51" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="5">
         <x:s v="TAH18C01"/>
         <x:s v="TAH18C02"/>
         <x:s v="TAH18C03"/>
         <x:s v="TAH18C04"/>
         <x:s v="TAH18C05"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="5">
         <x:s v="ILO Participation Rate (15 years and over)"/>
         <x:s v="ILO Employment Rate (15 - 64 years)"/>
         <x:s v="ILO Unemployment Rate (15 - 74 years)"/>
         <x:s v="Persons in employment and self-employed (aged 15 years and over)"/>
         <x:s v="Proportion of persons in jobless households (aged 0-59 years)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="2">
         <x:s v="20182"/>
         <x:s v="20192"/>
       </x:sharedItems>
@@ -2659,27 +2571,528 @@
         <x:n v="6.5"/>
         <x:n v="7.7"/>
         <x:n v="13.5"/>
         <x:n v="13.8"/>
         <x:n v="16.2"/>
         <x:n v="5.2"/>
         <x:n v="8.7"/>
         <x:n v="13.3"/>
         <x:n v="10.2"/>
         <x:n v="5.3"/>
         <x:n v="39.2"/>
         <x:n v="11.5"/>
         <x:n v="23"/>
         <x:n v="9.6"/>
         <x:n v="4.6"/>
         <x:n v="35"/>
         <x:n v="11.9"/>
         <x:n v="20.8"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="TAH18C01"/>
+    <s v="ILO Participation Rate (15 years and over)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="%"/>
+    <n v="68.5"/>
+  </r>
+  <r>
+    <s v="TAH18C01"/>
+    <s v="ILO Participation Rate (15 years and over)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="11"/>
+    <s v="Owner occupied"/>
+    <s v="%"/>
+    <n v="70.9"/>
+  </r>
+  <r>
+    <s v="TAH18C01"/>
+    <s v="ILO Participation Rate (15 years and over)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="%"/>
+    <n v="39.3"/>
+  </r>
+  <r>
+    <s v="TAH18C01"/>
+    <s v="ILO Participation Rate (15 years and over)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="%"/>
+    <n v="73.8"/>
+  </r>
+  <r>
+    <s v="TAH18C01"/>
+    <s v="ILO Participation Rate (15 years and over)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="72"/>
+    <s v="Other tenure"/>
+    <s v="%"/>
+    <n v="59.5"/>
+  </r>
+  <r>
+    <s v="TAH18C01"/>
+    <s v="ILO Participation Rate (15 years and over)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="%"/>
+    <n v="69.1"/>
+  </r>
+  <r>
+    <s v="TAH18C01"/>
+    <s v="ILO Participation Rate (15 years and over)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="11"/>
+    <s v="Owner occupied"/>
+    <s v="%"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="TAH18C01"/>
+    <s v="ILO Participation Rate (15 years and over)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="%"/>
+    <n v="40.6"/>
+  </r>
+  <r>
+    <s v="TAH18C01"/>
+    <s v="ILO Participation Rate (15 years and over)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="%"/>
+    <n v="73.3"/>
+  </r>
+  <r>
+    <s v="TAH18C01"/>
+    <s v="ILO Participation Rate (15 years and over)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="72"/>
+    <s v="Other tenure"/>
+    <s v="%"/>
+    <n v="61.7"/>
+  </r>
+  <r>
+    <s v="TAH18C02"/>
+    <s v="ILO Employment Rate (15 - 64 years)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="%"/>
+    <n v="62.3"/>
+  </r>
+  <r>
+    <s v="TAH18C02"/>
+    <s v="ILO Employment Rate (15 - 64 years)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="11"/>
+    <s v="Owner occupied"/>
+    <s v="%"/>
+    <n v="60.6"/>
+  </r>
+  <r>
+    <s v="TAH18C02"/>
+    <s v="ILO Employment Rate (15 - 64 years)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="%"/>
+    <n v="44.7"/>
+  </r>
+  <r>
+    <s v="TAH18C02"/>
+    <s v="ILO Employment Rate (15 - 64 years)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="%"/>
+    <n v="77.5"/>
+  </r>
+  <r>
+    <s v="TAH18C02"/>
+    <s v="ILO Employment Rate (15 - 64 years)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="72"/>
+    <s v="Other tenure"/>
+    <s v="%"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="TAH18C02"/>
+    <s v="ILO Employment Rate (15 - 64 years)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="%"/>
+    <n v="62.1"/>
+  </r>
+  <r>
+    <s v="TAH18C02"/>
+    <s v="ILO Employment Rate (15 - 64 years)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="11"/>
+    <s v="Owner occupied"/>
+    <s v="%"/>
+    <n v="61.1"/>
+  </r>
+  <r>
+    <s v="TAH18C02"/>
+    <s v="ILO Employment Rate (15 - 64 years)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="%"/>
+    <n v="44.5"/>
+  </r>
+  <r>
+    <s v="TAH18C02"/>
+    <s v="ILO Employment Rate (15 - 64 years)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="%"/>
+    <n v="75.3"/>
+  </r>
+  <r>
+    <s v="TAH18C02"/>
+    <s v="ILO Employment Rate (15 - 64 years)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="72"/>
+    <s v="Other tenure"/>
+    <s v="%"/>
+    <n v="57.8"/>
+  </r>
+  <r>
+    <s v="TAH18C03"/>
+    <s v="ILO Unemployment Rate (15 - 74 years)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="TAH18C03"/>
+    <s v="ILO Unemployment Rate (15 - 74 years)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="11"/>
+    <s v="Owner occupied"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="TAH18C03"/>
+    <s v="ILO Unemployment Rate (15 - 74 years)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="%"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="TAH18C03"/>
+    <s v="ILO Unemployment Rate (15 - 74 years)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="TAH18C03"/>
+    <s v="ILO Unemployment Rate (15 - 74 years)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="72"/>
+    <s v="Other tenure"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAH18C03"/>
+    <s v="ILO Unemployment Rate (15 - 74 years)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="TAH18C03"/>
+    <s v="ILO Unemployment Rate (15 - 74 years)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="11"/>
+    <s v="Owner occupied"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="TAH18C03"/>
+    <s v="ILO Unemployment Rate (15 - 74 years)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="%"/>
+    <n v="17.1"/>
+  </r>
+  <r>
+    <s v="TAH18C03"/>
+    <s v="ILO Unemployment Rate (15 - 74 years)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="TAH18C03"/>
+    <s v="ILO Unemployment Rate (15 - 74 years)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="72"/>
+    <s v="Other tenure"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAH18C04"/>
+    <s v="Persons in employment and self-employed (aged 15 years and over)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="TAH18C04"/>
+    <s v="Persons in employment and self-employed (aged 15 years and over)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="11"/>
+    <s v="Owner occupied"/>
+    <s v="%"/>
+    <n v="17.6"/>
+  </r>
+  <r>
+    <s v="TAH18C04"/>
+    <s v="Persons in employment and self-employed (aged 15 years and over)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="TAH18C04"/>
+    <s v="Persons in employment and self-employed (aged 15 years and over)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="TAH18C04"/>
+    <s v="Persons in employment and self-employed (aged 15 years and over)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="72"/>
+    <s v="Other tenure"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="TAH18C04"/>
+    <s v="Persons in employment and self-employed (aged 15 years and over)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="TAH18C04"/>
+    <s v="Persons in employment and self-employed (aged 15 years and over)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="11"/>
+    <s v="Owner occupied"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="TAH18C04"/>
+    <s v="Persons in employment and self-employed (aged 15 years and over)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="TAH18C04"/>
+    <s v="Persons in employment and self-employed (aged 15 years and over)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="TAH18C04"/>
+    <s v="Persons in employment and self-employed (aged 15 years and over)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="72"/>
+    <s v="Other tenure"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="TAH18C05"/>
+    <s v="Proportion of persons in jobless households (aged 0-59 years)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="TAH18C05"/>
+    <s v="Proportion of persons in jobless households (aged 0-59 years)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="11"/>
+    <s v="Owner occupied"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="TAH18C05"/>
+    <s v="Proportion of persons in jobless households (aged 0-59 years)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="%"/>
+    <n v="39.2"/>
+  </r>
+  <r>
+    <s v="TAH18C05"/>
+    <s v="Proportion of persons in jobless households (aged 0-59 years)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="%"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="TAH18C05"/>
+    <s v="Proportion of persons in jobless households (aged 0-59 years)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="72"/>
+    <s v="Other tenure"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="TAH18C05"/>
+    <s v="Proportion of persons in jobless households (aged 0-59 years)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="TAH18C05"/>
+    <s v="Proportion of persons in jobless households (aged 0-59 years)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="11"/>
+    <s v="Owner occupied"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="TAH18C05"/>
+    <s v="Proportion of persons in jobless households (aged 0-59 years)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="%"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="TAH18C05"/>
+    <s v="Proportion of persons in jobless households (aged 0-59 years)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="41"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body/Occupied free of rent)"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="TAH18C05"/>
+    <s v="Proportion of persons in jobless households (aged 0-59 years)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="72"/>
+    <s v="Other tenure"/>
+    <s v="%"/>
+    <n v="20.8"/>
+  </r>
+</pivotCacheRecords>
 </file>