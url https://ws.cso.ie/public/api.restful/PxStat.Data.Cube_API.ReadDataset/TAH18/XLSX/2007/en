--- v1 (2026-01-11)
+++ v2 (2026-03-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e0d544e6faa426b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7c6cde771b5842069caad4b9b9743767.psmdcp" Id="Rd0955fc744794778" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54947298d2774a84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/adf482d8332c4a6dac4fb6caee6c0b78.psmdcp" Id="R6ecfd51c2f004f58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>