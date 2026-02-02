--- v0 (2025-11-15)
+++ v1 (2026-02-02)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ca216d3402f48e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/601bcc8e61fd44ddaa078ee74c1ae173.psmdcp" Id="R1d7be9f59b5746b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b8f011afcfc48d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fcef9e0baaf5470583591661e90eb6e8.psmdcp" Id="R22c95df0556e4703" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>TAH13</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private households and persons per household</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>12/10/2020 11:00:00 AM</x:t>
+    <x:t>10/12/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TAH13/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>TAH</x:t>
   </x:si>
   <x:si>
     <x:t>Tenure and Households</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Michael Courtney</x:t>
   </x:si>
@@ -598,483 +598,194 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...431 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02121V02562" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Dwelling Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03367V04052" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField name="County and City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J1153" totalsRowShown="0">
   <x:autoFilter ref="A1:J1153"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="C02121V02562"/>
     <x:tableColumn id="6" name="Dwelling Status"/>
     <x:tableColumn id="7" name="C03367V04052"/>
     <x:tableColumn id="8" name="County and City"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1345,51 +1056,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TAH13/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1576,51 +1287,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J1153"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="64.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="21.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="25.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -38506,51 +38217,51 @@
       <x:c r="G1153" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H1153" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I1153" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J1153" s="0">
         <x:v>629</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -38567,51 +38278,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J1153" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="TAH13C01"/>
         <x:s v="TAH13C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Number of Persons per Private Household in Permanent Housing Units"/>
         <x:s v="Number of Private Households in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="3">
         <x:s v="2006"/>
         <x:s v="2011"/>
         <x:s v="2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="CensusYear">
       <x:sharedItems count="3">
         <x:s v="2006"/>
         <x:s v="2011"/>
@@ -39830,27 +39541,13852 @@
         <x:n v="352"/>
         <x:n v="720"/>
         <x:n v="252"/>
         <x:n v="681"/>
         <x:n v="932"/>
         <x:n v="141"/>
         <x:n v="724"/>
         <x:n v="330"/>
         <x:n v="454"/>
         <x:n v="419"/>
         <x:n v="302"/>
         <x:n v="1362"/>
         <x:n v="253"/>
         <x:n v="814"/>
         <x:n v="588"/>
         <x:n v="382"/>
         <x:n v="555"/>
         <x:n v="629"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="114467"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="106279"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="354323"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="62660"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="49061"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="477203"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="143365"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire–Rathdown"/>
+    <s v="Number"/>
+    <n v="189248"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="236242"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="67572"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="154334"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="4106753"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="182730"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="84973"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="131159"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="33708"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="109367"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="Number"/>
+    <n v="177683"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="28015"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="65397"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="160788"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="54915"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="118927"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="68936"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="56928"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="243596"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="57947"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="145051"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="Number"/>
+    <n v="104052"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="76603"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="122913"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="128311"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="14854"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="67460"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="219425"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="45877"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="26950"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="27572"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="104159"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire–Rathdown"/>
+    <s v="Number"/>
+    <n v="49910"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="52981"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="16747"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="125067"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1905994"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="83109"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="55270"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="91493"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="23213"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="49707"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="Number"/>
+    <n v="87757"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="21787"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="41783"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="95067"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="38272"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="88338"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="42275"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="45056"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="27639"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="36888"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="90929"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="Number"/>
+    <n v="49566"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="44067"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="59513"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="83263"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="39084"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="21229"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="74058"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="9212"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="12141"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="133494"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="23714"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire–Rathdown"/>
+    <s v="Number"/>
+    <n v="86072"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="116606"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="26545"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="16687"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1148139"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="71251"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="15412"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="20929"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="4725"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="30935"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="Number"/>
+    <n v="45258"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="3521"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="15038"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="44958"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="8685"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="17733"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="16403"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="7948"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="134638"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="11892"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="28548"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="Number"/>
+    <n v="29905"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="20024"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="36638"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="24856"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="45137"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="11739"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="44960"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="4524"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="6883"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="185448"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="9925"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire–Rathdown"/>
+    <s v="Number"/>
+    <n v="31174"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="40019"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="11144"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="4935"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="675546"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="16472"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="10467"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="11452"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="3658"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="22539"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="Number"/>
+    <n v="29233"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="1414"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="5746"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="12247"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="5309"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="7627"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="6943"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="1648"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="62015"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="5955"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="18532"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="Number"/>
+    <n v="18078"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="7420"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="18462"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="14441"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="12748"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="3858"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="10385"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="1786"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="1958"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="115632"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="3218"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire–Rathdown"/>
+    <s v="Number"/>
+    <n v="19182"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="20855"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="11642"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="4601"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="292551"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="8635"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="2427"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="4419"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="3991"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="Number"/>
+    <n v="11960"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="1427"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="6064"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="1664"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="3332"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="1877"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="1360"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="13438"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="2371"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="4157"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="Number"/>
+    <n v="4471"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="3404"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="5870"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="3839"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="2644"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="1993"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="5495"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="1261"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="1129"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="15057"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="2349"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire–Rathdown"/>
+    <s v="Number"/>
+    <n v="2910"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="5781"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="1494"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="3044"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="84523"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="3263"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="1397"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="2866"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="2195"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="Number"/>
+    <n v="3475"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="1403"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="2452"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="1897"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="1438"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="5866"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="2885"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="Number"/>
+    <n v="2032"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="1688"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="2430"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="1912"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="115234"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="115399"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="396188"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="72478"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="54079"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="499257"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="158722"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire–Rathdown"/>
+    <s v="Number"/>
+    <n v="202509"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="271468"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="70805"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="171649"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="4500569"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="208004"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="94121"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="140639"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="38903"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="122215"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="Number"/>
+    <n v="186902"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="31400"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="79564"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="183806"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="60328"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="128255"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="75875"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="63186"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="263284"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="63429"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="157580"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="Number"/>
+    <n v="112034"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="84609"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="134848"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="143799"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="15045"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="72928"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="238386"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="51709"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="29919"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="31413"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="115465"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire–Rathdown"/>
+    <s v="Number"/>
+    <n v="50440"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="57335"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="17190"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="138292"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="2080563"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="92251"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="60057"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="98101"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="26437"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="55574"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="Number"/>
+    <n v="94126"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="24484"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="47158"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="102919"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="41783"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="95348"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="46062"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="49111"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="30163"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="39303"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="98913"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="Number"/>
+    <n v="54425"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="47645"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="64587"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="93994"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="38669"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="24894"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="91858"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="13274"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="14682"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="134469"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="29289"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire–Rathdown"/>
+    <s v="Number"/>
+    <n v="87140"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="125543"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="27992"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="21603"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1289109"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="80828"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="19233"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="25201"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="7400"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="36258"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="Number"/>
+    <n v="51070"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="4431"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="22436"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="54028"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="10906"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="21364"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="20086"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="10517"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="138851"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="14604"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="35069"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="Number"/>
+    <n v="33329"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="23655"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="40664"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="29766"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="44323"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="12287"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="49744"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="4749"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="6835"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="188053"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="8960"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire–Rathdown"/>
+    <s v="Number"/>
+    <n v="33331"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="50092"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="12373"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="6080"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="709956"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="19960"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="11199"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="11600"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="3389"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="23844"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="Number"/>
+    <n v="27540"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="1428"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="6696"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="15692"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="5229"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="6988"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="7027"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="1922"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="64955"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="5801"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="18397"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="Number"/>
+    <n v="18331"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="7986"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="20182"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="14963"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="14910"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="3589"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="11697"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="1544"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="1596"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="132256"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="3019"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire–Rathdown"/>
+    <s v="Number"/>
+    <n v="29026"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="33310"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="11931"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="3834"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="350355"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="12025"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="2513"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="3852"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="4506"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="Number"/>
+    <n v="11254"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="2141"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="8972"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="1699"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="3019"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="1645"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="945"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="24415"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="2544"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="3142"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="Number"/>
+    <n v="4253"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="4105"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="7579"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="3391"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="2287"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="1701"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="4503"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="1202"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="1047"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="13066"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="1989"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire–Rathdown"/>
+    <s v="Number"/>
+    <n v="2572"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="5188"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="1319"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="1840"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="70586"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="2940"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="1119"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="1885"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="2033"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="Number"/>
+    <n v="2912"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="2195"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="1536"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="4900"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="1177"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="2059"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="Number"/>
+    <n v="1696"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="1218"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="1836"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="1685"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="120802"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="116685"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="413327"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="75144"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="56471"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="524687"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="156888"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire–Rathdown"/>
+    <s v="Number"/>
+    <n v="213353"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="292466"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="74275"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="176406"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="4666376"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="220354"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="97276"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="141282"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="40715"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="127566"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="Number"/>
+    <n v="191599"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="31647"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="83310"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="193727"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="61190"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="127481"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="77404"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="63579"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="276761"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="63493"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="158432"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="Number"/>
+    <n v="114186"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="87591"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="140566"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="147713"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="15140"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="72803"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="243145"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="52319"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="30679"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="30829"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="113211"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire–Rathdown"/>
+    <s v="Number"/>
+    <n v="50105"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="58504"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="16846"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="140835"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="2095910"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="95087"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="61095"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="97446"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="26728"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="56071"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="Number"/>
+    <n v="93535"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="24306"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="47813"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="105196"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="41860"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="93617"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="46638"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="48577"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="30801"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="39225"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="98447"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="Number"/>
+    <n v="54409"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="48166"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="66567"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="95910"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="39921"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="26076"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="99463"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="15094"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="16140"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="138768"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="29822"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire–Rathdown"/>
+    <s v="Number"/>
+    <n v="89587"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="132502"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="29717"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="22916"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1358418"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="86248"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="20743"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="26067"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="8417"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="39028"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="Number"/>
+    <n v="54053"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="4684"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="25019"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="58428"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="11514"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="22213"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="20816"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="11051"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="144812"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="15145"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="36592"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="Number"/>
+    <n v="34989"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="24945"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="42446"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="31202"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="45118"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="11856"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="52477"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="4763"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="6433"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="193685"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="8437"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire–Rathdown"/>
+    <s v="Number"/>
+    <n v="35200"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="55574"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="12113"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="6366"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="730771"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="22036"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="11458"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="11151"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="3658"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="24722"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="Number"/>
+    <n v="27056"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="1481"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="6852"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="17104"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="5193"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="7341"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="6894"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="2061"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="65557"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="5896"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="17853"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="Number"/>
+    <n v="18190"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="8307"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="21125"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="14814"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="18811"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="4467"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="13993"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="2057"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="2108"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="152307"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="3408"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire–Rathdown"/>
+    <s v="Number"/>
+    <n v="37007"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="41162"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="14059"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="4497"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="419600"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="14993"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="3020"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="4647"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="1266"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="5761"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="Number"/>
+    <n v="14284"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="2305"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="10736"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="1718"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="3140"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="1840"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="31020"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="2563"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="3402"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="Number"/>
+    <n v="5128"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="5102"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="8847"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="4102"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="1812"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="1483"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="4249"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="9098"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="2010"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire–Rathdown"/>
+    <s v="Number"/>
+    <n v="1454"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="4724"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="1540"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="1792"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="61677"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="1990"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="1971"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="1984"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="Number"/>
+    <n v="2671"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="2263"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="1170"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="1216"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="4571"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="2138"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="Number"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="1581"/>
+  </r>
+  <r>
+    <s v="TAH13C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="1685"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="43871"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="38026"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="122671"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="21781"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="17074"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="190711"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="49993"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire–Rathdown"/>
+    <s v="Number"/>
+    <n v="68375"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="80085"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="25324"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="52882"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1462296"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="60578"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="29478"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="47743"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="12042"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="38598"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="Number"/>
+    <n v="63956"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="10541"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="22421"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="53575"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="18506"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="43218"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="23533"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="20624"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="80358"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="21352"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="52087"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="Number"/>
+    <n v="38444"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="26881"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="42472"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="45096"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="5042"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="22872"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="70907"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="15139"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="8793"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="9012"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="34654"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire–Rathdown"/>
+    <s v="Number"/>
+    <n v="15808"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="16154"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="5378"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="41206"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="625988"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="25531"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="17808"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="31825"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="8016"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="15937"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="Number"/>
+    <n v="28985"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="7834"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="13525"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="29632"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="12111"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="30501"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="13760"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="15778"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="8443"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="12696"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="30631"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="Number"/>
+    <n v="16539"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="14522"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="19232"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="27717"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="14026"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="7868"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="26642"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="3459"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="4379"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="45826"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="8939"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire–Rathdown"/>
+    <s v="Number"/>
+    <n v="29341"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="36791"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="9488"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="6375"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="398360"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="23510"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="5834"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="7766"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="1794"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="10966"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="Number"/>
+    <n v="16588"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="1476"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="5445"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="15306"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="3129"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="7029"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="5755"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="3019"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="43023"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="4642"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="10649"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="Number"/>
+    <n v="10862"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="7217"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="12395"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="8821"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="17104"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="4602"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="17540"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="1801"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="2517"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="70519"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="3795"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire–Rathdown"/>
+    <s v="Number"/>
+    <n v="11797"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="15119"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="4256"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="1967"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="257522"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="6105"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="4063"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="4742"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="9019"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="Number"/>
+    <n v="11294"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="2222"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="4857"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="2130"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="3202"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="2536"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="20565"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="2479"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="7497"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="Number"/>
+    <n v="7649"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="2783"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="6809"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="5809"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="6581"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="1944"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="5523"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="59158"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="1764"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire–Rathdown"/>
+    <s v="Number"/>
+    <n v="10306"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="10076"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="5569"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="2211"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="148623"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="4276"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="1230"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="2326"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="1886"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="Number"/>
+    <n v="5760"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="2903"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="1747"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="945"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="6443"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="2221"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="Number"/>
+    <n v="2556"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="1746"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="3164"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="2045"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="1118"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="2059"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="6196"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="841"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire–Rathdown"/>
+    <s v="Number"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="1945"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="31803"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="1084"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="Number"/>
+    <n v="1329"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="877"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="537"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="1884"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="47110"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="42534"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="140445"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="25720"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="19365"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="207847"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="57721"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire–Rathdown"/>
+    <s v="Number"/>
+    <n v="75786"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="92951"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="27697"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="60644"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="70504"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="33583"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="53088"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="14410"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="43897"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="Number"/>
+    <n v="69421"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="12228"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="27916"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="61922"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="21176"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="47932"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="26543"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="23601"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="89877"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="24428"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="58275"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="Number"/>
+    <n v="42239"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="30624"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="47579"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="52345"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="5407"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="25180"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="78797"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="17319"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="10003"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="10837"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="39561"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire–Rathdown"/>
+    <s v="Number"/>
+    <n v="16598"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="18033"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="5824"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="46700"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="699869"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="28835"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="19796"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="34964"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="9335"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="18139"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="Number"/>
+    <n v="31887"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="9025"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="15521"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="32659"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="13694"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="33599"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="15285"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="17611"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="9491"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="13884"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="34022"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="Number"/>
+    <n v="18460"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="15994"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="21290"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="32119"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="14670"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="9568"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="32802"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="4947"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="5383"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="47998"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="11516"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire–Rathdown"/>
+    <s v="Number"/>
+    <n v="30236"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="39639"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="10321"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="8394"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="456651"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="26720"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="7350"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="9925"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="2862"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="12759"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="Number"/>
+    <n v="19142"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="1901"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="8042"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="17865"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="4052"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="8624"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="7124"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="4184"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="45205"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="5893"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="13477"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="Number"/>
+    <n v="12466"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="8563"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="13959"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="11064"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="18002"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="5092"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="20354"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="2042"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="2665"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="74179"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="3862"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire–Rathdown"/>
+    <s v="Number"/>
+    <n v="12969"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="18101"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="4916"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="2612"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="281825"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="7777"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="4595"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="5180"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="1413"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="9763"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="Number"/>
+    <n v="11231"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="2715"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="6104"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="2254"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="3229"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="2778"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="22395"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="2651"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="7892"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="Number"/>
+    <n v="8034"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="3248"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="7678"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="6454"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="8045"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="2003"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="6742"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="69194"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="1994"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire–Rathdown"/>
+    <s v="Number"/>
+    <n v="14883"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="15447"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="6110"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="2211"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="183282"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="6128"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="1404"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="2267"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="2421"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="Number"/>
+    <n v="6014"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="4478"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="1893"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="11170"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="1504"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="2037"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="Number"/>
+    <n v="2578"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="2331"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="3925"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="2030"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="1750"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="5639"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire–Rathdown"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="1731"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="27781"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="Number"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="1616"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="49370"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="43348"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="146052"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="26806"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="20465"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="211591"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="58305"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire–Rathdown"/>
+    <s v="Number"/>
+    <n v="78568"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="96607"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="28827"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="62729"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1697665"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="73348"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="34743"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="54288"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="15092"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="45363"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="Number"/>
+    <n v="71022"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="12404"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="28997"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="63861"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="21612"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="48745"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="27184"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="23962"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="92393"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="24761"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="59071"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="Number"/>
+    <n v="43455"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="31685"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="49005"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="54006"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="5486"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="25689"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="81400"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="17772"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="10450"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="10382"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="39853"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire–Rathdown"/>
+    <s v="Number"/>
+    <n v="16686"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="18407"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="5882"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="48213"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="715133"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="29802"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="20458"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="35667"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="9541"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="18482"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="Number"/>
+    <n v="32180"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="9060"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="15964"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="33556"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="13858"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="34025"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="15701"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="17809"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="9674"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="14224"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="34404"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="Number"/>
+    <n v="18782"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="16482"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="22110"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="33134"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="15121"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="9772"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="34476"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="5500"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="5829"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="48881"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="11693"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire–Rathdown"/>
+    <s v="Number"/>
+    <n v="30769"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="41053"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="10702"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="8698"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="471948"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="27726"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="7728"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="10232"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="3133"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="13392"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="Number"/>
+    <n v="19735"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="1983"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="8584"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="18454"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="4213"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="8899"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="7313"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="4280"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="46387"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="6010"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="13870"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="Number"/>
+    <n v="12957"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="8765"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="14326"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="11467"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="18300"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="5010"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="21064"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="2063"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="2606"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="74446"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="3861"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire–Rathdown"/>
+    <s v="Number"/>
+    <n v="13288"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="18704"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="4757"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="2703"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="284569"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="8135"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="4624"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="5052"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="1529"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="9934"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="Number"/>
+    <n v="11039"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="2685"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="6193"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="2285"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="3412"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="2759"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="22171"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="2718"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="7855"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="Number"/>
+    <n v="8126"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="3337"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="7778"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="6432"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="9708"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="2330"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="7601"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="1167"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="74537"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="2134"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire–Rathdown"/>
+    <s v="Number"/>
+    <n v="17317"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="17055"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="6889"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="2437"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="204145"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="7020"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="1581"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="2617"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="2874"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="Number"/>
+    <n v="7136"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="1294"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="4934"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="1955"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="12799"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="1556"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="2128"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="Number"/>
+    <n v="3002"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="2719"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="4236"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="2344"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="Number"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="Number"/>
+    <n v="1511"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="Number"/>
+    <n v="3345"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire–Rathdown"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="Number"/>
+    <n v="1388"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="Number"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="21870"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="Number"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="Number"/>
+    <n v="1362"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="Number"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="TAH13C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+</pivotCacheRecords>
 </file>