--- v0 (2025-10-05)
+++ v1 (2025-12-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcac406a0b54b4371" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/093aacf1a7584927ba252d78714ec3fa.psmdcp" Id="R175fc4b82b924d08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e4ba9d4c2f44ecd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9009f837ea7c49219952d5e2766c2cc4.psmdcp" Id="R1ac122a5b49d4db2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>TAH12</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private households and persons per household</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>12/10/2020 11:00:00 AM</x:t>
+    <x:t>10/12/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TAH12/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>TAH</x:t>
   </x:si>
   <x:si>
     <x:t>Tenure and Households</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Michael Courtney</x:t>
   </x:si>
@@ -475,323 +475,154 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...271 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02121V02562" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Dwelling Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02729V03297" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Number of Rooms" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J433" totalsRowShown="0">
   <x:autoFilter ref="A1:J433"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="C02121V02562"/>
     <x:tableColumn id="6" name="Dwelling Status"/>
     <x:tableColumn id="7" name="C02729V03297"/>
     <x:tableColumn id="8" name="Number of Rooms"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1062,51 +893,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TAH12/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1293,51 +1124,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J433"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="64.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="21.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="19.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -15183,51 +15014,51 @@
       <x:c r="G433" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H433" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I433" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J433" s="0">
         <x:v>10378</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -15244,51 +15075,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J433" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="TAH12C01"/>
         <x:s v="TAH12C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Number of Persons per Private Household in Permanent Housing Units"/>
         <x:s v="Number of Private Households in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="3">
         <x:s v="2006"/>
         <x:s v="2011"/>
         <x:s v="2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="CensusYear">
       <x:sharedItems count="3">
         <x:s v="2006"/>
         <x:s v="2011"/>
@@ -15764,27 +15595,5212 @@
         <x:n v="3766"/>
         <x:n v="300"/>
         <x:n v="148"/>
         <x:n v="66"/>
         <x:n v="60"/>
         <x:n v="17484"/>
         <x:n v="21870"/>
         <x:n v="508"/>
         <x:n v="1291"/>
         <x:n v="2547"/>
         <x:n v="1857"/>
         <x:n v="2793"/>
         <x:n v="1349"/>
         <x:n v="635"/>
         <x:n v="287"/>
         <x:n v="109"/>
         <x:n v="116"/>
         <x:n v="10378"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="4106753"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="31363"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="110267"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="277220"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="362813"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="959191"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="822403"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="652075"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="427025"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="192599"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="155294"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="116503"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="1905994"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="3563"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="14759"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="60837"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="116475"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="271492"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="393048"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="410849"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="303209"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="159634"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="138574"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="33554"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="1148139"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="2875"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="12877"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="68017"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="79566"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="345967"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="281687"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="193549"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="93879"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="32368"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="16052"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="21302"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="257522"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="1586"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="8178"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="22752"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="45528"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="106521"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="44662"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="14270"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="8527"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="5477"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="292551"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="21289"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="64407"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="86254"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="62628"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="36148"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="14412"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="7340"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="84523"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="3493"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="7875"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="6705"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="12299"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="6207"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="3034"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="1436"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="41174"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="4500569"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="33389"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="138552"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="350764"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="390118"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="993136"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="847801"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="708587"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="481755"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="221602"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="175728"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="159137"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="2080563"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="4335"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="17081"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="64084"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="116437"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="261730"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="402998"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="456311"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="355949"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="187865"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="158943"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="54830"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="1289109"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="3873"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="17811"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="95160"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="94439"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="393622"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="300041"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="201721"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="97608"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="33200"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="16221"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="35413"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="709956"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="3743"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="19592"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="62966"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="99524"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="296292"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="130631"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="47847"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="26930"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="22431"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="350355"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="20483"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="80417"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="121097"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="74045"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="32227"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="9780"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="11022"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="70586"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="3651"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="7457"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="5673"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="9265"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="4351"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="2071"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="899"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="35441"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="4666376"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="36348"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="169591"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="414481"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="423608"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="1011046"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="854409"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="699893"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="466918"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="207268"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="156921"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="225893"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="2095910"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="4394"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="19335"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="76188"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="131167"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="264892"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="404374"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="455060"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="348026"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="176512"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="142604"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="73358"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="1358418"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="3686"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="21619"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="120767"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="106441"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="412087"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="310638"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="197084"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="90459"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="30225"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="13758"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="51654"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="730771"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="3682"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="23038"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="75324"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="102989"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="291360"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="124507"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="45027"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="27112"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="37724"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="419600"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="23724"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="102820"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="134634"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="77876"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="34200"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="10886"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="826"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="33846"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="61677"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="2779"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="7568"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="5135"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="8507"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="4004"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="1896"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="TAH12C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="29311"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="1462296"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="20893"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="61757"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="123655"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="160878"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="354089"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="281531"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="200869"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="121819"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="51548"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="39813"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="45444"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="625988"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="1944"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="8108"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="27762"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="50783"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="103972"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="132224"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="124960"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="85943"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="42677"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="35485"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="12130"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="398360"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="1566"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="6886"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="25850"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="32147"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="125622"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="97773"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="60699"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="26909"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="8705"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="4134"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="8069"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="257522"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="2522"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="14731"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="54237"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="97439"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="293285"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="127049"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="44607"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="28477"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="13133"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="148623"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="15070"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="36795"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="44331"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="29776"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="13871"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="4870"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="3887"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="31803"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="1790"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="2960"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="2644"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="4103"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="2002"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="15881"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="23058"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="78373"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="156731"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="174296"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="380115"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="299646"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="223835"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="140460"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="60707"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="45859"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="66328"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="699869"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="2656"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="9345"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="28944"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="51046"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="105554"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="142410"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="143142"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="102846"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="51297"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="41352"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="21277"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="456651"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="2304"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="9533"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="35613"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="37945"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="145452"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="105147"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="64108"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="28888"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="9250"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="4320"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="14091"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="281825"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="2586"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="10927"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="26722"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="47542"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="113092"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="47066"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="15712"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="8328"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="9850"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="183282"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="14932"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="46846"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="62816"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="35704"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="12930"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="3588"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="5998"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="27781"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="1722"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="2636"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="2059"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="3087"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="1435"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="15112"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="1697665"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="23752"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="88719"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="172739"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="179989"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="378691"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="299371"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="222308"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="137904"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="57900"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="42239"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="94053"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="715133"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="2625"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="10213"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="32832"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="54762"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="106950"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="144487"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="144508"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="101942"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="49069"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="38245"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="29500"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="471948"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="2266"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="11136"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="42720"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="40739"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="147086"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="105566"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="62244"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="27166"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="8654"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="3816"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="20555"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="284569"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="2449"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="12197"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="30113"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="47430"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="109055"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="44203"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="14621"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="8361"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="16136"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="204145"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="15904"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="53882"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="64527"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="35201"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="12807"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="3766"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="17484"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="21870"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="1291"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="2547"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="1857"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="2793"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="TAH12C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="10378"/>
+  </r>
+</pivotCacheRecords>
 </file>