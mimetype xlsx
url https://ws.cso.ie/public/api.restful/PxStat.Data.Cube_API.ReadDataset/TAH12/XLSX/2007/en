--- v1 (2025-12-06)
+++ v2 (2026-02-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e4ba9d4c2f44ecd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9009f837ea7c49219952d5e2766c2cc4.psmdcp" Id="R1ac122a5b49d4db2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf92accbbae2d4a21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f45ee6e91efa47909fda006686cffe81.psmdcp" Id="R96d7abcc6e3e4652" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>