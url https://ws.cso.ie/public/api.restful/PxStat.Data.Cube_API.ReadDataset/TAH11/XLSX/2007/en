--- v0 (2025-11-15)
+++ v1 (2026-02-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b6b9e2249664723" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/87a3205c1c1a449fbb216f8714f94969.psmdcp" Id="R00009966eb9342bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26743465cb424f08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c9aef86fc7cd4ab2ae2cdffab6e1221f.psmdcp" Id="R320c1624870d4a80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>TAH11</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private households and persons per household</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>12/10/2020 11:00:00 AM</x:t>
+    <x:t>10/12/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TAH11/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>TAH</x:t>
   </x:si>
   <x:si>
     <x:t>Tenure and Households</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Michael Courtney</x:t>
   </x:si>
@@ -451,291 +451,146 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...239 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02121V02562" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Dwelling Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02785V03354" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Children per Family Unit" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J289" totalsRowShown="0">
   <x:autoFilter ref="A1:J289"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="C02121V02562"/>
     <x:tableColumn id="6" name="Dwelling Status"/>
     <x:tableColumn id="7" name="C02785V03354"/>
     <x:tableColumn id="8" name="Children per Family Unit"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1006,51 +861,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TAH11/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1237,51 +1092,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J289"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="64.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="21.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="29.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -10519,51 +10374,51 @@
       <x:c r="G289" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I289" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J289" s="0">
         <x:v>74</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -10580,51 +10435,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J289" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="TAH11C01"/>
         <x:s v="TAH11C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Number of Persons per Private Household in Permanent Housing Units"/>
         <x:s v="Number of Private Households in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="3">
         <x:s v="2006"/>
         <x:s v="2011"/>
         <x:s v="2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="CensusYear">
       <x:sharedItems count="3">
         <x:s v="2006"/>
         <x:s v="2011"/>
@@ -10953,27 +10808,3484 @@
         <x:n v="12532"/>
         <x:n v="3313"/>
         <x:n v="761"/>
         <x:n v="347"/>
         <x:n v="204145"/>
         <x:n v="159605"/>
         <x:n v="26106"/>
         <x:n v="14173"/>
         <x:n v="3340"/>
         <x:n v="711"/>
         <x:n v="164"/>
         <x:n v="21870"/>
         <x:n v="13543"/>
         <x:n v="3135"/>
         <x:n v="3078"/>
         <x:n v="1393"/>
         <x:n v="503"/>
         <x:n v="144"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="4106753"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="2008523"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="678761"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="740652"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="443712"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="167822"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="45066"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="22217"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="1905994"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="838467"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="301985"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="376574"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="253049"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="99829"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="24839"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="11251"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="1148139"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="535423"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="207761"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="227866"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="120948"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="39596"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="11054"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="5491"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="675546"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="373040"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="115241"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="101518"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="53404"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="21232"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="6889"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="4222"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="292551"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="216650"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="40419"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="21998"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="8768"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="3408"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="84523"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="44943"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="13355"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="12696"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="7543"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="3757"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="1366"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="4500569"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="2191255"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="746156"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="834510"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="486841"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="175276"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="45682"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="20849"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="2080563"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="945356"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="313259"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="409494"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="274543"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="102322"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="25178"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="10411"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="1289109"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="575911"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="236451"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="268759"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="141494"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="47595"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="12768"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="6131"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="709956"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="385430"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="124977"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="114487"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="55592"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="20060"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="6128"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="3282"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="350355"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="243199"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="61308"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="32161"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="9775"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="2761"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="70586"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="41359"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="10161"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="9609"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="5437"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="2538"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="4666376"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="2282523"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="727745"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="900508"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="519899"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="174592"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="42388"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="18721"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="2095910"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="991124"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="296826"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="403855"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="275765"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="97573"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="21923"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="8844"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="1358418"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="598911"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="231550"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="300260"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="158729"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="50133"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="13023"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="5812"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="730771"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="391772"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="118036"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="130343"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="62473"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="19781"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="5326"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="3040"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="419600"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="272244"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="71742"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="53888"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="16072"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="4146"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="61677"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="28472"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="9591"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="12162"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="6860"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="2959"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="TAH11C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="1462296"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="955686"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="203260"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="179425"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="87318"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="27687"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="6357"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="2563"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="625988"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="381176"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="85196"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="89298"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="49258"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="16310"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="3464"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="1286"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="398360"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="246009"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="63496"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="56010"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="24038"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="6594"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="1573"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="257522"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="181049"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="35631"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="25130"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="10670"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="3564"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="148623"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="125408"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="14772"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="5836"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="1839"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="31803"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="22044"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="4165"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="3151"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="1513"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="1076846"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="231127"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="206025"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="97231"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="29243"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="6513"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="2423"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="699869"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="436176"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="89339"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="98532"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="54144"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="16922"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="3551"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="456651"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="274861"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="75192"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="67481"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="28566"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="7997"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="1837"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="281825"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="196494"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="40380"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="28933"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="11336"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="3412"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="888"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="183282"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="149124"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="22825"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="8616"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="2073"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="27781"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="20191"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="3391"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="2463"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="1697665"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="1114388"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="221766"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="221036"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="103315"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="28993"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="6007"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="2160"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="715133"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="460624"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="83378"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="96701"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="54240"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="16080"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="3090"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="1020"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="471948"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="282852"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="71790"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="74589"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="31810"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="8386"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="1848"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="284569"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="197764"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="37357"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="32495"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="12532"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="3313"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="204145"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="159605"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="26106"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="14173"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="3340"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="21870"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="13543"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="3135"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="3078"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="1393"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="TAH11C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="061"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+</pivotCacheRecords>
 </file>