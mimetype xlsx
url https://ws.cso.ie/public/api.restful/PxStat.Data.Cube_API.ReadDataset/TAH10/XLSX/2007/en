--- v0 (2025-10-04)
+++ v1 (2025-12-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe8867a6874d4efc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8037d7c482914ccca3dcf676c6634dd5.psmdcp" Id="R182d8f11564d4676" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cb60051dda94ccc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/12d0f30fa46947128477194bf6e9381c.psmdcp" Id="Rece8b1083afb488c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>TAH10</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private households and persons per household</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>12/10/2020 11:00:00 AM</x:t>
+    <x:t>10/12/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TAH10/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>TAH</x:t>
   </x:si>
   <x:si>
     <x:t>Tenure and Households</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Michael Courtney</x:t>
   </x:si>
@@ -454,291 +454,146 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...239 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02121V02562" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Dwelling Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02254V02726" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Size of Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J289" totalsRowShown="0">
   <x:autoFilter ref="A1:J289"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="C02121V02562"/>
     <x:tableColumn id="6" name="Dwelling Status"/>
     <x:tableColumn id="7" name="C02254V02726"/>
     <x:tableColumn id="8" name="Size of Household"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1009,51 +864,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TAH10/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1240,51 +1095,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J289"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="64.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="21.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="38.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -10522,51 +10377,51 @@
       <x:c r="G289" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I289" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J289" s="0">
         <x:v>21870</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -10583,51 +10438,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J289" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="TAH10C01"/>
         <x:s v="TAH10C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Number of Persons per Private Household in Permanent Housing Units"/>
         <x:s v="Number of Private Households in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="3">
         <x:s v="2006"/>
         <x:s v="2011"/>
         <x:s v="2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="CensusYear">
       <x:sharedItems count="3">
         <x:s v="2006"/>
         <x:s v="2011"/>
@@ -10940,27 +10795,3484 @@
         <x:n v="19701"/>
         <x:n v="6692"/>
         <x:n v="3219"/>
         <x:n v="284569"/>
         <x:n v="71206"/>
         <x:n v="31782"/>
         <x:n v="16939"/>
         <x:n v="4837"/>
         <x:n v="1441"/>
         <x:n v="506"/>
         <x:n v="204145"/>
         <x:n v="5327"/>
         <x:n v="4045"/>
         <x:n v="3702"/>
         <x:n v="1868"/>
         <x:n v="920"/>
         <x:n v="483"/>
         <x:n v="21870"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="326134"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="827572"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="793314"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="973212"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="684895"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="327708"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="173918"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="4106753"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="111891"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="330206"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="336111"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="476868"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="373250"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="183522"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="94146"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="1905994"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="75690"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="223928"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="237765"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="296480"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="190485"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="82350"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="41441"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="1148139"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="67227"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="152154"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="144624"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="144872"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="91430"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="46080"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="29159"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="675546"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="61806"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="105236"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="58284"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="37540"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="17355"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="8286"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="4044"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="292551"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="9520"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="16048"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="16530"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="17452"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="12375"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="7470"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="5128"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="84523"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="389347"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="956552"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="886812"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="1071312"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="724580"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="315984"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="155982"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="4500569"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="132744"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="381776"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="364833"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="524692"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="406625"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="183090"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="86803"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="2080563"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="92308"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="257632"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="272841"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="336596"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="205865"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="82674"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="41193"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="1289109"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="78243"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="171084"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="157962"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="153456"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="87885"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="39096"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="22230"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="709956"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="77155"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="131804"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="76314"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="42284"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="14870"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="5568"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="2360"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="350355"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="8897"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="14256"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="14862"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="14284"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="9335"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="5556"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="3396"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="70586"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="397510"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="971184"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="891138"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="1151808"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="773210"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="323352"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="158174"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="4666376"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="140121"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="403574"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="359535"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="523900"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="409060"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="178362"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="81358"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="2095910"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="95298"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="250872"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="270600"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="374084"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="232120"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="90672"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="44772"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="1358418"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="79132"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="163672"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="153522"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="171260"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="98505"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="40152"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="24528"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="730771"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="77434"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="142412"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="95346"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="67756"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="24185"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="8646"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="3821"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="419600"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="5525"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="10654"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="12135"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="14808"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="9340"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="5520"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="3695"/>
+  </r>
+  <r>
+    <s v="TAH10C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="61677"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="326134"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="413786"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="264438"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="243303"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="136979"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="54618"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="23038"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="1462296"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="111891"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="165103"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="112037"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="119217"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="74650"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="30587"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="12503"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="625988"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="75690"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="111964"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="79255"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="74120"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="38097"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="13725"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="5509"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="398360"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="67227"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="76077"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="48208"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="36218"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="18286"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="7680"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="3826"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="257522"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="61806"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="52618"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="19428"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="9385"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="3471"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="1381"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="148623"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="9520"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="8024"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="5510"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="4363"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="2475"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="31803"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="389347"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="478276"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="295604"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="267828"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="144916"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="52664"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="20773"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="132744"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="190888"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="121611"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="131173"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="81325"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="30515"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="11613"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="699869"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="92308"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="128816"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="90947"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="84149"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="41173"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="13779"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="5479"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="456651"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="78243"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="85542"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="52654"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="38364"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="17577"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="6516"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="2929"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="281825"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="77155"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="65902"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="25438"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="10571"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="2974"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="183282"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="8897"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="7128"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="4954"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="3571"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="1867"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="27781"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="397510"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="485592"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="297046"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="287952"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="154642"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="53892"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="21031"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Total"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="1697665"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="140121"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="201787"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="119845"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="130975"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="81812"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="29727"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="10866"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="111"/>
+    <s v="Detached House"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="715133"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="95298"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="125436"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="90200"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="93521"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="46424"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="15112"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="5957"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="112"/>
+    <s v="Semi-detached House"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="471948"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="79132"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="81836"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="51174"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="42815"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="19701"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="6692"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="3219"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="113"/>
+    <s v="Terraced House"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="284569"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="77434"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="71206"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="31782"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="16939"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="4837"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="1441"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="129"/>
+    <s v="Apartment, flat, bedsit"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="204145"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="5525"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="5327"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="4045"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="3702"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="1868"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="TAH10C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Not Stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="21870"/>
+  </r>
+</pivotCacheRecords>
 </file>