--- v1 (2025-12-06)
+++ v2 (2026-02-04)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cb60051dda94ccc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/12d0f30fa46947128477194bf6e9381c.psmdcp" Id="Rece8b1083afb488c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re213a84b20b74277" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1bae5ce00c704546aacd212cb9246bb1.psmdcp" Id="Rfa8f4f6196624e95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>