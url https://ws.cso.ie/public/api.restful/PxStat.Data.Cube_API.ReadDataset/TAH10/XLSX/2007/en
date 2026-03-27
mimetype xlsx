--- v2 (2026-02-04)
+++ v3 (2026-03-27)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re213a84b20b74277" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1bae5ce00c704546aacd212cb9246bb1.psmdcp" Id="Rfa8f4f6196624e95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44a65c5d53684e8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f77669da6b1f4114a7c63c381cd935c0.psmdcp" Id="R8874e68424b54ab0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>