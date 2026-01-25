--- v0 (2025-11-15)
+++ v1 (2026-01-25)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf38f6009cb9248cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/50838e6106de4f8d9ff81c0f8ff74afb.psmdcp" Id="Rfe6ed914529e46c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8ee2f67679e4b02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/053e40f2d17849e2850cd546fcaf5a8c.psmdcp" Id="R2d7d07c1e5274e93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>TAH08</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private households and persons per household</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>12/10/2020 11:00:00 AM</x:t>
+    <x:t>10/12/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TAH08/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>TAH</x:t>
   </x:si>
   <x:si>
     <x:t>Tenure and Households</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Michael Courtney</x:t>
   </x:si>
@@ -487,339 +487,158 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...287 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03682V04424" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Household Composition" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02729V03297" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Number of Rooms" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J577" totalsRowShown="0">
   <x:autoFilter ref="A1:J577"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="C03682V04424"/>
     <x:tableColumn id="6" name="Household Composition"/>
     <x:tableColumn id="7" name="C02729V03297"/>
     <x:tableColumn id="8" name="Number of Rooms"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1090,51 +909,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TAH08/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1321,51 +1140,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J577"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="64.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="43.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="19.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -19819,51 +19638,51 @@
       <x:c r="G577" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H577" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I577" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J577" s="0">
         <x:v>17816</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -19880,51 +19699,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J577" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="TAH08C01"/>
         <x:s v="TAH08C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Number of Persons per Private Household in Permanent Housing Units"/>
         <x:s v="Number of Private Households in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="3">
         <x:s v="2006"/>
         <x:s v="2011"/>
         <x:s v="2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="CensusYear">
       <x:sharedItems count="3">
         <x:s v="2006"/>
         <x:s v="2011"/>
@@ -20516,27 +20335,6940 @@
         <x:n v="5466"/>
         <x:n v="4547"/>
         <x:n v="3194"/>
         <x:n v="2151"/>
         <x:n v="928"/>
         <x:n v="1025"/>
         <x:n v="1112"/>
         <x:n v="106754"/>
         <x:n v="1464"/>
         <x:n v="7881"/>
         <x:n v="16057"/>
         <x:n v="16140"/>
         <x:n v="20571"/>
         <x:n v="13860"/>
         <x:n v="7059"/>
         <x:n v="3597"/>
         <x:n v="1113"/>
         <x:n v="17816"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="4106753"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="31363"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="110267"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="277220"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="362813"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="959191"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="822403"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="652075"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="427025"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="192599"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="155294"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="116503"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="326134"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="14176"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="30742"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="44050"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="55222"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="77708"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="50816"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="23247"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="10227"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="3023"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="2408"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="14515"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="620580"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="6986"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="26893"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="51473"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="68812"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="152684"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="128558"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="87834"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="48173"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="19216"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="13800"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="16151"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="2284612"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="4301"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="20616"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="89020"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="123057"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="467161"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="481581"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="450624"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="320865"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="152388"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="122613"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="52386"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="408099"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="1612"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="12623"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="40905"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="51524"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="141880"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="71885"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="39726"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="20613"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="7719"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="6218"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="13394"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="68571"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="1596"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="5834"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="7504"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="18873"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="13921"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="8830"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="4993"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="2255"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="1904"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2562"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="109211"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="1198"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="6641"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="8927"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="30760"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="23644"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="15860"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="9969"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="4418"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="4371"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="3151"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="289546"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="3717"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="16599"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="39297"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="47767"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="70125"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="51998"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="25954"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="12185"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="3580"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="3980"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="14344"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="4500569"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="33389"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="138552"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="350764"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="390118"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="993136"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="847801"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="708587"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="481755"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="221602"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="175728"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="159137"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="389347"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="15906"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="39301"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="54323"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="59781"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="88560"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="58213"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="29526"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="13237"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="4219"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="3074"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="23207"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="697893"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="7745"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="32207"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="64894"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="73591"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="160687"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="138317"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="98580"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="58420"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="23784"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="17029"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="22639"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="2505759"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="4489"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="32176"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="125795"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="142698"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="485292"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="493243"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="487210"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="359518"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="173393"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="137177"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="64768"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="475283"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="1639"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="15823"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="52659"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="55772"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="158302"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="82004"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="47462"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="25250"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="9891"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="7848"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="18633"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="72683"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="2073"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="6738"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="7809"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="18858"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="14124"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="9503"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="5437"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="2400"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="2251"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="3216"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="100771"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="7876"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="8824"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="25494"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="20407"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="14383"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="9201"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="4347"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="4470"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="4055"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="258833"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="3090"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="15504"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="38479"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="41643"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="55943"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="41493"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="21923"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="10692"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="3568"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="3879"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="22619"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="4666376"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="36348"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="169591"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="414481"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="423608"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="1011046"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="854409"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="699893"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="466918"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="207268"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="156921"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="225893"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="397510"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="15060"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="39610"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="54193"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="58095"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="87672"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="58469"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="30340"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="13949"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="4548"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="3324"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="32250"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="713124"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="9365"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="37577"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="67303"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="73823"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="154825"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="136955"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="101620"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="61066"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="24351"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="17397"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="28842"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="2602527"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="5843"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="48628"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="175389"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="177177"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="523934"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="505426"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="474305"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="338219"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="156869"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="116321"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="80416"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="477728"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="2019"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="20975"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="61779"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="56182"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="145633"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="77904"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="47006"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="25292"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="10257"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="7647"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="23034"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="74037"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="2863"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="7971"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="8314"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="18003"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="13593"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="9034"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="5432"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="2313"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="2048"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="4125"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="120544"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="1675"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="9419"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="9722"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="28872"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="24323"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="17191"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="11834"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="5252"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="6047"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="6040"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="280906"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="3551"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="18263"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="38427"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="40295"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="52107"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="37739"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="20397"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="11126"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="3678"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="4137"/>
+  </r>
+  <r>
+    <s v="TAH08C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="51186"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="1462296"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="20893"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="61757"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="123655"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="160878"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="354089"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="281531"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="200869"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="121819"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="51548"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="39813"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="45444"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="326134"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="14176"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="30742"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="44050"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="55222"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="77708"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="50816"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="23247"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="10227"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="3023"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="2408"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="14515"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="292271"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="3309"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="12516"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="23478"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="31926"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="71766"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="60985"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="42020"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="23101"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="9250"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="6509"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="7411"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="547331"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="1138"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="5642"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="22009"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="30938"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="116190"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="116912"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="107111"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="74255"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="34155"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="26490"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="12491"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="144324"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="5261"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="14817"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="19594"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="49139"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="25086"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="13760"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="6932"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="2494"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="1946"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="4633"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="24815"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="669"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="2167"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="2846"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="6928"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="5007"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="3137"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="1702"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="20219"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="1256"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="1675"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="5791"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="4392"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="2903"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="1810"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="777"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="107202"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="1437"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="6692"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="15878"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="18677"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="26567"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="18333"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="8691"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="3792"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="1110"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="1102"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="4923"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="23058"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="78373"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="156731"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="174296"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="380115"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="299646"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="223835"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="140460"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="60707"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="45859"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="66328"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="389347"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="15906"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="39301"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="54323"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="59781"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="88560"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="58213"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="29526"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="13237"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="4219"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="3074"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="23207"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="334273"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="3768"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="15310"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="30430"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="34835"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="77018"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="66628"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="47692"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="28266"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="11453"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="8118"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="10755"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="607427"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="1264"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="9086"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="32102"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="36360"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="123448"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="121312"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="116251"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="83276"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="39034"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="29591"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="15703"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="170169"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="6637"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="19240"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="21420"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="56229"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="28775"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="16412"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="8506"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="3250"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="2444"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="6580"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="27401"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="2592"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="3068"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="7267"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="5290"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="3451"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="1937"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1216"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="18745"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="1487"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="1632"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="4865"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="3814"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="2641"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="1670"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="102046"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="1280"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="6846"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="16557"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="17200"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="22728"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="15614"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="7862"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="3568"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="1125"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="8119"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="1697665"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="23752"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="88719"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="172739"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="179989"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="378691"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="299371"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="222308"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="137904"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="57900"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="42239"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="94053"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="397510"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="15060"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="39610"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="54193"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="58095"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="87672"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="58469"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="30340"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="13949"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="4548"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="3324"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="32250"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="342787"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="4583"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="17880"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="31697"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="35161"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="74613"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="66205"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="49301"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="29515"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="11790"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="8285"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="13757"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="630049"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="1649"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="13307"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="44052"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="44472"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="131651"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="123680"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="112857"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="78211"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="35296"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="25394"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="19480"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="170140"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="8510"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="21913"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="21102"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="51735"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="27482"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="16208"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="8523"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="3350"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="2415"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="8081"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="28079"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="1196"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="3051"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="3239"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="6983"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="5128"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="3349"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="1958"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1557"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="22346"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="1776"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="1780"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="5466"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="4547"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="3194"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="2151"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="106754"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="1464"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="7881"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="16057"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="16140"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="20571"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="13860"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="7059"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="3597"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="1196"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="TAH08C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="17816"/>
+  </r>
+</pivotCacheRecords>
 </file>