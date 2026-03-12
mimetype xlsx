--- v1 (2026-01-25)
+++ v2 (2026-03-12)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8ee2f67679e4b02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/053e40f2d17849e2850cd546fcaf5a8c.psmdcp" Id="R2d7d07c1e5274e93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R941ec99a5500493d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f83bfebebebb492db976ae12f0be2315.psmdcp" Id="R271cabc22630419b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>