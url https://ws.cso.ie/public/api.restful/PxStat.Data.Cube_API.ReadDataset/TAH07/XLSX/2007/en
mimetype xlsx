--- v0 (2025-11-15)
+++ v1 (2026-01-16)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R099f18d2b8914d7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b093f2137eb84e5bad6ed36cfb867690.psmdcp" Id="Rfeb42b9736fc4b9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R636be7afd02a462f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7adbe4bc1b9444a9b5108a913d35154a.psmdcp" Id="R51263b5845074c50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>TAH07</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private households and persons per household</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>12/10/2020 11:00:00 AM</x:t>
+    <x:t>10/12/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TAH07/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>TAH</x:t>
   </x:si>
   <x:si>
     <x:t>Tenure and Households</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Michael Courtney</x:t>
   </x:si>
@@ -463,307 +463,150 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...255 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03682V04424" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Household Composition" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02485V03354" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Children per Family Unit" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J385" totalsRowShown="0">
   <x:autoFilter ref="A1:J385"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="C03682V04424"/>
     <x:tableColumn id="6" name="Household Composition"/>
     <x:tableColumn id="7" name="C02485V03354"/>
     <x:tableColumn id="8" name="Children per Family Unit"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1034,51 +877,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TAH07/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1265,51 +1108,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J385"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="64.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="43.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="29.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -13619,51 +13462,51 @@
       <x:c r="G385" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I385" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J385" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -13680,51 +13523,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J385" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="TAH07C01"/>
         <x:s v="TAH07C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Number of Persons per Private Household in Permanent Housing Units"/>
         <x:s v="Number of Private Households in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="3">
         <x:s v="2006"/>
         <x:s v="2011"/>
         <x:s v="2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="CensusYear">
       <x:sharedItems count="3">
         <x:s v="2006"/>
         <x:s v="2011"/>
@@ -14025,27 +13868,4636 @@
         <x:n v="261"/>
         <x:n v="28079"/>
         <x:n v="18187"/>
         <x:n v="6016"/>
         <x:n v="2708"/>
         <x:n v="885"/>
         <x:n v="226"/>
         <x:n v="38"/>
         <x:n v="19"/>
         <x:n v="22346"/>
         <x:n v="17850"/>
         <x:n v="2902"/>
         <x:n v="1073"/>
         <x:n v="358"/>
         <x:n v="118"/>
         <x:n v="27"/>
         <x:n v="18"/>
         <x:n v="106754"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="4106753"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="2008523"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="678761"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="740652"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="443712"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="167822"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="45066"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="22217"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="326134"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="326134"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="620580"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="620580"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="2284612"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="517507"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="530110"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="638264"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="394578"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="147403"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="38212"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="18538"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="408099"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="142045"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="111979"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="85168"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="42029"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="17712"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="5984"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="3182"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="68571"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="39023"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="14866"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="8677"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="3905"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="1443"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="109211"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="73688"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="21806"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="8543"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="3200"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="1264"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="289546"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="289546"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="4500569"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="2191255"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="746156"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="834510"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="486841"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="175276"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="45682"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="20849"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="389347"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="389347"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="697893"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="697893"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="2505759"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="587017"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="564679"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="712296"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="430681"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="154471"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="38926"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="17689"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="475283"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="169407"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="129801"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="100242"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="48702"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="18453"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="5997"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="2681"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="72683"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="43679"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="14948"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="8650"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="3618"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="1229"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="100771"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="45079"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="36728"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="13322"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="3840"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="1123"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="258833"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="258833"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="4666376"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="2282523"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="727745"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="900508"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="519899"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="174592"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="42388"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="18721"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="397510"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="397510"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="713124"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="713124"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="2602527"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="605542"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="549554"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="774120"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="464704"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="155139"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="37144"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="16324"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="477728"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="183908"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="123981"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="100372"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="46087"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="16709"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="4671"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="2000"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="74037"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="45893"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="14165"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="8728"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="3711"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="120544"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="55640"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="40045"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="17288"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="5397"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="1582"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="280906"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="280906"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="1462296"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="955686"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="203260"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="179425"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="87318"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="27687"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="6357"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="2563"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="326134"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="326134"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="292271"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="292271"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="547331"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="142605"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="147677"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="149648"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="76125"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="23890"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="5280"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="2106"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="144324"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="57323"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="46347"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="26007"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="9894"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="3384"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="962"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="24815"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="15594"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="5490"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="2484"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="20219"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="14557"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="3746"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="1286"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="107202"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="107202"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="1076846"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="231127"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="206025"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="97231"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="29243"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="6513"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="2423"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="389347"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="389347"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="334273"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="334273"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="607427"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="155867"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="164046"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="170469"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="84267"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="25311"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="5441"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="2026"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="170169"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="64796"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="57333"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="31489"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="11674"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="3565"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="27401"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="17331"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="6243"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="2644"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="18745"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="13186"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="3505"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="1423"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="102046"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="102046"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="1697665"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="1114388"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="221766"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="221036"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="103315"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="28993"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="6007"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="2160"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="397510"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="397510"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="342787"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="342787"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="630049"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="161193"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="159407"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="185937"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="91037"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="25419"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="5194"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="1862"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="170140"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="70107"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="53441"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="31318"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="11035"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="3230"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="28079"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="18187"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="6016"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="2708"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="22346"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="17850"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="2902"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="106754"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="106754"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH07C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+</pivotCacheRecords>
 </file>