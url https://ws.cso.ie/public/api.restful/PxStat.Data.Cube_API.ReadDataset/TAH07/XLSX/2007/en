--- v1 (2026-01-16)
+++ v2 (2026-03-02)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R636be7afd02a462f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7adbe4bc1b9444a9b5108a913d35154a.psmdcp" Id="R51263b5845074c50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e94acdfacee44fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bd0e2b717a9944689fb8f4bf754127b0.psmdcp" Id="R12e937fc5fe24027" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>