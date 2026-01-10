--- v0 (2025-11-15)
+++ v1 (2026-01-10)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9799cee84ca34351" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/12d5b96622454574ae6b0e0e9bc19ec3.psmdcp" Id="R3b5018fd97054e9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11fb8ac60bc4484e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d0d5b22557a849efa5e940798c63b4eb.psmdcp" Id="Rb8c9aac19ea04f46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>TAH06</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private households and persons per household</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>12/10/2020 11:00:00 AM</x:t>
+    <x:t>10/12/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TAH06/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>TAH</x:t>
   </x:si>
   <x:si>
     <x:t>Tenure and Households</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Michael Courtney</x:t>
   </x:si>
@@ -466,307 +466,150 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...255 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03682V04424" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Household Composition" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02254V02726" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Size of Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J385" totalsRowShown="0">
   <x:autoFilter ref="A1:J385"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="C03682V04424"/>
     <x:tableColumn id="6" name="Household Composition"/>
     <x:tableColumn id="7" name="C02254V02726"/>
     <x:tableColumn id="8" name="Size of Household"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1037,51 +880,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TAH06/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1268,51 +1111,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J385"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="64.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="43.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="38.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -13622,51 +13465,51 @@
       <x:c r="G385" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I385" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J385" s="0">
         <x:v>106754</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -13683,51 +13526,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J385" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="TAH06C01"/>
         <x:s v="TAH06C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Number of Persons per Private Household in Permanent Housing Units"/>
         <x:s v="Number of Private Households in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="3">
         <x:s v="2006"/>
         <x:s v="2011"/>
         <x:s v="2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="CensusYear">
       <x:sharedItems count="3">
         <x:s v="2006"/>
         <x:s v="2011"/>
@@ -14053,27 +13896,4636 @@
         <x:n v="16029"/>
         <x:n v="7928"/>
         <x:n v="2900"/>
         <x:n v="889"/>
         <x:n v="241"/>
         <x:n v="92"/>
         <x:n v="28079"/>
         <x:n v="6442"/>
         <x:n v="7093"/>
         <x:n v="4995"/>
         <x:n v="3816"/>
         <x:n v="22346"/>
         <x:n v="65826"/>
         <x:n v="23773"/>
         <x:n v="11262"/>
         <x:n v="1396"/>
         <x:n v="681"/>
         <x:n v="106754"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="326134"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="827572"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="793314"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="973212"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="684895"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="327708"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="173918"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="4106753"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="326134"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="326134"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="536918"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="47913"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="19712"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="9275"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="4770"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="1992"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="620580"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="512520"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="793392"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="581270"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="267204"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="130226"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="2284612"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="140072"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="134505"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="75616"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="35545"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="14160"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="8201"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="408099"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="25920"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="21678"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="11980"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="5280"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="2466"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="1247"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="68571"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="23568"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="31220"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="27912"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="26511"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="109211"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="124662"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="76698"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="48944"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="22305"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="11196"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="5741"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="289546"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="389347"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="956552"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="886812"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="1071312"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="724580"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="315984"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="155982"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="4500569"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="389347"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="389347"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="625188"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="48735"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="15384"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="5480"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="2328"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="697893"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="586611"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="898232"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="633375"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="267162"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="120379"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="2505759"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="167230"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="161199"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="88036"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="37510"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="14196"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="7112"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="475283"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="30874"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="23451"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="11608"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="4405"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="1566"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="779"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="72683"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="22268"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="29540"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="24702"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="24261"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="100771"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="133260"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="66816"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="35784"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="14270"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="6030"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="2673"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="258833"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="397510"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="971184"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="891138"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="1151808"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="773210"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="323352"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="158174"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="4666376"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="397510"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="397510"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="645044"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="45513"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="14504"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="4890"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="2142"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="713124"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="584358"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="963048"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="671655"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="268572"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="114894"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="2602527"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="162430"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="166164"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="91840"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="37675"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="12846"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="6773"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="477728"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="32058"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="23784"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="11600"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="4445"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="1446"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="704"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="74037"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="25768"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="35465"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="29970"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="29341"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="120544"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="131652"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="71319"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="45048"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="19080"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="8376"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="5431"/>
+  </r>
+  <r>
+    <s v="TAH06C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="280906"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="326134"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="413786"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="264438"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="243303"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="136979"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="54618"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="23038"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="1462296"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="326134"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="326134"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="268459"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="15971"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="4928"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="1855"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="292271"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="170840"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="198348"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="116254"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="44534"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="17355"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="547331"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="70036"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="44835"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="18904"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="7109"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="2360"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="1080"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="144324"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="12960"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="7226"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="2995"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="1056"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="24815"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="5892"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="6244"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="4652"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="3431"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="20219"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="62331"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="25566"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="12236"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="4461"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="1866"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="107202"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="389347"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="478276"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="295604"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="267828"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="144916"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="52664"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="20773"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="389347"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="389347"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="312594"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="16245"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="3846"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="334273"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="195537"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="224558"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="126675"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="44527"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="16130"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="607427"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="83615"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="53733"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="22009"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="7502"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="2366"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="170169"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="15437"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="7817"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="2902"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="27401"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="5567"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="5908"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="4117"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="3153"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="18745"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="66630"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="22272"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="8946"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="2854"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="102046"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="397510"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="485592"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="297046"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="287952"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="154642"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="53892"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="21031"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Household Units"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="1697665"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="397510"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Single Person Household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="397510"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="322522"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="15171"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="3626"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Couple with no children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="342787"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="194786"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="240762"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="134331"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="44762"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="15408"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="630049"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="81215"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="55388"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="22960"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="7535"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="2141"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="One Parent (female) Household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="170140"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="16029"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="7928"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="2900"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="One Parent (male) Household"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="28079"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="6442"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="7093"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="4995"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="3816"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="2 or more family units"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="22346"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="65826"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="23773"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="11262"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="3816"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="1396"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="TAH06C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="All other households including non-family units"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="106754"/>
+  </r>
+</pivotCacheRecords>
 </file>