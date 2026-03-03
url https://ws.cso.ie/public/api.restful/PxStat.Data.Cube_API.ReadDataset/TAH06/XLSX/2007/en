--- v1 (2026-01-10)
+++ v2 (2026-03-03)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11fb8ac60bc4484e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d0d5b22557a849efa5e940798c63b4eb.psmdcp" Id="Rb8c9aac19ea04f46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re859ae07a66647af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0751df36deea45f5879a6326aa6ecf4f.psmdcp" Id="R35f600a84806472b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>