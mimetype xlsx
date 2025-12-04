--- v0 (2025-10-05)
+++ v1 (2025-12-04)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dc9e826f9b049e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ad55c587662742d38a48312ff7e154fd.psmdcp" Id="R14c260267ca24086" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7349abb8a504143" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/904d3bed72304de795206ecd88a8da55.psmdcp" Id="R2bc197c9d86b4450" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>TAH04</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private households and persons per household</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>12/10/2020 11:00:00 AM</x:t>
+    <x:t>10/12/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TAH04/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>TAH</x:t>
   </x:si>
   <x:si>
     <x:t>Tenure and Households</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Michael Courtney</x:t>
   </x:si>
@@ -481,331 +481,156 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...279 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02105V02544" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Tenure Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02729V03297" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Number of Rooms" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J505" totalsRowShown="0">
   <x:autoFilter ref="A1:J505"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="C02105V02544"/>
     <x:tableColumn id="6" name="Tenure Status"/>
     <x:tableColumn id="7" name="C02729V03297"/>
     <x:tableColumn id="8" name="Number of Rooms"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1076,51 +901,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TAH04/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1307,51 +1132,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J505"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="64.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="55.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="19.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -17501,51 +17326,51 @@
       <x:c r="G505" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H505" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I505" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J505" s="0">
         <x:v>35162</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -17562,51 +17387,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J505" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="TAH04C01"/>
         <x:s v="TAH04C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Number of Persons per Private Household in Permanent Housing Units"/>
         <x:s v="Number of Private Households in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="3">
         <x:s v="2006"/>
         <x:s v="2011"/>
         <x:s v="2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="CensusYear">
       <x:sharedItems count="3">
         <x:s v="2006"/>
         <x:s v="2011"/>
@@ -18160,27 +17985,6076 @@
         <x:n v="6247"/>
         <x:n v="4765"/>
         <x:n v="2613"/>
         <x:n v="1382"/>
         <x:n v="550"/>
         <x:n v="494"/>
         <x:n v="1192"/>
         <x:n v="53002"/>
         <x:n v="991"/>
         <x:n v="2583"/>
         <x:n v="3591"/>
         <x:n v="2641"/>
         <x:n v="3746"/>
         <x:n v="1995"/>
         <x:n v="1171"/>
         <x:n v="619"/>
         <x:n v="270"/>
         <x:n v="35162"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="4106753"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="31363"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="110267"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="277220"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="362813"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="959191"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="822403"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="652075"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="427025"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="192599"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="155294"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="116503"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="1237432"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="2520"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="11533"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="46362"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="98571"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="253957"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="294452"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="235053"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="148459"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="66599"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="58219"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="21707"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="1896183"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="3647"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="16759"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="72417"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="114993"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="415120"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="405345"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="368148"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="258155"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="119536"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="91646"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="30417"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="306729"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="5105"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="19325"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="50258"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="47023"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="139651"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="32467"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="5236"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="5660"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="500023"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="16358"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="52634"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="89096"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="83302"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="123424"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="72444"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="34264"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="13859"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="3991"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="2527"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="8124"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="43070"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="2529"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="4945"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="7062"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="9882"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="7475"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="4285"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="2493"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="1211"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="1403"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="123316"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="2878"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="7487"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="14142"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="11862"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="17157"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="10220"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="5089"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="2575"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="49665"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="4500569"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="33389"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="138552"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="350764"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="390118"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="993136"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="847801"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="708587"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="481755"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="221602"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="175728"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="159137"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="1346590"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="2147"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="10254"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="43685"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="92143"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="257879"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="306819"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="263330"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="176337"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="80175"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="68992"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="44829"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="1888826"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="2331"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="15489"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="73610"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="103683"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="383037"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="388044"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="377792"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="275611"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="131168"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="99338"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="38723"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="354992"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="4507"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="21681"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="60665"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="52462"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="153506"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="37979"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="7853"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="2551"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="558"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="12941"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="804715"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="23096"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="87578"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="165079"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="131772"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="184324"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="102624"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="52074"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="22263"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="7493"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="4977"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="23435"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="47883"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="936"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="2616"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="5393"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="7467"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="10222"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="8534"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="4870"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="3167"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="1342"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="1381"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1955"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="57563"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="2332"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="2591"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="4168"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="3801"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="2668"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="1826"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="37254"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="4666376"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="36348"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="169591"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="414481"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="423608"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="1011046"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="854409"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="699893"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="466918"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="207268"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="156921"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="225893"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="1419235"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="2530"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="13580"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="54952"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="100178"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="271966"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="313891"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="273412"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="184879"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="81840"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="67433"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="54574"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="1800187"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="2289"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="15935"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="81653"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="110451"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="372792"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="378445"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="353278"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="249620"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="114541"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="81730"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="39453"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="393198"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="5640"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="29688"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="77244"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="57003"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="152318"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="39183"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="9083"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="2843"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="18971"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="870747"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="23748"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="102930"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="185631"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="141262"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="190762"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="107533"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="55030"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="24372"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="7736"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="5077"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="26666"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="54116"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="2684"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="6075"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="8182"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="12494"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="9928"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="5811"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="3319"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="1459"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="1405"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2067"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="128893"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="1449"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="4774"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="8926"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="6532"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="10714"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="5429"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="3279"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="1885"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="TAH04C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="84162"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="1462296"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="20893"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="61757"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="123655"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="160878"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="354089"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="281531"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="200869"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="121819"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="51548"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="39813"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="45444"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="498432"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="1596"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="7212"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="25257"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="52099"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="113554"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="118452"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="84017"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="49065"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="20531"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="16945"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="9704"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="593513"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="1990"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="9105"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="31305"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="48597"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="146992"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="125515"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="102311"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="66963"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="29203"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="21413"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="10119"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="105509"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="3826"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="11555"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="20043"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="17902"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="40439"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="7992"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="1169"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2122"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="195797"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="11105"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="28641"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="38804"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="33865"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="42273"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="22555"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="9843"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="3695"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="3350"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="21701"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="1620"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="2853"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="3844"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="4847"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="3652"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="1943"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="47344"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="1843"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="3624"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="5393"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="4571"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="5984"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="3365"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="1586"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="19670"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="23058"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="78373"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="156731"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="174296"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="380115"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="299646"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="223835"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="140460"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="60707"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="45859"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="66328"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="566776"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="1381"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="6702"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="24697"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="50947"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="123270"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="131553"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="99446"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="60874"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="25786"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="20703"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="21417"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="583148"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="1302"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="8517"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="31857"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="43425"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="136476"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="119028"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="103881"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="70856"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="32038"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="23084"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="12684"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="129033"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="3599"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="13662"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="25039"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="21322"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="47457"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="9987"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="1887"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="5293"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="320319"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="16012"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="47253"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="70747"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="53074"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="65602"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="33147"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="15306"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="6220"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="1985"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="1299"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="9674"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="25436"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="1691"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="3309"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="4302"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="5449"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="4373"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="2329"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="1328"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="517"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1121"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="24696"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="1082"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="1861"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="1558"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="16139"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="1697665"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="23752"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="88719"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="172739"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="179989"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="378691"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="299371"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="222308"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="137904"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="57900"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="42239"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="94053"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="611877"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="1659"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="8535"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="29891"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="54503"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="132177"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="137695"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="106431"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="65806"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="27326"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="21091"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="26763"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="535675"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="1261"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="7913"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="31627"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="41967"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="124655"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="111428"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="94494"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="62956"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="27557"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="19007"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="12810"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="143178"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="4319"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="17284"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="30190"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="22606"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="47311"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="10448"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="2221"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="7811"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="326493"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="15033"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="50679"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="74001"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="53728"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="64555"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="33040"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="15378"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="6442"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="2014"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="1308"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="10315"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="27440"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="1725"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="3439"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="4544"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="6247"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="4765"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="2613"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="1382"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="550"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1192"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="-"/>
+    <s v="All households"/>
+    <s v="Number"/>
+    <n v="53002"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="01"/>
+    <s v="1 room"/>
+    <s v="Number"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="02"/>
+    <s v="2 rooms"/>
+    <s v="Number"/>
+    <n v="2583"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="03"/>
+    <s v="3 rooms"/>
+    <s v="Number"/>
+    <n v="3591"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="04"/>
+    <s v="4 rooms"/>
+    <s v="Number"/>
+    <n v="2641"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="05"/>
+    <s v="5 rooms"/>
+    <s v="Number"/>
+    <n v="3746"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="06"/>
+    <s v="6 rooms"/>
+    <s v="Number"/>
+    <n v="1995"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="07"/>
+    <s v="7 rooms"/>
+    <s v="Number"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="08"/>
+    <s v="8 rooms"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="09"/>
+    <s v="9 rooms"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="101"/>
+    <s v="10 or more rooms"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="TAH04C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="35162"/>
+  </r>
+</pivotCacheRecords>
 </file>