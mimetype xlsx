--- v1 (2025-12-04)
+++ v2 (2026-01-31)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7349abb8a504143" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/904d3bed72304de795206ecd88a8da55.psmdcp" Id="R2bc197c9d86b4450" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e214a3694d144c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9182fe5099054549a67c314e7536a41a.psmdcp" Id="R1f5fa24f5e6e4394" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>