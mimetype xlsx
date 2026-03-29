--- v2 (2026-01-31)
+++ v3 (2026-03-29)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e214a3694d144c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9182fe5099054549a67c314e7536a41a.psmdcp" Id="R1f5fa24f5e6e4394" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc82bfe035ab342c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a4ccd3b6a1774b5ebfb266698bcb2132.psmdcp" Id="R087491c740624a23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>