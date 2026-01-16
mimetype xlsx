--- v0 (2025-10-01)
+++ v1 (2026-01-16)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4d38a7e36cd49a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e34edf8ef7cf46ee9e492386b53a5518.psmdcp" Id="Rb5891694e86c4254" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra61af8b55b274394" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/688af00a1ba6400ca81efb6f75346405.psmdcp" Id="R3fc2c931c1a844cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>TAH03</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private households and persons per household</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>12/10/2020 11:00:00 AM</x:t>
+    <x:t>10/12/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TAH03/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>TAH</x:t>
   </x:si>
   <x:si>
     <x:t>Tenure and Households</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Michael Courtney</x:t>
   </x:si>
@@ -457,299 +457,148 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...247 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02105V02544" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Tenure Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02485V03354" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Children per Family Unit" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J337" totalsRowShown="0">
   <x:autoFilter ref="A1:J337"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="C02105V02544"/>
     <x:tableColumn id="6" name="Tenure Status"/>
     <x:tableColumn id="7" name="C02485V03354"/>
     <x:tableColumn id="8" name="Children per Family Unit"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1020,51 +869,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TAH03/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1251,51 +1100,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J337"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="64.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="55.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="29.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -12069,51 +11918,51 @@
       <x:c r="G337" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H337" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I337" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J337" s="0">
         <x:v>104</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12130,51 +11979,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J337" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="TAH03C01"/>
         <x:s v="TAH03C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Number of Persons per Private Household in Permanent Housing Units"/>
         <x:s v="Number of Private Households in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="3">
         <x:s v="2006"/>
         <x:s v="2011"/>
         <x:s v="2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="CensusYear">
       <x:sharedItems count="3">
         <x:s v="2006"/>
         <x:s v="2011"/>
@@ -12554,27 +12403,4060 @@
         <x:n v="1209"/>
         <x:n v="573"/>
         <x:n v="27440"/>
         <x:n v="21798"/>
         <x:n v="2617"/>
         <x:n v="2000"/>
         <x:n v="762"/>
         <x:n v="209"/>
         <x:n v="43"/>
         <x:n v="11"/>
         <x:n v="53002"/>
         <x:n v="42495"/>
         <x:n v="4068"/>
         <x:n v="3712"/>
         <x:n v="1741"/>
         <x:n v="665"/>
         <x:n v="217"/>
         <x:n v="104"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="4106753"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="2008523"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="678761"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="740652"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="443712"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="167822"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="45066"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="22217"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="1237432"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="872004"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="142036"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="115641"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="68606"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="28194"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="7417"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="3534"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="1896183"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="628089"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="370771"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="476586"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="290361"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="99778"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="22118"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="8480"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="306729"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="104244"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="59787"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="63075"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="41372"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="22185"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="9297"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="6769"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="500023"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="303588"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="82419"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="64117"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="31149"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="12184"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="4331"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="2235"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="43070"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="29703"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="4911"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="4620"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="2492"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="123316"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="70895"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="18837"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="16613"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="9732"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="4551"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="1621"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="4500569"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="2191255"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="746156"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="834510"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="486841"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="175276"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="45682"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="20849"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="1346590"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="999666"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="137546"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="112883"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="64821"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="23618"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="5836"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="2220"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="1888826"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="576270"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="364499"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="508294"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="310452"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="101587"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="20822"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="6902"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="354992"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="128288"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="68781"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="71077"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="47263"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="23701"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="9648"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="6234"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="804715"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="414698"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="163602"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="130856"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="58096"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="24030"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="8572"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="4861"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="47883"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="32307"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="5806"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="5555"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="2813"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="57563"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="40026"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="5922"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="5845"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="3396"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="1412"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="4666376"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="2282523"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="727745"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="900508"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="519899"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="174592"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="42388"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="18721"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="1419235"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="1077146"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="137284"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="114440"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="62293"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="21579"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="4788"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="1705"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="1800187"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="524402"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="329092"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="508758"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="317886"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="96298"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="18258"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="5493"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="393198"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="154530"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="73567"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="76693"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="49625"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="24166"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="9112"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="5505"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="870747"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="405763"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="168102"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="178332"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="77749"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="27391"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="8423"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="4987"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="54116"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="33376"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="7512"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="7827"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="3755"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="128893"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="87306"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="12188"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="14458"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="8591"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="3910"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="1508"/>
+  </r>
+  <r>
+    <s v="TAH03C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="1462296"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="955686"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="203260"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="179425"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="87318"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="27687"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="6357"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="2563"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="498432"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="416018"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="37085"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="26286"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="13078"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="4542"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="593513"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="292294"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="109419"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="114578"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="56806"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="16347"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="3091"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="105509"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="53729"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="20591"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="16668"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="8593"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="3802"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="782"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="195797"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="141201"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="28610"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="16625"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="6398"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="2073"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="21701"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="18243"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="1610"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="1141"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="47344"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="34201"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="5945"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="4127"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="1948"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="1076846"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="231127"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="206025"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="97231"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="29243"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="6513"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="2423"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="566776"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="488729"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="34921"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="25730"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="12484"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="3850"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="583148"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="268375"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="109074"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="123732"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="61418"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="16802"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="2938"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="129033"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="69409"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="24244"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="19188"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="9975"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="4088"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="1407"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="320319"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="208813"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="59003"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="34482"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="12097"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="4112"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="25436"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="21175"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="2026"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="1438"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="24696"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="20345"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="1859"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="1455"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="1697665"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="1114388"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="221766"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="221036"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="103315"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="28993"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="6007"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="2160"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="611877"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="534762"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="35043"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="25840"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="11895"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="3480"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="535675"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="233667"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="96469"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="123586"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="62828"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="15905"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="2571"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="143178"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="82647"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="24554"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="19809"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="10149"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="4086"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="1305"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="326493"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="199019"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="59015"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="46089"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="15940"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="4648"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="1209"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="27440"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="21798"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="2617"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="2000"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="-"/>
+    <s v="Total family units"/>
+    <s v="Number"/>
+    <n v="53002"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="00"/>
+    <s v="No children in family unit"/>
+    <s v="Number"/>
+    <n v="42495"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="01"/>
+    <s v="1 child in family unit"/>
+    <s v="Number"/>
+    <n v="4068"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="02"/>
+    <s v="2 children in family unit"/>
+    <s v="Number"/>
+    <n v="3712"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="03"/>
+    <s v="3 children in family unit"/>
+    <s v="Number"/>
+    <n v="1741"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="04"/>
+    <s v="4 children in family unit"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="05"/>
+    <s v="5 children in family unit"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="TAH03C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="61"/>
+    <s v="6 or more children in family unit"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+</pivotCacheRecords>
 </file>