--- v1 (2026-01-16)
+++ v2 (2026-03-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra61af8b55b274394" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/688af00a1ba6400ca81efb6f75346405.psmdcp" Id="R3fc2c931c1a844cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70d593960ec947cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cf2a73b9c1314ca7907f39b3a92517e5.psmdcp" Id="R1089cf7e45e94974" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>