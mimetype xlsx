--- v0 (2025-10-06)
+++ v1 (2025-12-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15651eda57424af8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d05e4d8b75f040138caf4c227407856f.psmdcp" Id="Re86edb17db934263" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1048d60b7aa3492d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5afce47ca58148ed94cd4c6cc97b1ea3.psmdcp" Id="Rd096c6ddad244a30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>TAH02</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Private households and persons per household</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>12/10/2020 11:00:00 AM</x:t>
+    <x:t>10/12/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TAH02/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>TAH</x:t>
   </x:si>
   <x:si>
     <x:t>Tenure and Households</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Michael Courtney</x:t>
   </x:si>
@@ -460,299 +460,148 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...247 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="CensusYear" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02105V02544" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Tenure Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02254V02726" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Size of Household" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J337" totalsRowShown="0">
   <x:autoFilter ref="A1:J337"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="CensusYear"/>
     <x:tableColumn id="5" name="C02105V02544"/>
     <x:tableColumn id="6" name="Tenure Status"/>
     <x:tableColumn id="7" name="C02254V02726"/>
     <x:tableColumn id="8" name="Size of Household"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1023,51 +872,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TAH02/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1254,51 +1103,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J337"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="64.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.424911" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="55.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="38.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -12072,51 +11921,51 @@
       <x:c r="G337" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H337" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I337" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J337" s="0">
         <x:v>53002</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12133,51 +11982,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J337" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="TAH02C01"/>
         <x:s v="TAH02C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Number of Persons per Private Household in Permanent Housing Units"/>
         <x:s v="Number of Private Households in Permanent Housing Units"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="3">
         <x:s v="2006"/>
         <x:s v="2011"/>
         <x:s v="2016"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="CensusYear">
       <x:sharedItems count="3">
         <x:s v="2006"/>
         <x:s v="2011"/>
@@ -12537,27 +12386,4060 @@
         <x:n v="21391"/>
         <x:n v="7761"/>
         <x:n v="3755"/>
         <x:n v="326493"/>
         <x:n v="7142"/>
         <x:n v="3120"/>
         <x:n v="2224"/>
         <x:n v="983"/>
         <x:n v="353"/>
         <x:n v="140"/>
         <x:n v="27440"/>
         <x:n v="14974"/>
         <x:n v="8063"/>
         <x:n v="6302"/>
         <x:n v="3177"/>
         <x:n v="1478"/>
         <x:n v="857"/>
         <x:n v="53002"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="326134"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="827572"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="793314"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="973212"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="684895"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="327708"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="173918"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="4106753"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="140819"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="330578"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="248142"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="232968"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="160730"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="80250"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="43945"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="1237432"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="84625"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="284740"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="337278"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="541536"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="397095"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="173520"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="77389"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="1896183"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="25908"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="49548"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="62067"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="63996"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="48190"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="30666"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="26354"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="306729"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="49437"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="126872"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="114210"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="103576"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="57705"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="30540"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="17683"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="500023"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="10866"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="10940"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="7311"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="6340"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="3990"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="2142"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="1481"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="43070"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="14479"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="24894"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="24306"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="24796"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="17185"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="10590"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="7066"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="123316"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="389347"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="956552"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="886812"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="1071312"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="724580"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="315984"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="155982"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="4500569"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="165906"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="403510"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="270867"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="243780"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="157645"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="70068"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="34814"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="1346590"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="83297"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="254700"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="326784"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="572692"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="417490"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="167970"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="65893"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="1888826"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="35749"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="62150"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="74925"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="72648"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="53000"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="30996"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="25524"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="354992"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="81546"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="210210"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="195027"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="165008"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="85560"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="41190"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="26174"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="804715"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="13402"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="12988"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="7935"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="6684"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="3835"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="1776"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="47883"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="9447"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="12994"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="11274"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="10500"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="7050"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="3984"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="2314"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="57563"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="397510"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="971184"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="891138"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="1151808"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="773210"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="323352"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="158174"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="4666376"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="184302"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="449840"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="281907"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="247792"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="156460"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="66894"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="32040"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="1419235"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="68461"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="207898"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="293388"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="576600"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="428020"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="164436"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="61384"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="1800187"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="41239"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="67006"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="78237"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="82976"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="60975"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="34470"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="28295"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="393198"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="71879"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="202208"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="204057"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="210336"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="106955"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="46566"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="28746"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="870747"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="13478"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="14284"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="9360"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="8896"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="4915"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="2118"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="54116"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="18151"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="29948"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="24189"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="25208"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="15885"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="8868"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="6644"/>
+  </r>
+  <r>
+    <s v="TAH02C01"/>
+    <s v="Number of Persons per Private Household in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="128893"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="326134"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="413786"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="264438"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="243303"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="136979"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="54618"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="23038"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="1462296"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="140819"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="165289"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="82714"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="58242"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="32146"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="13375"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="5847"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="498432"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="84625"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="142370"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="112426"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="135384"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="79419"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="28920"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="10369"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="593513"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="25908"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="24774"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="20689"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="15999"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="9638"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="5111"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="3390"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="105509"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="49437"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="63436"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="38070"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="25894"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="11541"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="5090"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="2329"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="195797"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="10866"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="5470"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="2437"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="1585"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="21701"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="14479"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="12447"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="8102"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="6199"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="3437"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="1765"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="47344"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="389347"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="478276"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="295604"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="267828"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="144916"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="52664"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="20773"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="1649408"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="165906"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="201755"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="90289"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="60945"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="31529"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="11678"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="4674"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="566776"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="83297"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="127350"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="108928"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="143173"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="83498"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="27995"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="8907"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="583148"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="35749"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="31075"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="24975"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="18162"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="10600"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="5166"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="3306"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="129033"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="81546"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="105105"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="65009"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="41252"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="17112"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="6865"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="3430"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="320319"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="13402"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="6494"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="2645"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="1671"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="25436"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="9447"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="6497"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="3758"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="2625"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="1410"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="24696"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="397510"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="485592"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="297046"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="287952"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="154642"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="53892"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="21031"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All types of household tenure"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="1697665"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="184302"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="224920"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="93969"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="61948"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="31292"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="11149"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="4297"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owned outright"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="611877"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="68461"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="103949"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="97796"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="144150"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="85604"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="27406"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="8309"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Own with a mortgage or a loan"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="535675"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="41239"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="33503"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="26079"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="20744"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="12195"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="5745"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="3673"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented from local authority"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="143178"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="71879"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="101104"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="68019"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="52584"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="21391"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="7761"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="3755"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="42"/>
+    <s v="Rent from a landlord (including voluntary/co-operative body)"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="326493"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="13478"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="7142"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="3120"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="2224"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="983"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="71"/>
+    <s v="Rent-free"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="27440"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="01"/>
+    <s v="Households - 1 person household"/>
+    <s v="Number"/>
+    <n v="18151"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="02"/>
+    <s v="Households - 2 person household"/>
+    <s v="Number"/>
+    <n v="14974"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="03"/>
+    <s v="Households - 3 person household"/>
+    <s v="Number"/>
+    <n v="8063"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="04"/>
+    <s v="Households - 4 person household"/>
+    <s v="Number"/>
+    <n v="6302"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="06"/>
+    <s v="Households - 5 person household"/>
+    <s v="Number"/>
+    <n v="3177"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="08"/>
+    <s v="Households - 6 person household"/>
+    <s v="Number"/>
+    <n v="1478"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="91"/>
+    <s v="Households - 7 or more person household"/>
+    <s v="Number"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="TAH02C02"/>
+    <s v="Number of Private Households in Permanent Housing Units"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="99"/>
+    <s v="Not Stated"/>
+    <s v="35"/>
+    <s v="All persons in private households"/>
+    <s v="Number"/>
+    <n v="53002"/>
+  </r>
+</pivotCacheRecords>
 </file>