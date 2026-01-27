--- v1 (2025-12-06)
+++ v2 (2026-01-27)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1048d60b7aa3492d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5afce47ca58148ed94cd4c6cc97b1ea3.psmdcp" Id="Rd096c6ddad244a30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4696b7a08bef4445" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/40bb7f9b99a7477993f3e660c6f055c6.psmdcp" Id="R50258b7cbad7442c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>