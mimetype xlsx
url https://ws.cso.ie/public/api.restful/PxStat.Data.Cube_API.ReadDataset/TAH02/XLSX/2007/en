--- v2 (2026-01-27)
+++ v3 (2026-03-14)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4696b7a08bef4445" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/40bb7f9b99a7477993f3e660c6f055c6.psmdcp" Id="R50258b7cbad7442c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R041b287e246841a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/44c59f69f169407f814b29ac3392cb3d.psmdcp" Id="R62e611d894d64d81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>