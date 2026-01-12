--- v0 (2025-10-28)
+++ v1 (2026-01-12)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c9c027c6bb1446a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4eccea6dcdab47dfa428168fddba4380.psmdcp" Id="R0802a5d862b1481a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbdfe739cfaf4654" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c8616b68abae421ba2881b4f8ab98fda.psmdcp" Id="R738e20a55afb4c6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>TAA05</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Passengers</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/3/2025 11:00:00 AM</x:t>
+    <x:t>03/07/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>3 July 2025 - Figures for Donegal airport was updated with revised figures for 2024</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TAA05/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>AS</x:t>
   </x:si>
   <x:si>
     <x:t>Aviation Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -258,50 +258,53 @@
     <x:t>2009</x:t>
   </x:si>
   <x:si>
     <x:t>2010</x:t>
   </x:si>
   <x:si>
     <x:t>2011</x:t>
   </x:si>
   <x:si>
     <x:t>2012</x:t>
   </x:si>
   <x:si>
     <x:t>2013</x:t>
   </x:si>
   <x:si>
     <x:t>2014</x:t>
   </x:si>
   <x:si>
     <x:t>2015</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
 </x:sst>
 </file>
 
@@ -460,363 +463,158 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="20">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="20">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02935V03550" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Airports in Ireland" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H181" totalsRowShown="0">
   <x:autoFilter ref="A1:H181"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02935V03550"/>
     <x:tableColumn id="6" name="Airports in Ireland"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1085,51 +883,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TAA05/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1318,51 +1116,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H181"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="19.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="9.282054" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -4376,1698 +4174,1731 @@
         <x:v>9335</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H117" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H118" s="0">
         <x:v>16437</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H119" s="0">
         <x:v>2387806</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H120" s="0">
         <x:v>31319419</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H121" s="0">
         <x:v>365339</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H122" s="0">
         <x:v>770908</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H123" s="0">
         <x:v>1677661</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H124" s="0">
         <x:v>46537</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H125" s="0">
         <x:v>8814</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H126" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H127" s="0">
         <x:v>15322</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H128" s="0">
         <x:v>2585466</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H129" s="0">
         <x:v>32676251</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H130" s="0">
         <x:v>369836</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H131" s="0">
         <x:v>805443</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8">
       <x:c r="A132" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H132" s="0">
         <x:v>1616422</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H133" s="0">
         <x:v>48542</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H134" s="0">
         <x:v>8831</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H135" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H136" s="0">
         <x:v>15382</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H137" s="0">
         <x:v>527014</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H138" s="0">
         <x:v>7267240</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H139" s="0">
         <x:v>82959</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H140" s="0">
         <x:v>142532</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H141" s="0">
         <x:v>273934</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8">
       <x:c r="A142" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H142" s="0">
         <x:v>18067</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8">
       <x:c r="A143" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H143" s="0">
         <x:v>5020</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H144" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H145" s="0">
         <x:v>8890</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8">
       <x:c r="A146" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H146" s="0">
         <x:v>255014</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8">
       <x:c r="A147" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H147" s="0">
         <x:v>8266271</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8">
       <x:c r="A148" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H148" s="0">
         <x:v>115398</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8">
       <x:c r="A149" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H149" s="0">
         <x:v>174027</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8">
       <x:c r="A150" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H150" s="0">
         <x:v>322162</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8">
       <x:c r="A151" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H151" s="0">
         <x:v>14603</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8">
       <x:c r="A152" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H152" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="153" spans="1:8">
       <x:c r="A153" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H153" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8">
       <x:c r="A154" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H154" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="155" spans="1:8">
       <x:c r="A155" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H155" s="0">
         <x:v>2238455</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8">
       <x:c r="A156" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H156" s="0">
         <x:v>27793345</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8">
       <x:c r="A157" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H157" s="0">
         <x:v>355043</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8">
       <x:c r="A158" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H158" s="0">
         <x:v>709540</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8">
       <x:c r="A159" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H159" s="0">
         <x:v>1421957</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8">
       <x:c r="A160" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H160" s="0">
         <x:v>36934</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8">
       <x:c r="A161" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H161" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="162" spans="1:8">
       <x:c r="A162" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H162" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8">
       <x:c r="A163" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H163" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H164" s="0">
         <x:v>2798024</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8">
       <x:c r="A165" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H165" s="0">
         <x:v>33262941</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8">
       <x:c r="A166" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H166" s="0">
         <x:v>414571</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8">
       <x:c r="A167" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H167" s="0">
         <x:v>813266</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8">
       <x:c r="A168" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H168" s="0">
         <x:v>1897599</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8">
       <x:c r="A169" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H169" s="0">
         <x:v>41867</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8">
       <x:c r="A170" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H170" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="171" spans="1:8">
       <x:c r="A171" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H171" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8">
       <x:c r="A172" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H172" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="173" spans="1:8">
       <x:c r="A173" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H173" s="0">
         <x:v>3068449</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8">
       <x:c r="A174" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H174" s="0">
         <x:v>34623260</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8">
       <x:c r="A175" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H175" s="0">
         <x:v>412034</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8">
       <x:c r="A176" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H176" s="0">
         <x:v>828764</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8">
       <x:c r="A177" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H177" s="0">
         <x:v>2050831</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8">
       <x:c r="A178" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H178" s="0">
         <x:v>50530</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8">
       <x:c r="A179" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
+      <x:c r="H179" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="180" spans="1:8">
       <x:c r="A180" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H180" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8">
       <x:c r="A181" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>50</x:v>
+      </x:c>
+      <x:c r="H181" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -6084,51 +5915,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H181" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="TAA05"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Passengers"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="20">
         <x:s v="2005"/>
         <x:s v="2006"/>
         <x:s v="2007"/>
         <x:s v="2008"/>
         <x:s v="2009"/>
         <x:s v="2010"/>
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
@@ -6351,27 +6182,1828 @@
         <x:n v="2238455"/>
         <x:n v="27793345"/>
         <x:n v="355043"/>
         <x:n v="709540"/>
         <x:n v="1421957"/>
         <x:n v="36934"/>
         <x:n v="2798024"/>
         <x:n v="33262941"/>
         <x:n v="414571"/>
         <x:n v="813266"/>
         <x:n v="1897599"/>
         <x:n v="41867"/>
         <x:n v="3068449"/>
         <x:n v="34623260"/>
         <x:n v="412034"/>
         <x:n v="828764"/>
         <x:n v="2050831"/>
         <x:n v="50530"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="2747190"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="18504759"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="385825"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="524648"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="3268333"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="EIDL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="47793"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="EIIM"/>
+    <s v="Inishmore"/>
+    <s v="Number"/>
+    <n v="12658"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="EIWF"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="74645"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="EICA"/>
+    <s v="Connemara"/>
+    <s v="Number"/>
+    <n v="23126"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="3023527"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="21265887"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="392576"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="608296"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="3690889"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EIDL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="56731"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EIIM"/>
+    <s v="Inishmore"/>
+    <s v="Number"/>
+    <n v="9443"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EIWF"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="80698"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="EICA"/>
+    <s v="Connemara"/>
+    <s v="Number"/>
+    <n v="20006"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="3183146"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="23307333"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="391138"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="544042"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="3524450"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="EIDL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="61410"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="EIIM"/>
+    <s v="Inishmore"/>
+    <s v="Number"/>
+    <n v="12039"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="EIWF"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="116392"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="EICA"/>
+    <s v="Connemara"/>
+    <s v="Number"/>
+    <n v="22338"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="3259109"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="23507205"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="426115"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="630806"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="2956327"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="EIDL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="65539"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="EIIM"/>
+    <s v="Inishmore"/>
+    <s v="Number"/>
+    <n v="10628"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="EIWF"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="144253"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="EICA"/>
+    <s v="Connemara"/>
+    <s v="Number"/>
+    <n v="19442"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="2767776"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="20507446"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="356738"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="606464"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="2579676"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EIDL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="50761"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EIIM"/>
+    <s v="Inishmore"/>
+    <s v="Number"/>
+    <n v="9872"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EIWF"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="110826"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="EICA"/>
+    <s v="Connemara"/>
+    <s v="Number"/>
+    <n v="18869"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="2422872"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="18426823"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="383866"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="586393"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="1531309"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EIDL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="46825"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EIIM"/>
+    <s v="Inishmore"/>
+    <s v="Number"/>
+    <n v="11650"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EIWF"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="103986"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="EICA"/>
+    <s v="Connemara"/>
+    <s v="Number"/>
+    <n v="19612"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="2356629"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="18749078"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="310937"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="653637"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="1364831"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EIDL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="38309"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EIIM"/>
+    <s v="Inishmore"/>
+    <s v="Number"/>
+    <n v="10629"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EIWF"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="81575"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="EICA"/>
+    <s v="Connemara"/>
+    <s v="Number"/>
+    <n v="17966"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="2333643"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="19090781"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="286442"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="677368"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="1286139"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EIDL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="29226"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EIIM"/>
+    <s v="Inishmore"/>
+    <s v="Number"/>
+    <n v="12126"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EIWF"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="77875"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="EICA"/>
+    <s v="Connemara"/>
+    <s v="Number"/>
+    <n v="19490"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="2252636"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="20148574"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="306042"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="665558"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="1308242"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EIDL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="33768"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EIIM"/>
+    <s v="Inishmore"/>
+    <s v="Number"/>
+    <n v="12393"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EIWF"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="28168"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="EICA"/>
+    <s v="Connemara"/>
+    <s v="Number"/>
+    <n v="20354"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="2138057"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="21694893"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="294955"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="703670"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="1555225"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EIDL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="35415"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EIIM"/>
+    <s v="Inishmore"/>
+    <s v="Number"/>
+    <n v="11491"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EIWF"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="33189"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="EICA"/>
+    <s v="Connemara"/>
+    <s v="Number"/>
+    <n v="19236"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="2065678"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="24962518"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="303039"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="684671"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="1642888"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EIDL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="36552"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EIIM"/>
+    <s v="Inishmore"/>
+    <s v="Number"/>
+    <n v="12071"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EIWF"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="34249"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="EICA"/>
+    <s v="Connemara"/>
+    <s v="Number"/>
+    <n v="19753"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="2226233"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="27778888"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="325670"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="735869"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="1674567"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EIDL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="44156"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EIIM"/>
+    <s v="Inishmore"/>
+    <s v="Number"/>
+    <n v="12667"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EIWF"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="13511"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="EICA"/>
+    <s v="Connemara"/>
+    <s v="Number"/>
+    <n v="21345"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="2301450"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="29454474"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="335480"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="748505"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="1599390"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EIDL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="46514"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EIIM"/>
+    <s v="Inishmore"/>
+    <s v="Number"/>
+    <n v="9335"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EIWF"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EICA"/>
+    <s v="Connemara"/>
+    <s v="Number"/>
+    <n v="16437"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="2387806"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="31319419"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="365339"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="770908"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="1677661"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="EIDL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="46537"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="EIIM"/>
+    <s v="Inishmore"/>
+    <s v="Number"/>
+    <n v="8814"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="EIWF"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="EICA"/>
+    <s v="Connemara"/>
+    <s v="Number"/>
+    <n v="15322"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="2585466"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="32676251"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="369836"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="805443"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="1616422"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIDL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="48542"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIIM"/>
+    <s v="Inishmore"/>
+    <s v="Number"/>
+    <n v="8831"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EIWF"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EICA"/>
+    <s v="Connemara"/>
+    <s v="Number"/>
+    <n v="15382"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="527014"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="7267240"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="82959"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="142532"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="273934"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIDL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="18067"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIIM"/>
+    <s v="Inishmore"/>
+    <s v="Number"/>
+    <n v="5020"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EIWF"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EICA"/>
+    <s v="Connemara"/>
+    <s v="Number"/>
+    <n v="8890"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="255014"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="8266271"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="115398"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="174027"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="322162"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIDL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="14603"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIIM"/>
+    <s v="Inishmore"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EIWF"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EICA"/>
+    <s v="Connemara"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="2238455"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="27793345"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="355043"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="709540"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="1421957"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIDL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="36934"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIIM"/>
+    <s v="Inishmore"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EIWF"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EICA"/>
+    <s v="Connemara"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="2798024"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="33262941"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="414571"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="813266"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="1897599"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIDL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="41867"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIIM"/>
+    <s v="Inishmore"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EIWF"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="EICA"/>
+    <s v="Connemara"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="EICK"/>
+    <s v="Cork"/>
+    <s v="Number"/>
+    <n v="3068449"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="EIDW"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="34623260"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="EIKY"/>
+    <s v="Kerry"/>
+    <s v="Number"/>
+    <n v="412034"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="EIKN"/>
+    <s v="Knock"/>
+    <s v="Number"/>
+    <n v="828764"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="EINN"/>
+    <s v="Shannon"/>
+    <s v="Number"/>
+    <n v="2050831"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="EIDL"/>
+    <s v="Donegal"/>
+    <s v="Number"/>
+    <n v="50530"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="EIIM"/>
+    <s v="Inishmore"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="EIWF"/>
+    <s v="Waterford"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="TAA05"/>
+    <s v="Passengers"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="EICA"/>
+    <s v="Connemara"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+</pivotCacheRecords>
 </file>