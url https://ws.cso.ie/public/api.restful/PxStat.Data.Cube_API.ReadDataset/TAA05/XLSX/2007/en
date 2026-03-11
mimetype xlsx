--- v1 (2026-01-12)
+++ v2 (2026-03-11)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbdfe739cfaf4654" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c8616b68abae421ba2881b4f8ab98fda.psmdcp" Id="R738e20a55afb4c6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20e7e1667d8b4e23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6019ec390b5943f3a9022902de9c9517.psmdcp" Id="Rb111e5f88d5a4f2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>