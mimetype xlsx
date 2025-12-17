--- v0 (2025-10-21)
+++ v1 (2025-12-17)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32fc57c80ed4437d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/74a6e4df1569467d888a12b54affe955.psmdcp" Id="Rd612273bbf074faa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R799e6225eb7c40c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bfc72388e92843ac901c8140426da583.psmdcp" Id="Rfcca1882723d4987" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>SVS279</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Public perception of how common sexual violence is in Ireland (% of persons aged 18 years and over who did not experience sexual violence in their lifetime or sexual harassment in the last 12 months)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>10/11/2023 11:00:00 AM</x:t>
+    <x:t>11/10/2023 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Sexual violence in their lifetime is defined in this survey as a range of non-consensual experiences from non-contact experiences to non-consensual sexual intercourse. See Background Notes (https://www.cso.ie/en/releasesandpublications/ep/p-svsa/sexualviolencesurvey2022attitudestosexualviolence/backgroundnotes/)for further details. &lt;br&gt;Sexual harassment is defined by unwanted behaviours that a person may experienced in their daily life, which made the person feel offended, humiliated or intimidated. See Background Notes(https://www.cso.ie/en/releasesandpublications/ep/p-svsa/sexualviolencesurvey2022attitudestosexualviolence/backgroundnotes/) for further details. &lt;br&gt;Please note data may not add to 100% due to rounding issues.&lt;br&gt;Common combines the categories Very common and Fairly common.&lt;br&gt;Not Common combines the categories Not very common and Does not occur. &lt;br&gt;Not stated represents the proportion of respondents who did not answer the question. In this survey, respondents could move through the survey and not answer questions which they did not feel comfortable answering.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SVS279/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>SVS</x:t>
   </x:si>
   <x:si>
     <x:t>Sexual Violence Survey</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -403,203 +403,118 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...151 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H19" totalsRowShown="0">
   <x:autoFilter ref="A1:H19"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -868,51 +783,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SVS279/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1101,51 +1016,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="87.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -1627,51 +1542,51 @@
       <x:c r="E19" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H19" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -1688,51 +1603,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H19" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="6">
         <x:s v="SVS279C01"/>
         <x:s v="SVS279C02"/>
         <x:s v="SVS279C03"/>
         <x:s v="SVS279C04"/>
         <x:s v="SVS279C05"/>
         <x:s v="SVS279C06"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="6">
         <x:s v="In general, how common do you think sexual violence against women is in Ireland - Common"/>
         <x:s v="In general, how common do you think sexual violence against women is in Ireland - Not common"/>
         <x:s v="In general, how common do you think sexual violence against women is in Ireland - Not stated"/>
         <x:s v="In general, how common do you think sexual violence against men is in Ireland - Common"/>
         <x:s v="In general, how common do you think sexual violence against men is in Ireland - Not common"/>
         <x:s v="In general, how common do you think sexual violence against men is in Ireland - Not stated"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="1">
         <x:s v="2022"/>
@@ -1765,27 +1680,208 @@
     <x:cacheField name="VALUE">
       <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="0" maxValue="86" count="16">
         <x:n v="77"/>
         <x:n v="72"/>
         <x:n v="86"/>
         <x:n v="22"/>
         <x:n v="27"/>
         <x:n v="13"/>
         <x:n v="1"/>
         <x:n v="2"/>
         <x:n v="0"/>
         <x:n v="39"/>
         <x:n v="31"/>
         <x:n v="53"/>
         <x:n v="59"/>
         <x:n v="67"/>
         <x:n v="44"/>
         <x:n v="3"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
-</file>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="SVS279C01"/>
+    <s v="In general, how common do you think sexual violence against women is in Ireland - Common"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="SVS279C01"/>
+    <s v="In general, how common do you think sexual violence against women is in Ireland - Common"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="SVS279C01"/>
+    <s v="In general, how common do you think sexual violence against women is in Ireland - Common"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="SVS279C02"/>
+    <s v="In general, how common do you think sexual violence against women is in Ireland - Not common"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="SVS279C02"/>
+    <s v="In general, how common do you think sexual violence against women is in Ireland - Not common"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="SVS279C02"/>
+    <s v="In general, how common do you think sexual violence against women is in Ireland - Not common"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="SVS279C03"/>
+    <s v="In general, how common do you think sexual violence against women is in Ireland - Not stated"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SVS279C03"/>
+    <s v="In general, how common do you think sexual violence against women is in Ireland - Not stated"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="SVS279C03"/>
+    <s v="In general, how common do you think sexual violence against women is in Ireland - Not stated"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SVS279C04"/>
+    <s v="In general, how common do you think sexual violence against men is in Ireland - Common"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="SVS279C04"/>
+    <s v="In general, how common do you think sexual violence against men is in Ireland - Common"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="SVS279C04"/>
+    <s v="In general, how common do you think sexual violence against men is in Ireland - Common"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="SVS279C05"/>
+    <s v="In general, how common do you think sexual violence against men is in Ireland - Not common"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="SVS279C05"/>
+    <s v="In general, how common do you think sexual violence against men is in Ireland - Not common"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="SVS279C05"/>
+    <s v="In general, how common do you think sexual violence against men is in Ireland - Not common"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="SVS279C06"/>
+    <s v="In general, how common do you think sexual violence against men is in Ireland - Not stated"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="SVS279C06"/>
+    <s v="In general, how common do you think sexual violence against men is in Ireland - Not stated"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="SVS279C06"/>
+    <s v="In general, how common do you think sexual violence against men is in Ireland - Not stated"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+</pivotCacheRecords>
+</file>