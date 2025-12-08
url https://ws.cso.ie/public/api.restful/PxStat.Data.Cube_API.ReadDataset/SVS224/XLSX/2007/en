--- v0 (2025-10-13)
+++ v1 (2025-12-08)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf30dc1cede9e4a17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/11beb0bcce8e4471a5ef90e193215961.psmdcp" Id="R6e92300a464049fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R971d918f3d08489e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/85d0df3d505f4fb1ba13fb7deeccda8a.psmdcp" Id="R03505f6dbf0e466b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>SVS224</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Those who experienced sexual violence as a child and disclosed to others, but not the police, by the reasons for not disclosing to the police (% of persons aged 18 and older who experienced sexual violence as a child and disclosed but not to the police)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/31/2023 11:00:00 AM</x:t>
+    <x:t>31/07/2023 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t xml:space="preserve">Experience of sexual violence as a child refers to unwanted experiences experienced under the age of consent (17 years). See Background Notes(https://www.cso.ie/en/releasesandpublications/ep/psvsde/sexualviolencesurvey2022disclosureofexperiences/backgroundotes/) for further details.&lt;br&gt;Sexual violence as a child is defined as unwanted sexual experiences that occurred before the person was 17 years old. It ranges from non-contact (experiences not involving physical contact or attempted physical contact) to contact experiences (experiences involving physical contact or attempted physical contact). See Background Notes(https://www.cso.ie/en/releasesandpublications/ep/psvsde/sexualviolencesurvey2022disclosureofexperiences/backgroundotes/) for further details.&lt;br&gt;Disclosure is defined as the person told one person or many persons or an organisation/group about at least one experience of sexual violence experienced as a child. Children may have experienced sexual violence in one sexual violence episode or in many episodes. If there were multiple experiences, the respondent was asked to share details on the experience that affected them the most.&lt;br&gt;The </x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:i/>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>not stated</x:t>
@@ -508,275 +508,136 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...223 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V02508" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H78" totalsRowShown="0">
   <x:autoFilter ref="A1:H78"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02076V02508"/>
     <x:tableColumn id="6" name="Age Group"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1045,51 +906,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SVS224/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1278,51 +1139,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H78"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="57.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="16.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -3338,51 +3199,51 @@
       <x:c r="E78" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H78" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -3399,51 +3260,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H78" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="11">
         <x:s v="SVS224C01"/>
         <x:s v="SVS224C02"/>
         <x:s v="SVS224C03"/>
         <x:s v="SVS224C04"/>
         <x:s v="SVS224C05"/>
         <x:s v="SVS224C06"/>
         <x:s v="SVS224C07"/>
         <x:s v="SVS224C08"/>
         <x:s v="SVS224C09"/>
         <x:s v="SVS224C10"/>
         <x:s v="SVS224C11"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="11">
         <x:s v="Thought that the police would not have been able to help"/>
         <x:s v="Afraid of family's reaction"/>
         <x:s v="Felt ashamed or embarrassed"/>
         <x:s v="Thought that what happened wasn't serious enough"/>
         <x:s v="Blamed themself for what happened"/>
         <x:s v="Were under the influence of alcohol or drugs when it happened"/>
@@ -3515,27 +3376,798 @@
         <x:n v="32"/>
         <x:n v="36"/>
         <x:n v="12"/>
         <x:n v="8"/>
         <x:n v="5"/>
         <x:n v="13"/>
         <x:n v="2"/>
         <x:n v="0"/>
         <x:n v="1"/>
         <x:n v="23"/>
         <x:n v="21"/>
         <x:n v="7"/>
         <x:n v="4"/>
         <x:n v="9"/>
         <x:n v="30"/>
         <x:n v="24"/>
         <x:n v="22"/>
         <x:n v="6"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="SVS224C01"/>
+    <s v="Thought that the police would not have been able to help"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="SVS224C01"/>
+    <s v="Thought that the police would not have been able to help"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="SVS224C01"/>
+    <s v="Thought that the police would not have been able to help"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="415"/>
+    <s v="25- 34 years"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="SVS224C01"/>
+    <s v="Thought that the police would not have been able to help"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="SVS224C01"/>
+    <s v="Thought that the police would not have been able to help"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="SVS224C01"/>
+    <s v="Thought that the police would not have been able to help"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="SVS224C01"/>
+    <s v="Thought that the police would not have been able to help"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="SVS224C02"/>
+    <s v="Afraid of family's reaction"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="SVS224C02"/>
+    <s v="Afraid of family's reaction"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="SVS224C02"/>
+    <s v="Afraid of family's reaction"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="415"/>
+    <s v="25- 34 years"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="SVS224C02"/>
+    <s v="Afraid of family's reaction"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="SVS224C02"/>
+    <s v="Afraid of family's reaction"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="SVS224C02"/>
+    <s v="Afraid of family's reaction"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="SVS224C02"/>
+    <s v="Afraid of family's reaction"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="SVS224C03"/>
+    <s v="Felt ashamed or embarrassed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="SVS224C03"/>
+    <s v="Felt ashamed or embarrassed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="SVS224C03"/>
+    <s v="Felt ashamed or embarrassed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="415"/>
+    <s v="25- 34 years"/>
+    <s v="%"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="SVS224C03"/>
+    <s v="Felt ashamed or embarrassed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="SVS224C03"/>
+    <s v="Felt ashamed or embarrassed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="SVS224C03"/>
+    <s v="Felt ashamed or embarrassed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="SVS224C03"/>
+    <s v="Felt ashamed or embarrassed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="SVS224C04"/>
+    <s v="Thought that what happened wasn't serious enough"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="SVS224C04"/>
+    <s v="Thought that what happened wasn't serious enough"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="%"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="SVS224C04"/>
+    <s v="Thought that what happened wasn't serious enough"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="415"/>
+    <s v="25- 34 years"/>
+    <s v="%"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="SVS224C04"/>
+    <s v="Thought that what happened wasn't serious enough"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="%"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="SVS224C04"/>
+    <s v="Thought that what happened wasn't serious enough"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="%"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="SVS224C04"/>
+    <s v="Thought that what happened wasn't serious enough"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="%"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="SVS224C04"/>
+    <s v="Thought that what happened wasn't serious enough"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="SVS224C05"/>
+    <s v="Blamed themself for what happened"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="SVS224C05"/>
+    <s v="Blamed themself for what happened"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="SVS224C05"/>
+    <s v="Blamed themself for what happened"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="415"/>
+    <s v="25- 34 years"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="SVS224C05"/>
+    <s v="Blamed themself for what happened"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="SVS224C05"/>
+    <s v="Blamed themself for what happened"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="SVS224C05"/>
+    <s v="Blamed themself for what happened"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="SVS224C05"/>
+    <s v="Blamed themself for what happened"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="SVS224C06"/>
+    <s v="Were under the influence of alcohol or drugs when it happened"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="SVS224C06"/>
+    <s v="Were under the influence of alcohol or drugs when it happened"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="SVS224C06"/>
+    <s v="Were under the influence of alcohol or drugs when it happened"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="415"/>
+    <s v="25- 34 years"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="SVS224C06"/>
+    <s v="Were under the influence of alcohol or drugs when it happened"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="SVS224C06"/>
+    <s v="Were under the influence of alcohol or drugs when it happened"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SVS224C06"/>
+    <s v="Were under the influence of alcohol or drugs when it happened"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SVS224C06"/>
+    <s v="Were under the influence of alcohol or drugs when it happened"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SVS224C07"/>
+    <s v="Didn't think they would be believed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="SVS224C07"/>
+    <s v="Didn't think they would be believed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="SVS224C07"/>
+    <s v="Didn't think they would be believed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="415"/>
+    <s v="25- 34 years"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="SVS224C07"/>
+    <s v="Didn't think they would be believed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="SVS224C07"/>
+    <s v="Didn't think they would be believed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="SVS224C07"/>
+    <s v="Didn't think they would be believed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="SVS224C07"/>
+    <s v="Didn't think they would be believed"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="SVS224C08"/>
+    <s v="Didn’t want the perpetrator(s) to be punished"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="SVS224C08"/>
+    <s v="Didn’t want the perpetrator(s) to be punished"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="SVS224C08"/>
+    <s v="Didn’t want the perpetrator(s) to be punished"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="415"/>
+    <s v="25- 34 years"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="SVS224C08"/>
+    <s v="Didn’t want the perpetrator(s) to be punished"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="SVS224C08"/>
+    <s v="Didn’t want the perpetrator(s) to be punished"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="SVS224C08"/>
+    <s v="Didn’t want the perpetrator(s) to be punished"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="SVS224C08"/>
+    <s v="Didn’t want the perpetrator(s) to be punished"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="SVS224C09"/>
+    <s v="Didn't want to go to court"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="SVS224C09"/>
+    <s v="Didn't want to go to court"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="SVS224C09"/>
+    <s v="Didn't want to go to court"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="415"/>
+    <s v="25- 34 years"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="SVS224C09"/>
+    <s v="Didn't want to go to court"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="SVS224C09"/>
+    <s v="Didn't want to go to court"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="SVS224C09"/>
+    <s v="Didn't want to go to court"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="SVS224C09"/>
+    <s v="Didn't want to go to court"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SVS224C10"/>
+    <s v="Other"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="SVS224C10"/>
+    <s v="Other"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="SVS224C10"/>
+    <s v="Other"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="415"/>
+    <s v="25- 34 years"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="SVS224C10"/>
+    <s v="Other"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="SVS224C10"/>
+    <s v="Other"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="SVS224C10"/>
+    <s v="Other"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="SVS224C10"/>
+    <s v="Other"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="SVS224C11"/>
+    <s v="Not stated"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="SVS224C11"/>
+    <s v="Not stated"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SVS224C11"/>
+    <s v="Not stated"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="415"/>
+    <s v="25- 34 years"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="SVS224C11"/>
+    <s v="Not stated"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="SVS224C11"/>
+    <s v="Not stated"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="SVS224C11"/>
+    <s v="Not stated"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="SVS224C11"/>
+    <s v="Not stated"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+</pivotCacheRecords>
 </file>