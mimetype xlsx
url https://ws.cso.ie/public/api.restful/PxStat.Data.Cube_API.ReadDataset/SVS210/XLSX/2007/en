--- v0 (2025-10-14)
+++ v1 (2025-12-20)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1d179d0242f4044" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3a892110261b427eaa97b801084f0736.psmdcp" Id="R52bc13ec2c7240ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74ee7e4f92e64aff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c1ef33e568fb43bb9992632d3a5c432b.psmdcp" Id="R3690466e5ad0410d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>SVS210</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Those who experienced sexual violence as a child by whether they ever disclosed a childhood sexual violence experience (% of persons aged 18 years and over who experienced sexual violence as a child)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/31/2023 11:00:00 AM</x:t>
+    <x:t>31/07/2023 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Sexual violence as a child is defined as unwanted sexual experiences that occurred before the person was 17 years old. It ranges from non-contact (experiences not involving physical contact or attempted physical contact) to contact experiences (experiences involving physical contact or attempted physical contact). See Background Notes (https://www.cso.ie/en/releasesandpublications/ep/psvsde/sexualviolencesurvey2022disclosureofexperiences/backgroundotes/)for further details. &lt;br&gt;Experience of sexual violence as a child refers to unwanted experiences experienced under the age of consent (17 years). See Background Notes(https://www.cso.ie/en/releasesandpublications/ep/psvsde/sexualviolencesurvey2022disclosureofexperiences/backgroundotes/) for further details. &lt;br&gt;Disclosure is defined as the person told one person or many persons or an organisation/group about at least one experience of sexual violence experienced as a child. Children may have experienced sexual violence in one sexual violence episode or in many episodes. If there were multiple experiences, the respondent was asked to share details on the experience that affected them the most.”&lt;br&gt;Please note data may not add to 100% due to rounding issues. &lt;br&gt;The not stated category represents the proportion of respondents who did not answer the question. In this survey, respondents could move through the survey and not answer questions when they did not feel comfortable answering the question.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SVS210/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>SVS</x:t>
   </x:si>
   <x:si>
     <x:t>Sexual Violence Survey</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -385,179 +385,112 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...127 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H10" totalsRowShown="0">
   <x:autoFilter ref="A1:H10"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -826,51 +759,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SVS210/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1059,51 +992,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H10"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="49.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -1351,51 +1284,51 @@
       <x:c r="E10" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G10" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H10" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -1412,51 +1345,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H10" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="3">
         <x:s v="SVS210C01"/>
         <x:s v="SVS210C02"/>
         <x:s v="SVS210C03"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="3">
         <x:s v="Disclosed an experience of sexual violence - Yes"/>
         <x:s v="Disclosed an experience of sexual violence - No"/>
         <x:s v="Disclosed an experience of sexual violence - Not Stated"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="1">
         <x:s v="2022"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
       <x:sharedItems count="1">
         <x:s v="2022"/>
       </x:sharedItems>
@@ -1476,27 +1409,118 @@
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="%"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
       <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="5" maxValue="68" count="9">
         <x:n v="39"/>
         <x:n v="25"/>
         <x:n v="47"/>
         <x:n v="55"/>
         <x:n v="68"/>
         <x:n v="48"/>
         <x:n v="6"/>
         <x:n v="7"/>
         <x:n v="5"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
-</file>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="SVS210C01"/>
+    <s v="Disclosed an experience of sexual violence - Yes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="SVS210C01"/>
+    <s v="Disclosed an experience of sexual violence - Yes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="SVS210C01"/>
+    <s v="Disclosed an experience of sexual violence - Yes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="SVS210C02"/>
+    <s v="Disclosed an experience of sexual violence - No"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="SVS210C02"/>
+    <s v="Disclosed an experience of sexual violence - No"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="SVS210C02"/>
+    <s v="Disclosed an experience of sexual violence - No"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="SVS210C03"/>
+    <s v="Disclosed an experience of sexual violence - Not Stated"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="SVS210C03"/>
+    <s v="Disclosed an experience of sexual violence - Not Stated"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="SVS210C03"/>
+    <s v="Disclosed an experience of sexual violence - Not Stated"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+</pivotCacheRecords>
+</file>