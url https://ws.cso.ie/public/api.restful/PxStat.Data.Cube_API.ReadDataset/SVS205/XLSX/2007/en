--- v0 (2025-10-20)
+++ v1 (2026-02-02)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71d9c858317449fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4777f63f56424afc895bb31f5e2f65a1.psmdcp" Id="R06a9a634adfa446e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cbd0e75294b49ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6b878f8e68834f868e2fa3d84dae1ed8.psmdcp" Id="R83fc1189d83449f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>SVS205</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Those who experienced sexual violence as an adult by whether they used a service following their experience (% of persons aged 18 and older who experienced sexual violence as an adult)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/31/2023 11:00:00 AM</x:t>
+    <x:t>31/07/2023 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Experience of sexual violence as an adult refers to those experienced over the age of consent (17 years and over). See Background Notes(https://www.cso.ie/en/releasesandpublications/ep/psvsde/sexualviolencesurvey2022disclosureofexperiences/backgroundotes/) for further details. &lt;br&gt;Sexual violence as an adult is defined in this survey as a range of non-consensual experiences from non-consensual sexual touching to non-consensual sexual intercourse. SeeBackground Notes(https://www.cso.ie/en/releasesandpublications/ep/psvsde/sexualviolencesurvey2022disclosureofexperiences/backgroundotes/) for further details. Please note respondents could select more than one type of service. &lt;br&gt;Medical service refers to any medical service, for example, doctor, nurse, sexual assault treatment unit. Social service refers to any social work services. &lt;br&gt;Support service refers to any counselling/psychological support services. &lt;br&gt;Not stated represents the proportion of respondents who did not answer the question. In this survey, respondents could move through the survey and not answer questions when they did not feel comfortable answering the question.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SVS205/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>SVS</x:t>
   </x:si>
   <x:si>
     <x:t>Sexual Violence Survey</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -403,203 +403,118 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...151 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H19" totalsRowShown="0">
   <x:autoFilter ref="A1:H19"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -868,51 +783,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SVS205/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1101,51 +1016,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="19.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -1627,51 +1542,51 @@
       <x:c r="E19" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H19" s="0">
         <x:v>79</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -1688,51 +1603,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H19" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="6">
         <x:s v="SVS205C01"/>
         <x:s v="SVS205C02"/>
         <x:s v="SVS205C03"/>
         <x:s v="SVS205C04"/>
         <x:s v="SVS205C05"/>
         <x:s v="SVS205C06"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="6">
         <x:s v="Medical service"/>
         <x:s v="Social service"/>
         <x:s v="Support service"/>
         <x:s v="Other service used"/>
         <x:s v="Not stated"/>
         <x:s v="Did not use a service"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="1">
         <x:s v="2022"/>
@@ -1760,27 +1675,208 @@
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="%"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
       <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="0" maxValue="80" count="11">
         <x:n v="3"/>
         <x:n v="2"/>
         <x:n v="1"/>
         <x:n v="7"/>
         <x:n v="5"/>
         <x:n v="8"/>
         <x:n v="0"/>
         <x:n v="10"/>
         <x:n v="12"/>
         <x:n v="79"/>
         <x:n v="80"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
-</file>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="SVS205C01"/>
+    <s v="Medical service"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="SVS205C01"/>
+    <s v="Medical service"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="SVS205C01"/>
+    <s v="Medical service"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="SVS205C02"/>
+    <s v="Social service"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SVS205C02"/>
+    <s v="Social service"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SVS205C02"/>
+    <s v="Social service"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SVS205C03"/>
+    <s v="Support service"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="SVS205C03"/>
+    <s v="Support service"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="SVS205C03"/>
+    <s v="Support service"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="SVS205C04"/>
+    <s v="Other service used"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SVS205C04"/>
+    <s v="Other service used"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SVS205C04"/>
+    <s v="Other service used"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SVS205C05"/>
+    <s v="Not stated"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="SVS205C05"/>
+    <s v="Not stated"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="SVS205C05"/>
+    <s v="Not stated"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="SVS205C06"/>
+    <s v="Did not use a service"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="SVS205C06"/>
+    <s v="Did not use a service"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="SVS205C06"/>
+    <s v="Did not use a service"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="79"/>
+  </r>
+</pivotCacheRecords>
+</file>