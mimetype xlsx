--- v0 (2025-11-17)
+++ v1 (2026-02-02)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50370bb599194401" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ded96f97db56428f8211b6fca120c5a0.psmdcp" Id="R292b654378e54090" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0260b6429344f20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/100a725660724e55a7d4211f2f22c4d1.psmdcp" Id="R0eff9722bda84b45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>SVS202</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Those who experienced sexual violence as an adult and disclosed to others by whether they disclosed to the police (% of persons aged 18 and older who experienced sexual violence as an adult)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/31/2023 11:00:00 AM</x:t>
+    <x:t>31/07/2023 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Experience of sexual violence as an adult refers to those experienced over the age of consent (17 years and over). See Background Notes(https://www.cso.ie/en/releasesandpublications/ep/psvsde/sexualviolencesurvey2022disclosureofexperiences/backgroundotes/) for further details. &lt;br&gt;Sexual violence as an adult is defined in this survey as a range of non-consensual experiences from non-consensual sexual touching to non-consensual sexual intercourse. See Background Notes(https://www.cso.ie/en/releasesandpublications/ep/psvsde/sexualviolencesurvey2022disclosureofexperiences/backgroundotes/) for further details. Disclosure is defined as the person told one person or many persons or an organisation/group about at least one experience of sexual violence experienced as an adult. Adults may have experienced sexual violence in one sexual violence episode or in many episodes, with a partner and/or non-partner. If there were multiple experiences, the person was asked to share details on the experience that affected them the most.&lt;br&gt;Disclosed to the Police refers to the Gardaí or other relevant policing authority as the experience may have occurred in a different policing jurisdiction than Ireland.&lt;br&gt;Not stated represents the proportion of respondents who did not answer the question. In this survey, respondents could move through the survey and not answer questions when they did not feel comfortable answering the question.&lt;br&gt;Please note data may not add to 100% due to rounding issues.&lt;br&gt;The age group category classifies the age the respondent was when they answered the survey.&lt;br&gt;.. Sample occurrence too small for estimation.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SVS202/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>SVS</x:t>
   </x:si>
   <x:si>
     <x:t>Sexual Violence Survey</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -216,50 +216,53 @@
     <x:t>25- 34 years</x:t>
   </x:si>
   <x:si>
     <x:t>465</x:t>
   </x:si>
   <x:si>
     <x:t>35 - 44 years</x:t>
   </x:si>
   <x:si>
     <x:t>500</x:t>
   </x:si>
   <x:si>
     <x:t>45 - 54 years</x:t>
   </x:si>
   <x:si>
     <x:t>535</x:t>
   </x:si>
   <x:si>
     <x:t>55 - 64 years</x:t>
   </x:si>
   <x:si>
     <x:t>575</x:t>
   </x:si>
   <x:si>
     <x:t>65 years and over</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>SVS202C02</x:t>
   </x:si>
   <x:si>
     <x:t>Disclosed to the police - No</x:t>
   </x:si>
   <x:si>
     <x:t>SVS202C03</x:t>
   </x:si>
   <x:si>
     <x:t>Disclosed to the police - Not Stated</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
@@ -409,211 +412,120 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...159 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V02508" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H22" totalsRowShown="0">
   <x:autoFilter ref="A1:H22"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02076V02508"/>
     <x:tableColumn id="6" name="Age Group"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -882,51 +794,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SVS202/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1115,51 +1027,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="31.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="16.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -1339,422 +1251,431 @@
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G8" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H8" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H9" s="0">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G10" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H10" s="0">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H11" s="0">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H12" s="0">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H13" s="0">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G14" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H14" s="0">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H15" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G16" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H16" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H17" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H18" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H19" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H20" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H21" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H22" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -1771,51 +1692,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H22" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="3">
         <x:s v="SVS202C01"/>
         <x:s v="SVS202C02"/>
         <x:s v="SVS202C03"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="3">
         <x:s v="Disclosed to the police - Yes"/>
         <x:s v="Disclosed to the police - No"/>
         <x:s v="Disclosed to the police - Not Stated"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="1">
         <x:s v="2022"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
       <x:sharedItems count="1">
         <x:s v="2022"/>
       </x:sharedItems>
@@ -1847,27 +1768,238 @@
         <x:s v="%"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
       <x:sharedItems containsMixedTypes="1" containsNumber="1" containsInteger="1" minValue="0" maxValue="96" count="13">
         <x:n v="5"/>
         <x:n v="2"/>
         <x:n v="4"/>
         <x:n v="11"/>
         <x:s v=""/>
         <x:n v="93"/>
         <x:n v="94"/>
         <x:n v="96"/>
         <x:n v="92"/>
         <x:n v="87"/>
         <x:n v="1"/>
         <x:n v="0"/>
         <x:n v="3"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
-</file>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="SVS202C01"/>
+    <s v="Disclosed to the police - Yes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="SVS202C01"/>
+    <s v="Disclosed to the police - Yes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="SVS202C01"/>
+    <s v="Disclosed to the police - Yes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="415"/>
+    <s v="25- 34 years"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="SVS202C01"/>
+    <s v="Disclosed to the police - Yes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="SVS202C01"/>
+    <s v="Disclosed to the police - Yes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="SVS202C01"/>
+    <s v="Disclosed to the police - Yes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="SVS202C01"/>
+    <s v="Disclosed to the police - Yes"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SVS202C02"/>
+    <s v="Disclosed to the police - No"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="SVS202C02"/>
+    <s v="Disclosed to the police - No"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="%"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="SVS202C02"/>
+    <s v="Disclosed to the police - No"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="415"/>
+    <s v="25- 34 years"/>
+    <s v="%"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="SVS202C02"/>
+    <s v="Disclosed to the police - No"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="%"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="SVS202C02"/>
+    <s v="Disclosed to the police - No"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="%"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="SVS202C02"/>
+    <s v="Disclosed to the police - No"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="%"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="SVS202C02"/>
+    <s v="Disclosed to the police - No"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SVS202C03"/>
+    <s v="Disclosed to the police - Not Stated"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="SVS202C03"/>
+    <s v="Disclosed to the police - Not Stated"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="350"/>
+    <s v="18 - 24 years"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SVS202C03"/>
+    <s v="Disclosed to the police - Not Stated"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="415"/>
+    <s v="25- 34 years"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="SVS202C03"/>
+    <s v="Disclosed to the police - Not Stated"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="465"/>
+    <s v="35 - 44 years"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SVS202C03"/>
+    <s v="Disclosed to the police - Not Stated"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="500"/>
+    <s v="45 - 54 years"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="SVS202C03"/>
+    <s v="Disclosed to the police - Not Stated"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="535"/>
+    <s v="55 - 64 years"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="SVS202C03"/>
+    <s v="Disclosed to the police - Not Stated"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+</pivotCacheRecords>
+</file>