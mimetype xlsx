--- v0 (2025-10-14)
+++ v1 (2025-12-15)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31a2ac2b551f4278" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9095e4bf4836499386e6bb6c70d2e337.psmdcp" Id="Rda36eea830c64a8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b4d262b736f48a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ab14045e515f47f1a262dbf7147ee3cc.psmdcp" Id="Rfe2d412971c74a6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>SVS100</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Adult experience of sexual violence with a non-partner by age of respondent when experience first occurred (% of persons aged 18 years and over who experienced sexual violence as an adult with a non-partner)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/18/2023 11:00:00 AM</x:t>
+    <x:t>18/05/2023 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Experience of sexual violence as an adult refers to those experienced over the age of consent (17 years and over). See Background Notes(https://www.cso.ie/en/releasesandpublications/ep/p-svsmr/sexualviolencesurvey2022mainresults/backgroundnotes/) for further details. &lt;br&gt;Sexual violence as an adult is defined in this survey as a range of non-consensual experiences from non-consensual sexual touching to non-consensual sexual intercourse. SeeBackground Notes(https://www.cso.ie/en/releasesandpublications/ep/p-svsmr/sexualviolencesurvey2022mainresults/backgroundnotes/) for further details. Adults may have experienced sexual violence in one sexual violence episode or in many episodes. If there were multiple experiences, the adult was asked to share details on the experience that affected the adult the most. &lt;br&gt;Please note data may not add to 100% due to rounding issues. &lt;br&gt;The not stated category represents the proportion of respondents who did not answer the question. In this survey, respondents could move through the survey and not answer questions which they did not feel comfortable answering the question.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SVS100/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>SVS</x:t>
   </x:si>
   <x:si>
     <x:t>Sexual Violence Survey</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -415,219 +415,122 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...167 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H25" totalsRowShown="0">
   <x:autoFilter ref="A1:H25"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -896,51 +799,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SVS100/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1129,51 +1032,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H25"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="89.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -1811,51 +1714,51 @@
       <x:c r="E25" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H25" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -1872,51 +1775,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H25" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="8">
         <x:s v="SVS100C01"/>
         <x:s v="SVS100C02"/>
         <x:s v="SVS100C03"/>
         <x:s v="SVS100C04"/>
         <x:s v="SVS100C05"/>
         <x:s v="SVS100C06"/>
         <x:s v="SVS100C07"/>
         <x:s v="SVS100C08"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="8">
         <x:s v="Age when adult experience of sexual violence with a non-partner first occurred - 0-17 years"/>
         <x:s v="Age when adult experience of sexual violence with a non-partner first occurred - 18-24 years"/>
         <x:s v="Age when adult experience of sexual violence with a non-partner first occurred - 25-34 years"/>
         <x:s v="Age when adult experience of sexual violence with a non-partner first occurred - 35-44 years"/>
         <x:s v="Age when adult experience of sexual violence with a non-partner first occurred - 45-54 years"/>
         <x:s v="Age when adult experience of sexual violence with a non-partner first occurred - 55-64 years"/>
         <x:s v="Age when adult experience of sexual violence with a non-partner first occurred - Not stated"/>
         <x:s v="All persons aged 18 years and over who experienced sexual violence as an adult with a non-partner"/>
       </x:sharedItems>
@@ -1953,27 +1856,268 @@
     <x:cacheField name="VALUE">
       <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="0" maxValue="100" count="16">
         <x:n v="11"/>
         <x:n v="9"/>
         <x:n v="55"/>
         <x:n v="49"/>
         <x:n v="57"/>
         <x:n v="17"/>
         <x:n v="18"/>
         <x:n v="16"/>
         <x:n v="3"/>
         <x:n v="7"/>
         <x:n v="2"/>
         <x:n v="1"/>
         <x:n v="0"/>
         <x:n v="12"/>
         <x:n v="13"/>
         <x:n v="100"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="SVS100C01"/>
+    <s v="Age when adult experience of sexual violence with a non-partner first occurred - 0-17 years"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="SVS100C01"/>
+    <s v="Age when adult experience of sexual violence with a non-partner first occurred - 0-17 years"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="SVS100C01"/>
+    <s v="Age when adult experience of sexual violence with a non-partner first occurred - 0-17 years"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="SVS100C02"/>
+    <s v="Age when adult experience of sexual violence with a non-partner first occurred - 18-24 years"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="SVS100C02"/>
+    <s v="Age when adult experience of sexual violence with a non-partner first occurred - 18-24 years"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="SVS100C02"/>
+    <s v="Age when adult experience of sexual violence with a non-partner first occurred - 18-24 years"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="SVS100C03"/>
+    <s v="Age when adult experience of sexual violence with a non-partner first occurred - 25-34 years"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="SVS100C03"/>
+    <s v="Age when adult experience of sexual violence with a non-partner first occurred - 25-34 years"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="SVS100C03"/>
+    <s v="Age when adult experience of sexual violence with a non-partner first occurred - 25-34 years"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="SVS100C04"/>
+    <s v="Age when adult experience of sexual violence with a non-partner first occurred - 35-44 years"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="SVS100C04"/>
+    <s v="Age when adult experience of sexual violence with a non-partner first occurred - 35-44 years"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="SVS100C04"/>
+    <s v="Age when adult experience of sexual violence with a non-partner first occurred - 35-44 years"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="SVS100C05"/>
+    <s v="Age when adult experience of sexual violence with a non-partner first occurred - 45-54 years"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="SVS100C05"/>
+    <s v="Age when adult experience of sexual violence with a non-partner first occurred - 45-54 years"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="SVS100C05"/>
+    <s v="Age when adult experience of sexual violence with a non-partner first occurred - 45-54 years"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SVS100C06"/>
+    <s v="Age when adult experience of sexual violence with a non-partner first occurred - 55-64 years"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SVS100C06"/>
+    <s v="Age when adult experience of sexual violence with a non-partner first occurred - 55-64 years"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="SVS100C06"/>
+    <s v="Age when adult experience of sexual violence with a non-partner first occurred - 55-64 years"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SVS100C07"/>
+    <s v="Age when adult experience of sexual violence with a non-partner first occurred - Not stated"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="SVS100C07"/>
+    <s v="Age when adult experience of sexual violence with a non-partner first occurred - Not stated"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="SVS100C07"/>
+    <s v="Age when adult experience of sexual violence with a non-partner first occurred - Not stated"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="SVS100C08"/>
+    <s v="All persons aged 18 years and over who experienced sexual violence as an adult with a non-partner"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SVS100C08"/>
+    <s v="All persons aged 18 years and over who experienced sexual violence as an adult with a non-partner"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SVS100C08"/>
+    <s v="All persons aged 18 years and over who experienced sexual violence as an adult with a non-partner"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+</pivotCacheRecords>
 </file>