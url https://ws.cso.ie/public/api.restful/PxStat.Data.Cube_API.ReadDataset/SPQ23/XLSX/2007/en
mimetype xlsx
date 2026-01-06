--- v0 (2025-11-05)
+++ v1 (2026-01-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddb11a49fcf04d80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6b467ec3fb374d43beadb6af10db8dd2.psmdcp" Id="R519478993e6d45f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b3388acd1ac4c40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3618d0ffd66c4a889c2b90a746b0ed74.psmdcp" Id="R63c837976cbf4525" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>SPQ23</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Persons aged 15 years and over who participate in sport and/or physical activity</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/27/2020 11:00:00 AM</x:t>
+    <x:t>27/07/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SPQ23/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>SPQ</x:t>
   </x:si>
   <x:si>
     <x:t>QNHS Sports and Physical Exercise</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Martina O Callaghan</x:t>
   </x:si>
@@ -276,50 +276,53 @@
     <x:t>Rugby</x:t>
   </x:si>
   <x:si>
     <x:t>13</x:t>
   </x:si>
   <x:si>
     <x:t>Other</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
     <x:t>Unemployed</x:t>
   </x:si>
   <x:si>
     <x:t>3</x:t>
   </x:si>
   <x:si>
     <x:t>Student</x:t>
   </x:si>
   <x:si>
     <x:t>4</x:t>
   </x:si>
   <x:si>
     <x:t>Engaged on home duties</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>5</x:t>
   </x:si>
   <x:si>
     <x:t>Retired from employment</x:t>
   </x:si>
   <x:si>
     <x:t>7</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -466,307 +469,150 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...255 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02028V02456" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Principal Economic Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03188V03852" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Sport" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J79" totalsRowShown="0">
   <x:autoFilter ref="A1:J79"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02028V02456"/>
     <x:tableColumn id="4" name="Principal Economic Status"/>
     <x:tableColumn id="5" name="C03188V03852"/>
     <x:tableColumn id="6" name="Type of Sport"/>
     <x:tableColumn id="7" name="TLIST(Q1)"/>
     <x:tableColumn id="8" name="Quarter"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1037,51 +883,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SPQ23/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1268,51 +1114,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J79"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="72.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="26.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="19.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -2758,50 +2604,53 @@
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H46" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I46" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J46" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
     </x:row>
     <x:row r="47" spans="1:10">
       <x:c r="A47" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>53</x:v>
@@ -2991,872 +2840,887 @@
       </x:c>
       <x:c r="F53" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I53" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J53" s="0">
         <x:v>10.2</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:10">
       <x:c r="A54" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H54" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I54" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J54" s="0">
         <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:10">
       <x:c r="A55" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I55" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J55" s="0">
         <x:v>16.6</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:10">
       <x:c r="A56" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H56" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I56" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J56" s="0">
         <x:v>13.7</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:10">
       <x:c r="A57" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I57" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J57" s="0">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:10">
       <x:c r="A58" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H58" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I58" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J58" s="0">
         <x:v>33.5</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:10">
       <x:c r="A59" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I59" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J59" s="0">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:10">
       <x:c r="A60" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H60" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I60" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J60" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
     </x:row>
     <x:row r="61" spans="1:10">
       <x:c r="A61" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I61" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J61" s="0">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:10">
       <x:c r="A62" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H62" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I62" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J62" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:10">
       <x:c r="A63" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I63" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J63" s="0">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:10">
       <x:c r="A64" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H64" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I64" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J64" s="0">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:10">
       <x:c r="A65" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I65" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J65" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
     </x:row>
     <x:row r="66" spans="1:10">
       <x:c r="A66" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H66" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I66" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J66" s="0">
         <x:v>15.5</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:10">
       <x:c r="A67" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I67" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J67" s="0">
         <x:v>18.6</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:10">
       <x:c r="A68" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H68" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I68" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J68" s="0">
         <x:v>22.5</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:10">
       <x:c r="A69" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I69" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J69" s="0">
         <x:v>23.6</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:10">
       <x:c r="A70" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H70" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I70" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J70" s="0">
         <x:v>4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:10">
       <x:c r="A71" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I71" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J71" s="0">
         <x:v>6.7</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:10">
       <x:c r="A72" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H72" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I72" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J72" s="0">
         <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:10">
       <x:c r="A73" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I73" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J73" s="0">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:10">
       <x:c r="A74" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H74" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I74" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J74" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
     </x:row>
     <x:row r="75" spans="1:10">
       <x:c r="A75" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I75" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J75" s="0">
         <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:10">
       <x:c r="A76" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H76" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I76" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J76" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
     </x:row>
     <x:row r="77" spans="1:10">
       <x:c r="A77" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I77" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J77" s="0">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:10">
       <x:c r="A78" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H78" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I78" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J78" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
     </x:row>
     <x:row r="79" spans="1:10">
       <x:c r="A79" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I79" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J79" s="0">
         <x:v>12.7</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -3873,51 +3737,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J79" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="SPQ23"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02028V02456">
       <x:sharedItems count="6">
         <x:s v="1"/>
         <x:s v="2"/>
         <x:s v="3"/>
         <x:s v="4"/>
         <x:s v="5"/>
         <x:s v="7"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Principal Economic Status">
       <x:sharedItems count="6">
         <x:s v="At work"/>
@@ -4025,27 +3889,964 @@
         <x:n v="0.1"/>
         <x:n v="10.2"/>
         <x:n v="10.1"/>
         <x:n v="16.6"/>
         <x:n v="13.7"/>
         <x:n v="2.1"/>
         <x:n v="33.5"/>
         <x:n v="2.7"/>
         <x:n v="4"/>
         <x:n v="15.5"/>
         <x:n v="18.6"/>
         <x:n v="22.5"/>
         <x:n v="23.6"/>
         <x:n v="4.2"/>
         <x:n v="6.7"/>
         <x:n v="4.4"/>
         <x:n v="1.4"/>
         <x:n v="4.3"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="01"/>
+    <s v="Aerobics keep fit gym"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="02"/>
+    <s v="Swimming"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="03"/>
+    <s v="Cycling"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="04"/>
+    <s v="Athletics"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="05"/>
+    <s v="Golf"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="06"/>
+    <s v="Soccer"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="07"/>
+    <s v="Gaelic football"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="08"/>
+    <s v="Yoga/pilates"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="09"/>
+    <s v="Dance"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="10"/>
+    <s v="Hurling &amp; camogie"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="11"/>
+    <s v="Tennis"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="12"/>
+    <s v="Rugby"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="13"/>
+    <s v="Other"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="01"/>
+    <s v="Aerobics keep fit gym"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="02"/>
+    <s v="Swimming"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="03"/>
+    <s v="Cycling"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="04"/>
+    <s v="Athletics"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="05"/>
+    <s v="Golf"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="06"/>
+    <s v="Soccer"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="07"/>
+    <s v="Gaelic football"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="08"/>
+    <s v="Yoga/pilates"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="09"/>
+    <s v="Dance"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="10"/>
+    <s v="Hurling &amp; camogie"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="11"/>
+    <s v="Tennis"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="12"/>
+    <s v="Rugby"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="13"/>
+    <s v="Other"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="01"/>
+    <s v="Aerobics keep fit gym"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="02"/>
+    <s v="Swimming"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="03"/>
+    <s v="Cycling"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="04"/>
+    <s v="Athletics"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="05"/>
+    <s v="Golf"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="06"/>
+    <s v="Soccer"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="07"/>
+    <s v="Gaelic football"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="08"/>
+    <s v="Yoga/pilates"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="09"/>
+    <s v="Dance"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="10"/>
+    <s v="Hurling &amp; camogie"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="11"/>
+    <s v="Tennis"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="12"/>
+    <s v="Rugby"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="13"/>
+    <s v="Other"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="01"/>
+    <s v="Aerobics keep fit gym"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="23.9"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="02"/>
+    <s v="Swimming"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="26.5"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="03"/>
+    <s v="Cycling"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="04"/>
+    <s v="Athletics"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="05"/>
+    <s v="Golf"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="06"/>
+    <s v="Soccer"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="07"/>
+    <s v="Gaelic football"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="08"/>
+    <s v="Yoga/pilates"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="09"/>
+    <s v="Dance"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="10"/>
+    <s v="Hurling &amp; camogie"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="11"/>
+    <s v="Tennis"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="12"/>
+    <s v="Rugby"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="13"/>
+    <s v="Other"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="01"/>
+    <s v="Aerobics keep fit gym"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="02"/>
+    <s v="Swimming"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="03"/>
+    <s v="Cycling"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="04"/>
+    <s v="Athletics"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="05"/>
+    <s v="Golf"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="33.5"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="06"/>
+    <s v="Soccer"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="07"/>
+    <s v="Gaelic football"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="08"/>
+    <s v="Yoga/pilates"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="09"/>
+    <s v="Dance"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="10"/>
+    <s v="Hurling &amp; camogie"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="11"/>
+    <s v="Tennis"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="12"/>
+    <s v="Rugby"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="13"/>
+    <s v="Other"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="01"/>
+    <s v="Aerobics keep fit gym"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="18.6"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="02"/>
+    <s v="Swimming"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="22.5"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="03"/>
+    <s v="Cycling"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="23.6"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="04"/>
+    <s v="Athletics"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="05"/>
+    <s v="Golf"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="06"/>
+    <s v="Soccer"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="07"/>
+    <s v="Gaelic football"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="08"/>
+    <s v="Yoga/pilates"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="09"/>
+    <s v="Dance"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="10"/>
+    <s v="Hurling &amp; camogie"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="11"/>
+    <s v="Tennis"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="12"/>
+    <s v="Rugby"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SPQ23"/>
+    <s v="Persons aged 15 years and over who participate in sport and/or physical activity"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="13"/>
+    <s v="Other"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="%"/>
+    <n v="12.7"/>
+  </r>
+</pivotCacheRecords>
 </file>