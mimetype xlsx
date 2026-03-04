--- v1 (2026-01-06)
+++ v2 (2026-03-04)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b3388acd1ac4c40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3618d0ffd66c4a889c2b90a746b0ed74.psmdcp" Id="R63c837976cbf4525" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c55e6d7004f4162" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f8b238a7db354121a9a66f87e418e2fb.psmdcp" Id="R81410cb080654339" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>