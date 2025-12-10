--- v0 (2025-10-07)
+++ v1 (2025-12-10)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e6178e349d04c69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fa39626dad324ce09e9aeb904f6fd8b9.psmdcp" Id="Rba59260a40a5412a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabc72671523346cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0ecf283953594ef08f83b12d36fac6a5.psmdcp" Id="R2a4d4dedcd294df2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>SPP08</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Services Producer Price Index</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>9/15/2025 11:00:00 AM</x:t>
+    <x:t>15/09/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SPP08/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>SPPI</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Diarmuid Martin</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
@@ -352,50 +352,53 @@
   </x:si>
   <x:si>
     <x:t>2024Q4</x:t>
   </x:si>
   <x:si>
     <x:t>20251</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q1</x:t>
   </x:si>
   <x:si>
     <x:t>20252</x:t>
   </x:si>
   <x:si>
     <x:t>2025Q2</x:t>
   </x:si>
   <x:si>
     <x:t>SPP08C02</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly percentage change</x:t>
   </x:si>
   <x:si>
     <x:t>%</x:t>
   </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -532,379 +535,162 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...327 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03452V05075" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Industry Sector NACE Rev 2" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H433" totalsRowShown="0">
   <x:autoFilter ref="A1:H433"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="C03452V05075"/>
     <x:tableColumn id="6" name="Industry Sector NACE Rev 2"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1173,51 +959,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SPP08/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1404,51 +1190,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H433"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="26.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="66.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="13.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>38</x:v>
@@ -7088,302 +6874,338 @@
         <x:v>145.2</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8">
       <x:c r="A218" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
+      <x:c r="H218" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
     </x:row>
     <x:row r="219" spans="1:8">
       <x:c r="A219" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
+      <x:c r="H219" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
     </x:row>
     <x:row r="220" spans="1:8">
       <x:c r="A220" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
+      <x:c r="H220" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
     </x:row>
     <x:row r="221" spans="1:8">
       <x:c r="A221" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
+      <x:c r="H221" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
     </x:row>
     <x:row r="222" spans="1:8">
       <x:c r="A222" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
+      <x:c r="H222" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
     </x:row>
     <x:row r="223" spans="1:8">
       <x:c r="A223" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
+      <x:c r="H223" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
     </x:row>
     <x:row r="224" spans="1:8">
       <x:c r="A224" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
+      <x:c r="H224" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
     </x:row>
     <x:row r="225" spans="1:8">
       <x:c r="A225" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
+      <x:c r="H225" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
     </x:row>
     <x:row r="226" spans="1:8">
       <x:c r="A226" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
+      <x:c r="H226" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
     </x:row>
     <x:row r="227" spans="1:8">
       <x:c r="A227" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
+      <x:c r="H227" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
     </x:row>
     <x:row r="228" spans="1:8">
       <x:c r="A228" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
+      <x:c r="H228" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
     </x:row>
     <x:row r="229" spans="1:8">
       <x:c r="A229" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>109</x:v>
+      </x:c>
+      <x:c r="H229" s="0" t="s">
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:8">
       <x:c r="A230" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H230" s="0">
@@ -12658,51 +12480,51 @@
       <x:c r="E433" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F433" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H433" s="0">
         <x:v>15.3</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12719,51 +12541,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H433" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="SPP08C01"/>
         <x:s v="SPP08C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Services Producer Price Index"/>
         <x:s v="Quarterly percentage change"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
       <x:sharedItems count="18">
         <x:s v="20211"/>
         <x:s v="20212"/>
         <x:s v="20213"/>
         <x:s v="20214"/>
         <x:s v="20221"/>
         <x:s v="20222"/>
         <x:s v="20223"/>
         <x:s v="20224"/>
         <x:s v="20231"/>
@@ -13088,27 +12910,4348 @@
         <x:n v="2"/>
         <x:n v="-2.1"/>
         <x:n v="1.4"/>
         <x:n v="-2.9"/>
         <x:n v="10"/>
         <x:n v="3.2"/>
         <x:n v="-10.4"/>
         <x:n v="-4.9"/>
         <x:n v="6"/>
         <x:n v="-11.2"/>
         <x:n v="-5.8"/>
         <x:n v="-4.7"/>
         <x:n v="5.3"/>
         <x:n v="-12.3"/>
         <x:n v="4.2"/>
         <x:n v="14.7"/>
         <x:n v="-1"/>
         <x:n v="15.3"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="100"/>
+    <s v="Transport"/>
+    <s v="Base 2021=100"/>
+    <n v="87.6"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="110"/>
+    <s v="Warehousing &amp; Transportation Support"/>
+    <s v="Base 2021=100"/>
+    <n v="97.1"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="120"/>
+    <s v="Postal &amp; Courier"/>
+    <s v="Base 2021=100"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="130"/>
+    <s v="Hospitality"/>
+    <s v="Base 2021=100"/>
+    <n v="95.8"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="140"/>
+    <s v="Information &amp; Communication"/>
+    <s v="Base 2021=100"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="150"/>
+    <s v="Legal, Accounting, Public Relations &amp; Business Management Consultancy"/>
+    <s v="Base 2021=100"/>
+    <n v="98.4"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="160"/>
+    <s v="Architecture &amp; Engineering"/>
+    <s v="Base 2021=100"/>
+    <n v="98.4"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="170"/>
+    <s v="Advertising &amp; Other Professional Activities"/>
+    <s v="Base 2021=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="180"/>
+    <s v="Employment &amp; Human Resource Activities"/>
+    <s v="Base 2021=100"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="190"/>
+    <s v="Security &amp; Building"/>
+    <s v="Base 2021=100"/>
+    <n v="104.5"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="200"/>
+    <s v="Travel &amp; Office Admin"/>
+    <s v="Base 2021=100"/>
+    <n v="97.8"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="210"/>
+    <s v="Real Estate &amp; Rental"/>
+    <s v="Base 2021=100"/>
+    <n v="83.7"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="100"/>
+    <s v="Transport"/>
+    <s v="Base 2021=100"/>
+    <n v="93.7"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="110"/>
+    <s v="Warehousing &amp; Transportation Support"/>
+    <s v="Base 2021=100"/>
+    <n v="98.5"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="120"/>
+    <s v="Postal &amp; Courier"/>
+    <s v="Base 2021=100"/>
+    <n v="98.8"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="130"/>
+    <s v="Hospitality"/>
+    <s v="Base 2021=100"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="140"/>
+    <s v="Information &amp; Communication"/>
+    <s v="Base 2021=100"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="150"/>
+    <s v="Legal, Accounting, Public Relations &amp; Business Management Consultancy"/>
+    <s v="Base 2021=100"/>
+    <n v="99.6"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="160"/>
+    <s v="Architecture &amp; Engineering"/>
+    <s v="Base 2021=100"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="170"/>
+    <s v="Advertising &amp; Other Professional Activities"/>
+    <s v="Base 2021=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="180"/>
+    <s v="Employment &amp; Human Resource Activities"/>
+    <s v="Base 2021=100"/>
+    <n v="99.1"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="190"/>
+    <s v="Security &amp; Building"/>
+    <s v="Base 2021=100"/>
+    <n v="98.9"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="200"/>
+    <s v="Travel &amp; Office Admin"/>
+    <s v="Base 2021=100"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="210"/>
+    <s v="Real Estate &amp; Rental"/>
+    <s v="Base 2021=100"/>
+    <n v="91.1"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="100"/>
+    <s v="Transport"/>
+    <s v="Base 2021=100"/>
+    <n v="105.6"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="110"/>
+    <s v="Warehousing &amp; Transportation Support"/>
+    <s v="Base 2021=100"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="120"/>
+    <s v="Postal &amp; Courier"/>
+    <s v="Base 2021=100"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="130"/>
+    <s v="Hospitality"/>
+    <s v="Base 2021=100"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="140"/>
+    <s v="Information &amp; Communication"/>
+    <s v="Base 2021=100"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="150"/>
+    <s v="Legal, Accounting, Public Relations &amp; Business Management Consultancy"/>
+    <s v="Base 2021=100"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="160"/>
+    <s v="Architecture &amp; Engineering"/>
+    <s v="Base 2021=100"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="170"/>
+    <s v="Advertising &amp; Other Professional Activities"/>
+    <s v="Base 2021=100"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="180"/>
+    <s v="Employment &amp; Human Resource Activities"/>
+    <s v="Base 2021=100"/>
+    <n v="98.5"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="190"/>
+    <s v="Security &amp; Building"/>
+    <s v="Base 2021=100"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="200"/>
+    <s v="Travel &amp; Office Admin"/>
+    <s v="Base 2021=100"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="210"/>
+    <s v="Real Estate &amp; Rental"/>
+    <s v="Base 2021=100"/>
+    <n v="113.5"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="100"/>
+    <s v="Transport"/>
+    <s v="Base 2021=100"/>
+    <n v="113.1"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="110"/>
+    <s v="Warehousing &amp; Transportation Support"/>
+    <s v="Base 2021=100"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="120"/>
+    <s v="Postal &amp; Courier"/>
+    <s v="Base 2021=100"/>
+    <n v="102.2"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="130"/>
+    <s v="Hospitality"/>
+    <s v="Base 2021=100"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="140"/>
+    <s v="Information &amp; Communication"/>
+    <s v="Base 2021=100"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="150"/>
+    <s v="Legal, Accounting, Public Relations &amp; Business Management Consultancy"/>
+    <s v="Base 2021=100"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="160"/>
+    <s v="Architecture &amp; Engineering"/>
+    <s v="Base 2021=100"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="170"/>
+    <s v="Advertising &amp; Other Professional Activities"/>
+    <s v="Base 2021=100"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="180"/>
+    <s v="Employment &amp; Human Resource Activities"/>
+    <s v="Base 2021=100"/>
+    <n v="101.5"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="190"/>
+    <s v="Security &amp; Building"/>
+    <s v="Base 2021=100"/>
+    <n v="99.6"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="200"/>
+    <s v="Travel &amp; Office Admin"/>
+    <s v="Base 2021=100"/>
+    <n v="102.6"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="210"/>
+    <s v="Real Estate &amp; Rental"/>
+    <s v="Base 2021=100"/>
+    <n v="111.7"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="100"/>
+    <s v="Transport"/>
+    <s v="Base 2021=100"/>
+    <n v="106.1"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="110"/>
+    <s v="Warehousing &amp; Transportation Support"/>
+    <s v="Base 2021=100"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="120"/>
+    <s v="Postal &amp; Courier"/>
+    <s v="Base 2021=100"/>
+    <n v="107.1"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="130"/>
+    <s v="Hospitality"/>
+    <s v="Base 2021=100"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="140"/>
+    <s v="Information &amp; Communication"/>
+    <s v="Base 2021=100"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="150"/>
+    <s v="Legal, Accounting, Public Relations &amp; Business Management Consultancy"/>
+    <s v="Base 2021=100"/>
+    <n v="106.2"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="160"/>
+    <s v="Architecture &amp; Engineering"/>
+    <s v="Base 2021=100"/>
+    <n v="104.6"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="170"/>
+    <s v="Advertising &amp; Other Professional Activities"/>
+    <s v="Base 2021=100"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="180"/>
+    <s v="Employment &amp; Human Resource Activities"/>
+    <s v="Base 2021=100"/>
+    <n v="104.8"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="190"/>
+    <s v="Security &amp; Building"/>
+    <s v="Base 2021=100"/>
+    <n v="105.5"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="200"/>
+    <s v="Travel &amp; Office Admin"/>
+    <s v="Base 2021=100"/>
+    <n v="103.2"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="210"/>
+    <s v="Real Estate &amp; Rental"/>
+    <s v="Base 2021=100"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="100"/>
+    <s v="Transport"/>
+    <s v="Base 2021=100"/>
+    <n v="116.5"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="110"/>
+    <s v="Warehousing &amp; Transportation Support"/>
+    <s v="Base 2021=100"/>
+    <n v="107.9"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="120"/>
+    <s v="Postal &amp; Courier"/>
+    <s v="Base 2021=100"/>
+    <n v="114.8"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="130"/>
+    <s v="Hospitality"/>
+    <s v="Base 2021=100"/>
+    <n v="109.6"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="140"/>
+    <s v="Information &amp; Communication"/>
+    <s v="Base 2021=100"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="150"/>
+    <s v="Legal, Accounting, Public Relations &amp; Business Management Consultancy"/>
+    <s v="Base 2021=100"/>
+    <n v="107.1"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="160"/>
+    <s v="Architecture &amp; Engineering"/>
+    <s v="Base 2021=100"/>
+    <n v="103.4"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="170"/>
+    <s v="Advertising &amp; Other Professional Activities"/>
+    <s v="Base 2021=100"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="180"/>
+    <s v="Employment &amp; Human Resource Activities"/>
+    <s v="Base 2021=100"/>
+    <n v="104.8"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="190"/>
+    <s v="Security &amp; Building"/>
+    <s v="Base 2021=100"/>
+    <n v="105.6"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="200"/>
+    <s v="Travel &amp; Office Admin"/>
+    <s v="Base 2021=100"/>
+    <n v="103.3"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="210"/>
+    <s v="Real Estate &amp; Rental"/>
+    <s v="Base 2021=100"/>
+    <n v="163.1"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="100"/>
+    <s v="Transport"/>
+    <s v="Base 2021=100"/>
+    <n v="124.6"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="110"/>
+    <s v="Warehousing &amp; Transportation Support"/>
+    <s v="Base 2021=100"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="120"/>
+    <s v="Postal &amp; Courier"/>
+    <s v="Base 2021=100"/>
+    <n v="111.8"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="130"/>
+    <s v="Hospitality"/>
+    <s v="Base 2021=100"/>
+    <n v="115.7"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="140"/>
+    <s v="Information &amp; Communication"/>
+    <s v="Base 2021=100"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="150"/>
+    <s v="Legal, Accounting, Public Relations &amp; Business Management Consultancy"/>
+    <s v="Base 2021=100"/>
+    <n v="104.3"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="160"/>
+    <s v="Architecture &amp; Engineering"/>
+    <s v="Base 2021=100"/>
+    <n v="103.4"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="170"/>
+    <s v="Advertising &amp; Other Professional Activities"/>
+    <s v="Base 2021=100"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="180"/>
+    <s v="Employment &amp; Human Resource Activities"/>
+    <s v="Base 2021=100"/>
+    <n v="104.2"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="190"/>
+    <s v="Security &amp; Building"/>
+    <s v="Base 2021=100"/>
+    <n v="102.9"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="200"/>
+    <s v="Travel &amp; Office Admin"/>
+    <s v="Base 2021=100"/>
+    <n v="103.4"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="210"/>
+    <s v="Real Estate &amp; Rental"/>
+    <s v="Base 2021=100"/>
+    <n v="193.3"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="100"/>
+    <s v="Transport"/>
+    <s v="Base 2021=100"/>
+    <n v="114.7"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="110"/>
+    <s v="Warehousing &amp; Transportation Support"/>
+    <s v="Base 2021=100"/>
+    <n v="108.3"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="120"/>
+    <s v="Postal &amp; Courier"/>
+    <s v="Base 2021=100"/>
+    <n v="112.9"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="130"/>
+    <s v="Hospitality"/>
+    <s v="Base 2021=100"/>
+    <n v="111.3"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="140"/>
+    <s v="Information &amp; Communication"/>
+    <s v="Base 2021=100"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="150"/>
+    <s v="Legal, Accounting, Public Relations &amp; Business Management Consultancy"/>
+    <s v="Base 2021=100"/>
+    <n v="105.3"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="160"/>
+    <s v="Architecture &amp; Engineering"/>
+    <s v="Base 2021=100"/>
+    <n v="103.4"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="170"/>
+    <s v="Advertising &amp; Other Professional Activities"/>
+    <s v="Base 2021=100"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="180"/>
+    <s v="Employment &amp; Human Resource Activities"/>
+    <s v="Base 2021=100"/>
+    <n v="111.3"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="190"/>
+    <s v="Security &amp; Building"/>
+    <s v="Base 2021=100"/>
+    <n v="102.9"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="200"/>
+    <s v="Travel &amp; Office Admin"/>
+    <s v="Base 2021=100"/>
+    <n v="103.5"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="210"/>
+    <s v="Real Estate &amp; Rental"/>
+    <s v="Base 2021=100"/>
+    <n v="123.7"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="100"/>
+    <s v="Transport"/>
+    <s v="Base 2021=100"/>
+    <n v="113.1"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="110"/>
+    <s v="Warehousing &amp; Transportation Support"/>
+    <s v="Base 2021=100"/>
+    <n v="113.8"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="120"/>
+    <s v="Postal &amp; Courier"/>
+    <s v="Base 2021=100"/>
+    <n v="117.5"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="130"/>
+    <s v="Hospitality"/>
+    <s v="Base 2021=100"/>
+    <n v="111.6"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="140"/>
+    <s v="Information &amp; Communication"/>
+    <s v="Base 2021=100"/>
+    <n v="104.2"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="150"/>
+    <s v="Legal, Accounting, Public Relations &amp; Business Management Consultancy"/>
+    <s v="Base 2021=100"/>
+    <n v="104.7"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="160"/>
+    <s v="Architecture &amp; Engineering"/>
+    <s v="Base 2021=100"/>
+    <n v="105.4"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="170"/>
+    <s v="Advertising &amp; Other Professional Activities"/>
+    <s v="Base 2021=100"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="180"/>
+    <s v="Employment &amp; Human Resource Activities"/>
+    <s v="Base 2021=100"/>
+    <n v="109.6"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="190"/>
+    <s v="Security &amp; Building"/>
+    <s v="Base 2021=100"/>
+    <n v="102.9"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="200"/>
+    <s v="Travel &amp; Office Admin"/>
+    <s v="Base 2021=100"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="210"/>
+    <s v="Real Estate &amp; Rental"/>
+    <s v="Base 2021=100"/>
+    <n v="105.8"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="100"/>
+    <s v="Transport"/>
+    <s v="Base 2021=100"/>
+    <n v="122.1"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="110"/>
+    <s v="Warehousing &amp; Transportation Support"/>
+    <s v="Base 2021=100"/>
+    <n v="113.8"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="120"/>
+    <s v="Postal &amp; Courier"/>
+    <s v="Base 2021=100"/>
+    <n v="114.2"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="130"/>
+    <s v="Hospitality"/>
+    <s v="Base 2021=100"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="140"/>
+    <s v="Information &amp; Communication"/>
+    <s v="Base 2021=100"/>
+    <n v="104.3"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="150"/>
+    <s v="Legal, Accounting, Public Relations &amp; Business Management Consultancy"/>
+    <s v="Base 2021=100"/>
+    <n v="107.3"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="160"/>
+    <s v="Architecture &amp; Engineering"/>
+    <s v="Base 2021=100"/>
+    <n v="105.4"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="170"/>
+    <s v="Advertising &amp; Other Professional Activities"/>
+    <s v="Base 2021=100"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="180"/>
+    <s v="Employment &amp; Human Resource Activities"/>
+    <s v="Base 2021=100"/>
+    <n v="120.8"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="190"/>
+    <s v="Security &amp; Building"/>
+    <s v="Base 2021=100"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="200"/>
+    <s v="Travel &amp; Office Admin"/>
+    <s v="Base 2021=100"/>
+    <n v="127.7"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="210"/>
+    <s v="Real Estate &amp; Rental"/>
+    <s v="Base 2021=100"/>
+    <n v="121.7"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="100"/>
+    <s v="Transport"/>
+    <s v="Base 2021=100"/>
+    <n v="122.8"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="110"/>
+    <s v="Warehousing &amp; Transportation Support"/>
+    <s v="Base 2021=100"/>
+    <n v="113.6"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="120"/>
+    <s v="Postal &amp; Courier"/>
+    <s v="Base 2021=100"/>
+    <n v="121.4"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="130"/>
+    <s v="Hospitality"/>
+    <s v="Base 2021=100"/>
+    <n v="123.2"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="140"/>
+    <s v="Information &amp; Communication"/>
+    <s v="Base 2021=100"/>
+    <n v="104.4"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="150"/>
+    <s v="Legal, Accounting, Public Relations &amp; Business Management Consultancy"/>
+    <s v="Base 2021=100"/>
+    <n v="103.4"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="160"/>
+    <s v="Architecture &amp; Engineering"/>
+    <s v="Base 2021=100"/>
+    <n v="108.6"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="170"/>
+    <s v="Advertising &amp; Other Professional Activities"/>
+    <s v="Base 2021=100"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="180"/>
+    <s v="Employment &amp; Human Resource Activities"/>
+    <s v="Base 2021=100"/>
+    <n v="119.5"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="190"/>
+    <s v="Security &amp; Building"/>
+    <s v="Base 2021=100"/>
+    <n v="104.6"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="200"/>
+    <s v="Travel &amp; Office Admin"/>
+    <s v="Base 2021=100"/>
+    <n v="156.2"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="210"/>
+    <s v="Real Estate &amp; Rental"/>
+    <s v="Base 2021=100"/>
+    <n v="132.2"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="100"/>
+    <s v="Transport"/>
+    <s v="Base 2021=100"/>
+    <n v="121.1"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="110"/>
+    <s v="Warehousing &amp; Transportation Support"/>
+    <s v="Base 2021=100"/>
+    <n v="113.8"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="120"/>
+    <s v="Postal &amp; Courier"/>
+    <s v="Base 2021=100"/>
+    <n v="119.3"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="130"/>
+    <s v="Hospitality"/>
+    <s v="Base 2021=100"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="140"/>
+    <s v="Information &amp; Communication"/>
+    <s v="Base 2021=100"/>
+    <n v="103.7"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="150"/>
+    <s v="Legal, Accounting, Public Relations &amp; Business Management Consultancy"/>
+    <s v="Base 2021=100"/>
+    <n v="107.1"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="160"/>
+    <s v="Architecture &amp; Engineering"/>
+    <s v="Base 2021=100"/>
+    <n v="114.2"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="170"/>
+    <s v="Advertising &amp; Other Professional Activities"/>
+    <s v="Base 2021=100"/>
+    <n v="104.5"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="180"/>
+    <s v="Employment &amp; Human Resource Activities"/>
+    <s v="Base 2021=100"/>
+    <n v="118.4"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="190"/>
+    <s v="Security &amp; Building"/>
+    <s v="Base 2021=100"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="200"/>
+    <s v="Travel &amp; Office Admin"/>
+    <s v="Base 2021=100"/>
+    <n v="153.7"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="210"/>
+    <s v="Real Estate &amp; Rental"/>
+    <s v="Base 2021=100"/>
+    <n v="142.7"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="100"/>
+    <s v="Transport"/>
+    <s v="Base 2021=100"/>
+    <n v="120.1"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="110"/>
+    <s v="Warehousing &amp; Transportation Support"/>
+    <s v="Base 2021=100"/>
+    <n v="117.1"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="120"/>
+    <s v="Postal &amp; Courier"/>
+    <s v="Base 2021=100"/>
+    <n v="122.7"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="130"/>
+    <s v="Hospitality"/>
+    <s v="Base 2021=100"/>
+    <n v="118.6"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="140"/>
+    <s v="Information &amp; Communication"/>
+    <s v="Base 2021=100"/>
+    <n v="106.7"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="150"/>
+    <s v="Legal, Accounting, Public Relations &amp; Business Management Consultancy"/>
+    <s v="Base 2021=100"/>
+    <n v="104.5"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="160"/>
+    <s v="Architecture &amp; Engineering"/>
+    <s v="Base 2021=100"/>
+    <n v="116.2"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="170"/>
+    <s v="Advertising &amp; Other Professional Activities"/>
+    <s v="Base 2021=100"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="180"/>
+    <s v="Employment &amp; Human Resource Activities"/>
+    <s v="Base 2021=100"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="190"/>
+    <s v="Security &amp; Building"/>
+    <s v="Base 2021=100"/>
+    <n v="110.4"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="200"/>
+    <s v="Travel &amp; Office Admin"/>
+    <s v="Base 2021=100"/>
+    <n v="150.3"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="210"/>
+    <s v="Real Estate &amp; Rental"/>
+    <s v="Base 2021=100"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="100"/>
+    <s v="Transport"/>
+    <s v="Base 2021=100"/>
+    <n v="124.9"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="110"/>
+    <s v="Warehousing &amp; Transportation Support"/>
+    <s v="Base 2021=100"/>
+    <n v="117.7"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="120"/>
+    <s v="Postal &amp; Courier"/>
+    <s v="Base 2021=100"/>
+    <n v="122.8"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="130"/>
+    <s v="Hospitality"/>
+    <s v="Base 2021=100"/>
+    <n v="120.9"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="140"/>
+    <s v="Information &amp; Communication"/>
+    <s v="Base 2021=100"/>
+    <n v="108.2"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="150"/>
+    <s v="Legal, Accounting, Public Relations &amp; Business Management Consultancy"/>
+    <s v="Base 2021=100"/>
+    <n v="103.9"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="160"/>
+    <s v="Architecture &amp; Engineering"/>
+    <s v="Base 2021=100"/>
+    <n v="113.8"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="170"/>
+    <s v="Advertising &amp; Other Professional Activities"/>
+    <s v="Base 2021=100"/>
+    <n v="109.7"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="180"/>
+    <s v="Employment &amp; Human Resource Activities"/>
+    <s v="Base 2021=100"/>
+    <n v="122.6"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="190"/>
+    <s v="Security &amp; Building"/>
+    <s v="Base 2021=100"/>
+    <n v="107.2"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="200"/>
+    <s v="Travel &amp; Office Admin"/>
+    <s v="Base 2021=100"/>
+    <n v="149.2"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="210"/>
+    <s v="Real Estate &amp; Rental"/>
+    <s v="Base 2021=100"/>
+    <n v="155.1"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="100"/>
+    <s v="Transport"/>
+    <s v="Base 2021=100"/>
+    <n v="137.3"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="110"/>
+    <s v="Warehousing &amp; Transportation Support"/>
+    <s v="Base 2021=100"/>
+    <n v="117.1"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="120"/>
+    <s v="Postal &amp; Courier"/>
+    <s v="Base 2021=100"/>
+    <n v="122.1"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="130"/>
+    <s v="Hospitality"/>
+    <s v="Base 2021=100"/>
+    <n v="128.5"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="140"/>
+    <s v="Information &amp; Communication"/>
+    <s v="Base 2021=100"/>
+    <n v="109.1"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="150"/>
+    <s v="Legal, Accounting, Public Relations &amp; Business Management Consultancy"/>
+    <s v="Base 2021=100"/>
+    <n v="105.2"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="160"/>
+    <s v="Architecture &amp; Engineering"/>
+    <s v="Base 2021=100"/>
+    <n v="117.2"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="170"/>
+    <s v="Advertising &amp; Other Professional Activities"/>
+    <s v="Base 2021=100"/>
+    <n v="108.2"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="180"/>
+    <s v="Employment &amp; Human Resource Activities"/>
+    <s v="Base 2021=100"/>
+    <n v="122.3"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="190"/>
+    <s v="Security &amp; Building"/>
+    <s v="Base 2021=100"/>
+    <n v="112.7"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="200"/>
+    <s v="Travel &amp; Office Admin"/>
+    <s v="Base 2021=100"/>
+    <n v="153.9"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="210"/>
+    <s v="Real Estate &amp; Rental"/>
+    <s v="Base 2021=100"/>
+    <n v="161.8"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="100"/>
+    <s v="Transport"/>
+    <s v="Base 2021=100"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="110"/>
+    <s v="Warehousing &amp; Transportation Support"/>
+    <s v="Base 2021=100"/>
+    <n v="116.8"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="120"/>
+    <s v="Postal &amp; Courier"/>
+    <s v="Base 2021=100"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="130"/>
+    <s v="Hospitality"/>
+    <s v="Base 2021=100"/>
+    <n v="122.3"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="140"/>
+    <s v="Information &amp; Communication"/>
+    <s v="Base 2021=100"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="150"/>
+    <s v="Legal, Accounting, Public Relations &amp; Business Management Consultancy"/>
+    <s v="Base 2021=100"/>
+    <n v="111.5"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="160"/>
+    <s v="Architecture &amp; Engineering"/>
+    <s v="Base 2021=100"/>
+    <n v="117.1"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="170"/>
+    <s v="Advertising &amp; Other Professional Activities"/>
+    <s v="Base 2021=100"/>
+    <n v="110.9"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="180"/>
+    <s v="Employment &amp; Human Resource Activities"/>
+    <s v="Base 2021=100"/>
+    <n v="122.9"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="190"/>
+    <s v="Security &amp; Building"/>
+    <s v="Base 2021=100"/>
+    <n v="111.8"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="200"/>
+    <s v="Travel &amp; Office Admin"/>
+    <s v="Base 2021=100"/>
+    <n v="150.9"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="210"/>
+    <s v="Real Estate &amp; Rental"/>
+    <s v="Base 2021=100"/>
+    <n v="143.7"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="100"/>
+    <s v="Transport"/>
+    <s v="Base 2021=100"/>
+    <n v="123.6"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="110"/>
+    <s v="Warehousing &amp; Transportation Support"/>
+    <s v="Base 2021=100"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="120"/>
+    <s v="Postal &amp; Courier"/>
+    <s v="Base 2021=100"/>
+    <n v="123.3"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="130"/>
+    <s v="Hospitality"/>
+    <s v="Base 2021=100"/>
+    <n v="120.1"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="140"/>
+    <s v="Information &amp; Communication"/>
+    <s v="Base 2021=100"/>
+    <n v="103.6"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="150"/>
+    <s v="Legal, Accounting, Public Relations &amp; Business Management Consultancy"/>
+    <s v="Base 2021=100"/>
+    <n v="106.2"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="160"/>
+    <s v="Architecture &amp; Engineering"/>
+    <s v="Base 2021=100"/>
+    <n v="123.4"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="170"/>
+    <s v="Advertising &amp; Other Professional Activities"/>
+    <s v="Base 2021=100"/>
+    <n v="114.2"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="180"/>
+    <s v="Employment &amp; Human Resource Activities"/>
+    <s v="Base 2021=100"/>
+    <n v="128.6"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="190"/>
+    <s v="Security &amp; Building"/>
+    <s v="Base 2021=100"/>
+    <n v="116.8"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="200"/>
+    <s v="Travel &amp; Office Admin"/>
+    <s v="Base 2021=100"/>
+    <n v="151.9"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="210"/>
+    <s v="Real Estate &amp; Rental"/>
+    <s v="Base 2021=100"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="100"/>
+    <s v="Transport"/>
+    <s v="Base 2021=100"/>
+    <n v="128.8"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="110"/>
+    <s v="Warehousing &amp; Transportation Support"/>
+    <s v="Base 2021=100"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="120"/>
+    <s v="Postal &amp; Courier"/>
+    <s v="Base 2021=100"/>
+    <n v="122.8"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="130"/>
+    <s v="Hospitality"/>
+    <s v="Base 2021=100"/>
+    <n v="128.8"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="140"/>
+    <s v="Information &amp; Communication"/>
+    <s v="Base 2021=100"/>
+    <n v="103.3"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="150"/>
+    <s v="Legal, Accounting, Public Relations &amp; Business Management Consultancy"/>
+    <s v="Base 2021=100"/>
+    <n v="121.9"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="160"/>
+    <s v="Architecture &amp; Engineering"/>
+    <s v="Base 2021=100"/>
+    <n v="122.2"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="170"/>
+    <s v="Advertising &amp; Other Professional Activities"/>
+    <s v="Base 2021=100"/>
+    <n v="118.8"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="180"/>
+    <s v="Employment &amp; Human Resource Activities"/>
+    <s v="Base 2021=100"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="190"/>
+    <s v="Security &amp; Building"/>
+    <s v="Base 2021=100"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="200"/>
+    <s v="Travel &amp; Office Admin"/>
+    <s v="Base 2021=100"/>
+    <n v="149.6"/>
+  </r>
+  <r>
+    <s v="SPP08C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="210"/>
+    <s v="Real Estate &amp; Rental"/>
+    <s v="Base 2021=100"/>
+    <n v="145.2"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="100"/>
+    <s v="Transport"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="110"/>
+    <s v="Warehousing &amp; Transportation Support"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="120"/>
+    <s v="Postal &amp; Courier"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="130"/>
+    <s v="Hospitality"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="140"/>
+    <s v="Information &amp; Communication"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="150"/>
+    <s v="Legal, Accounting, Public Relations &amp; Business Management Consultancy"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="160"/>
+    <s v="Architecture &amp; Engineering"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="170"/>
+    <s v="Advertising &amp; Other Professional Activities"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="180"/>
+    <s v="Employment &amp; Human Resource Activities"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="190"/>
+    <s v="Security &amp; Building"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="200"/>
+    <s v="Travel &amp; Office Admin"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="210"/>
+    <s v="Real Estate &amp; Rental"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="100"/>
+    <s v="Transport"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="110"/>
+    <s v="Warehousing &amp; Transportation Support"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="120"/>
+    <s v="Postal &amp; Courier"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="130"/>
+    <s v="Hospitality"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="140"/>
+    <s v="Information &amp; Communication"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="150"/>
+    <s v="Legal, Accounting, Public Relations &amp; Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="160"/>
+    <s v="Architecture &amp; Engineering"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="170"/>
+    <s v="Advertising &amp; Other Professional Activities"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="180"/>
+    <s v="Employment &amp; Human Resource Activities"/>
+    <s v="%"/>
+    <n v="-1.8"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="190"/>
+    <s v="Security &amp; Building"/>
+    <s v="%"/>
+    <n v="-5.4"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="200"/>
+    <s v="Travel &amp; Office Admin"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="210"/>
+    <s v="Real Estate &amp; Rental"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="100"/>
+    <s v="Transport"/>
+    <s v="%"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="110"/>
+    <s v="Warehousing &amp; Transportation Support"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="120"/>
+    <s v="Postal &amp; Courier"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="130"/>
+    <s v="Hospitality"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="140"/>
+    <s v="Information &amp; Communication"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="150"/>
+    <s v="Legal, Accounting, Public Relations &amp; Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="160"/>
+    <s v="Architecture &amp; Engineering"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="170"/>
+    <s v="Advertising &amp; Other Professional Activities"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="180"/>
+    <s v="Employment &amp; Human Resource Activities"/>
+    <s v="%"/>
+    <n v="-0.7"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="190"/>
+    <s v="Security &amp; Building"/>
+    <s v="%"/>
+    <n v="-1.9"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="200"/>
+    <s v="Travel &amp; Office Admin"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="210"/>
+    <s v="Real Estate &amp; Rental"/>
+    <s v="%"/>
+    <n v="24.6"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="100"/>
+    <s v="Transport"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="110"/>
+    <s v="Warehousing &amp; Transportation Support"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="120"/>
+    <s v="Postal &amp; Courier"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="130"/>
+    <s v="Hospitality"/>
+    <s v="%"/>
+    <n v="-3.1"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="140"/>
+    <s v="Information &amp; Communication"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="150"/>
+    <s v="Legal, Accounting, Public Relations &amp; Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="-0.8"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="160"/>
+    <s v="Architecture &amp; Engineering"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="170"/>
+    <s v="Advertising &amp; Other Professional Activities"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="180"/>
+    <s v="Employment &amp; Human Resource Activities"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="190"/>
+    <s v="Security &amp; Building"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="200"/>
+    <s v="Travel &amp; Office Admin"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="210"/>
+    <s v="Real Estate &amp; Rental"/>
+    <s v="%"/>
+    <n v="-1.6"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="100"/>
+    <s v="Transport"/>
+    <s v="%"/>
+    <n v="-6.2"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="110"/>
+    <s v="Warehousing &amp; Transportation Support"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="120"/>
+    <s v="Postal &amp; Courier"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="130"/>
+    <s v="Hospitality"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="140"/>
+    <s v="Information &amp; Communication"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="150"/>
+    <s v="Legal, Accounting, Public Relations &amp; Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="160"/>
+    <s v="Architecture &amp; Engineering"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="170"/>
+    <s v="Advertising &amp; Other Professional Activities"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="180"/>
+    <s v="Employment &amp; Human Resource Activities"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="190"/>
+    <s v="Security &amp; Building"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="200"/>
+    <s v="Travel &amp; Office Admin"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="210"/>
+    <s v="Real Estate &amp; Rental"/>
+    <s v="%"/>
+    <n v="-9.6"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="100"/>
+    <s v="Transport"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="110"/>
+    <s v="Warehousing &amp; Transportation Support"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="120"/>
+    <s v="Postal &amp; Courier"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="130"/>
+    <s v="Hospitality"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="140"/>
+    <s v="Information &amp; Communication"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="150"/>
+    <s v="Legal, Accounting, Public Relations &amp; Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="160"/>
+    <s v="Architecture &amp; Engineering"/>
+    <s v="%"/>
+    <n v="-1.1"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="170"/>
+    <s v="Advertising &amp; Other Professional Activities"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="180"/>
+    <s v="Employment &amp; Human Resource Activities"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="190"/>
+    <s v="Security &amp; Building"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="200"/>
+    <s v="Travel &amp; Office Admin"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="210"/>
+    <s v="Real Estate &amp; Rental"/>
+    <s v="%"/>
+    <n v="61.4"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="100"/>
+    <s v="Transport"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="110"/>
+    <s v="Warehousing &amp; Transportation Support"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="120"/>
+    <s v="Postal &amp; Courier"/>
+    <s v="%"/>
+    <n v="-2.7"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="130"/>
+    <s v="Hospitality"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="140"/>
+    <s v="Information &amp; Communication"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="150"/>
+    <s v="Legal, Accounting, Public Relations &amp; Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="-2.6"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="160"/>
+    <s v="Architecture &amp; Engineering"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="170"/>
+    <s v="Advertising &amp; Other Professional Activities"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="180"/>
+    <s v="Employment &amp; Human Resource Activities"/>
+    <s v="%"/>
+    <n v="-0.6"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="190"/>
+    <s v="Security &amp; Building"/>
+    <s v="%"/>
+    <n v="-2.6"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="200"/>
+    <s v="Travel &amp; Office Admin"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="210"/>
+    <s v="Real Estate &amp; Rental"/>
+    <s v="%"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="100"/>
+    <s v="Transport"/>
+    <s v="%"/>
+    <n v="-8"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="110"/>
+    <s v="Warehousing &amp; Transportation Support"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="120"/>
+    <s v="Postal &amp; Courier"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="130"/>
+    <s v="Hospitality"/>
+    <s v="%"/>
+    <n v="-3.8"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="140"/>
+    <s v="Information &amp; Communication"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="150"/>
+    <s v="Legal, Accounting, Public Relations &amp; Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="160"/>
+    <s v="Architecture &amp; Engineering"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="170"/>
+    <s v="Advertising &amp; Other Professional Activities"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="180"/>
+    <s v="Employment &amp; Human Resource Activities"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="190"/>
+    <s v="Security &amp; Building"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="200"/>
+    <s v="Travel &amp; Office Admin"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="210"/>
+    <s v="Real Estate &amp; Rental"/>
+    <s v="%"/>
+    <n v="-36"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="100"/>
+    <s v="Transport"/>
+    <s v="%"/>
+    <n v="-1.4"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="110"/>
+    <s v="Warehousing &amp; Transportation Support"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="120"/>
+    <s v="Postal &amp; Courier"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="130"/>
+    <s v="Hospitality"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="140"/>
+    <s v="Information &amp; Communication"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="150"/>
+    <s v="Legal, Accounting, Public Relations &amp; Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="-0.6"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="160"/>
+    <s v="Architecture &amp; Engineering"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="170"/>
+    <s v="Advertising &amp; Other Professional Activities"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="180"/>
+    <s v="Employment &amp; Human Resource Activities"/>
+    <s v="%"/>
+    <n v="-1.5"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="190"/>
+    <s v="Security &amp; Building"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="200"/>
+    <s v="Travel &amp; Office Admin"/>
+    <s v="%"/>
+    <n v="-2.5"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="210"/>
+    <s v="Real Estate &amp; Rental"/>
+    <s v="%"/>
+    <n v="-14.5"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="100"/>
+    <s v="Transport"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="110"/>
+    <s v="Warehousing &amp; Transportation Support"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="120"/>
+    <s v="Postal &amp; Courier"/>
+    <s v="%"/>
+    <n v="-2.7"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="130"/>
+    <s v="Hospitality"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="140"/>
+    <s v="Information &amp; Communication"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="150"/>
+    <s v="Legal, Accounting, Public Relations &amp; Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="160"/>
+    <s v="Architecture &amp; Engineering"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="170"/>
+    <s v="Advertising &amp; Other Professional Activities"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="180"/>
+    <s v="Employment &amp; Human Resource Activities"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="190"/>
+    <s v="Security &amp; Building"/>
+    <s v="%"/>
+    <n v="-0.5"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="200"/>
+    <s v="Travel &amp; Office Admin"/>
+    <s v="%"/>
+    <n v="26.5"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="210"/>
+    <s v="Real Estate &amp; Rental"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="100"/>
+    <s v="Transport"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="110"/>
+    <s v="Warehousing &amp; Transportation Support"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="120"/>
+    <s v="Postal &amp; Courier"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="130"/>
+    <s v="Hospitality"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="140"/>
+    <s v="Information &amp; Communication"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="150"/>
+    <s v="Legal, Accounting, Public Relations &amp; Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="-3.6"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="160"/>
+    <s v="Architecture &amp; Engineering"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="170"/>
+    <s v="Advertising &amp; Other Professional Activities"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="180"/>
+    <s v="Employment &amp; Human Resource Activities"/>
+    <s v="%"/>
+    <n v="-1.1"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="190"/>
+    <s v="Security &amp; Building"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="200"/>
+    <s v="Travel &amp; Office Admin"/>
+    <s v="%"/>
+    <n v="22.3"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="210"/>
+    <s v="Real Estate &amp; Rental"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="100"/>
+    <s v="Transport"/>
+    <s v="%"/>
+    <n v="-1.4"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="110"/>
+    <s v="Warehousing &amp; Transportation Support"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="120"/>
+    <s v="Postal &amp; Courier"/>
+    <s v="%"/>
+    <n v="-1.7"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="130"/>
+    <s v="Hospitality"/>
+    <s v="%"/>
+    <n v="-3.4"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="140"/>
+    <s v="Information &amp; Communication"/>
+    <s v="%"/>
+    <n v="-0.6"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="150"/>
+    <s v="Legal, Accounting, Public Relations &amp; Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="160"/>
+    <s v="Architecture &amp; Engineering"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="170"/>
+    <s v="Advertising &amp; Other Professional Activities"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="180"/>
+    <s v="Employment &amp; Human Resource Activities"/>
+    <s v="%"/>
+    <n v="-0.9"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="190"/>
+    <s v="Security &amp; Building"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="200"/>
+    <s v="Travel &amp; Office Admin"/>
+    <s v="%"/>
+    <n v="-1.6"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="210"/>
+    <s v="Real Estate &amp; Rental"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="100"/>
+    <s v="Transport"/>
+    <s v="%"/>
+    <n v="-0.8"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="110"/>
+    <s v="Warehousing &amp; Transportation Support"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="120"/>
+    <s v="Postal &amp; Courier"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="130"/>
+    <s v="Hospitality"/>
+    <s v="%"/>
+    <n v="-0.4"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="140"/>
+    <s v="Information &amp; Communication"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="150"/>
+    <s v="Legal, Accounting, Public Relations &amp; Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="-2.4"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="160"/>
+    <s v="Architecture &amp; Engineering"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="170"/>
+    <s v="Advertising &amp; Other Professional Activities"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="180"/>
+    <s v="Employment &amp; Human Resource Activities"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="190"/>
+    <s v="Security &amp; Building"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="200"/>
+    <s v="Travel &amp; Office Admin"/>
+    <s v="%"/>
+    <n v="-2.2"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="210"/>
+    <s v="Real Estate &amp; Rental"/>
+    <s v="%"/>
+    <n v="-1.2"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="100"/>
+    <s v="Transport"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="110"/>
+    <s v="Warehousing &amp; Transportation Support"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="120"/>
+    <s v="Postal &amp; Courier"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="130"/>
+    <s v="Hospitality"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="140"/>
+    <s v="Information &amp; Communication"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="150"/>
+    <s v="Legal, Accounting, Public Relations &amp; Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="-0.5"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="160"/>
+    <s v="Architecture &amp; Engineering"/>
+    <s v="%"/>
+    <n v="-2.1"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="170"/>
+    <s v="Advertising &amp; Other Professional Activities"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="180"/>
+    <s v="Employment &amp; Human Resource Activities"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="190"/>
+    <s v="Security &amp; Building"/>
+    <s v="%"/>
+    <n v="-2.9"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="200"/>
+    <s v="Travel &amp; Office Admin"/>
+    <s v="%"/>
+    <n v="-0.7"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="210"/>
+    <s v="Real Estate &amp; Rental"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="100"/>
+    <s v="Transport"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="110"/>
+    <s v="Warehousing &amp; Transportation Support"/>
+    <s v="%"/>
+    <n v="-0.5"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="120"/>
+    <s v="Postal &amp; Courier"/>
+    <s v="%"/>
+    <n v="-0.6"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="130"/>
+    <s v="Hospitality"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="140"/>
+    <s v="Information &amp; Communication"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="150"/>
+    <s v="Legal, Accounting, Public Relations &amp; Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="160"/>
+    <s v="Architecture &amp; Engineering"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="170"/>
+    <s v="Advertising &amp; Other Professional Activities"/>
+    <s v="%"/>
+    <n v="-1.4"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="180"/>
+    <s v="Employment &amp; Human Resource Activities"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="190"/>
+    <s v="Security &amp; Building"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="200"/>
+    <s v="Travel &amp; Office Admin"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="210"/>
+    <s v="Real Estate &amp; Rental"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="100"/>
+    <s v="Transport"/>
+    <s v="%"/>
+    <n v="-10.4"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="110"/>
+    <s v="Warehousing &amp; Transportation Support"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="120"/>
+    <s v="Postal &amp; Courier"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="130"/>
+    <s v="Hospitality"/>
+    <s v="%"/>
+    <n v="-4.9"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="140"/>
+    <s v="Information &amp; Communication"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="150"/>
+    <s v="Legal, Accounting, Public Relations &amp; Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="160"/>
+    <s v="Architecture &amp; Engineering"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="170"/>
+    <s v="Advertising &amp; Other Professional Activities"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="180"/>
+    <s v="Employment &amp; Human Resource Activities"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="190"/>
+    <s v="Security &amp; Building"/>
+    <s v="%"/>
+    <n v="-0.9"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="200"/>
+    <s v="Travel &amp; Office Admin"/>
+    <s v="%"/>
+    <n v="-1.9"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="210"/>
+    <s v="Real Estate &amp; Rental"/>
+    <s v="%"/>
+    <n v="-11.2"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="100"/>
+    <s v="Transport"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="110"/>
+    <s v="Warehousing &amp; Transportation Support"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="120"/>
+    <s v="Postal &amp; Courier"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="130"/>
+    <s v="Hospitality"/>
+    <s v="%"/>
+    <n v="-1.8"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="140"/>
+    <s v="Information &amp; Communication"/>
+    <s v="%"/>
+    <n v="-5.8"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="150"/>
+    <s v="Legal, Accounting, Public Relations &amp; Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="-4.7"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="160"/>
+    <s v="Architecture &amp; Engineering"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="170"/>
+    <s v="Advertising &amp; Other Professional Activities"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="180"/>
+    <s v="Employment &amp; Human Resource Activities"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="190"/>
+    <s v="Security &amp; Building"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="200"/>
+    <s v="Travel &amp; Office Admin"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="210"/>
+    <s v="Real Estate &amp; Rental"/>
+    <s v="%"/>
+    <n v="-12.3"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="100"/>
+    <s v="Transport"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="110"/>
+    <s v="Warehousing &amp; Transportation Support"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="120"/>
+    <s v="Postal &amp; Courier"/>
+    <s v="%"/>
+    <n v="-0.4"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="130"/>
+    <s v="Hospitality"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="140"/>
+    <s v="Information &amp; Communication"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="150"/>
+    <s v="Legal, Accounting, Public Relations &amp; Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="160"/>
+    <s v="Architecture &amp; Engineering"/>
+    <s v="%"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="170"/>
+    <s v="Advertising &amp; Other Professional Activities"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="180"/>
+    <s v="Employment &amp; Human Resource Activities"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="190"/>
+    <s v="Security &amp; Building"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="200"/>
+    <s v="Travel &amp; Office Admin"/>
+    <s v="%"/>
+    <n v="-1.5"/>
+  </r>
+  <r>
+    <s v="SPP08C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20252"/>
+    <s v="2025Q2"/>
+    <s v="210"/>
+    <s v="Real Estate &amp; Rental"/>
+    <s v="%"/>
+    <n v="15.3"/>
+  </r>
+</pivotCacheRecords>
 </file>