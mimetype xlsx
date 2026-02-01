--- v0 (2025-10-30)
+++ v1 (2026-02-01)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R925bd2d7aa654088" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cb4e9b3cdc3f4f8da476df62052fb397.psmdcp" Id="R5ff1ed9ed53c4b56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7068c76174164bd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cde946ea80914e02b541c53ad650198a.psmdcp" Id="R7f7f244c99184d9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>SPP04</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Services Producer Price Index</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>3/15/2024 11:00:00 AM</x:t>
+    <x:t>15/03/2024 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Nace Rev 2 statistical classification of economic activities in the European Community Air Transport is based on data compiled from the Consumer Price Index (5251)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SPP04/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>SPPI</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Diarmuid Martin</x:t>
   </x:si>
@@ -463,50 +463,53 @@
   </x:si>
   <x:si>
     <x:t>2023Q2</x:t>
   </x:si>
   <x:si>
     <x:t>20233</x:t>
   </x:si>
   <x:si>
     <x:t>2023Q3</x:t>
   </x:si>
   <x:si>
     <x:t>20234</x:t>
   </x:si>
   <x:si>
     <x:t>2023Q4</x:t>
   </x:si>
   <x:si>
     <x:t>SPP04C02</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly percentage change</x:t>
   </x:si>
   <x:si>
     <x:t>%</x:t>
   </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -643,523 +646,198 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...471 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="36">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="36">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03452V04163" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Industry Sector NACE Rev 2" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H865" totalsRowShown="0">
   <x:autoFilter ref="A1:H865"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="C03452V04163"/>
     <x:tableColumn id="6" name="Industry Sector NACE Rev 2"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1428,51 +1106,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SPP04/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1661,51 +1339,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H865"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="26.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="68.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="13.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -12961,302 +12639,338 @@
         <x:v>146.4</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:8">
       <x:c r="A434" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C434" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D434" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E434" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F434" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G434" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
+      <x:c r="H434" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
     </x:row>
     <x:row r="435" spans="1:8">
       <x:c r="A435" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C435" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D435" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E435" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F435" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
+      <x:c r="H435" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
     </x:row>
     <x:row r="436" spans="1:8">
       <x:c r="A436" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C436" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D436" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E436" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F436" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G436" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
+      <x:c r="H436" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
     </x:row>
     <x:row r="437" spans="1:8">
       <x:c r="A437" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C437" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D437" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E437" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F437" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
+      <x:c r="H437" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
     </x:row>
     <x:row r="438" spans="1:8">
       <x:c r="A438" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C438" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D438" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E438" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F438" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G438" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
+      <x:c r="H438" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
     </x:row>
     <x:row r="439" spans="1:8">
       <x:c r="A439" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C439" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D439" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E439" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F439" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
+      <x:c r="H439" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
     </x:row>
     <x:row r="440" spans="1:8">
       <x:c r="A440" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C440" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D440" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E440" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F440" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G440" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
+      <x:c r="H440" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
     </x:row>
     <x:row r="441" spans="1:8">
       <x:c r="A441" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C441" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D441" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E441" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F441" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
+      <x:c r="H441" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
     </x:row>
     <x:row r="442" spans="1:8">
       <x:c r="A442" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C442" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D442" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E442" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F442" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G442" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
+      <x:c r="H442" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
     </x:row>
     <x:row r="443" spans="1:8">
       <x:c r="A443" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C443" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D443" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E443" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F443" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
+      <x:c r="H443" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
     </x:row>
     <x:row r="444" spans="1:8">
       <x:c r="A444" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C444" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D444" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E444" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F444" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G444" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
+      <x:c r="H444" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
     </x:row>
     <x:row r="445" spans="1:8">
       <x:c r="A445" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C445" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D445" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E445" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F445" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>146</x:v>
+      </x:c>
+      <x:c r="H445" s="0" t="s">
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:8">
       <x:c r="A446" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C446" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D446" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E446" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F446" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G446" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H446" s="0">
@@ -24147,51 +23861,51 @@
       <x:c r="E865" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F865" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G865" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H865" s="0">
         <x:v>-0.6</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -24208,51 +23922,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H865" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="SPP04C01"/>
         <x:s v="SPP04C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Services Producer Price Index"/>
         <x:s v="Quarterly percentage change"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
       <x:sharedItems count="36">
         <x:s v="20151"/>
         <x:s v="20152"/>
         <x:s v="20153"/>
         <x:s v="20154"/>
         <x:s v="20161"/>
         <x:s v="20162"/>
         <x:s v="20163"/>
         <x:s v="20164"/>
         <x:s v="20171"/>
@@ -24685,27 +24399,8668 @@
         <x:n v="4.6"/>
         <x:n v="-4.3"/>
         <x:n v="13.7"/>
         <x:n v="9.8"/>
         <x:n v="9.6"/>
         <x:n v="10.8"/>
         <x:n v="10.2"/>
         <x:n v="-4.1"/>
         <x:n v="1.6"/>
         <x:n v="-6.1"/>
         <x:n v="7.6"/>
         <x:n v="-10.3"/>
         <x:n v="3.3"/>
         <x:n v="-8.5"/>
         <x:n v="-2.1"/>
         <x:n v="-5.3"/>
         <x:n v="6.5"/>
         <x:n v="7.3"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="Base 2015=100"/>
+    <n v="99.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="Base 2015=100"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="Base 2015=100"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="Base 2015=100"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="Base 2015=100"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="Base 2015=100"/>
+    <n v="103.6"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="Base 2015=100"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="Base 2015=100"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="Base 2015=100"/>
+    <n v="99.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="Base 2015=100"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="Base 2015=100"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="Base 2015=100"/>
+    <n v="106.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="Base 2015=100"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="Base 2015=100"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="Base 2015=100"/>
+    <n v="98.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="Base 2015=100"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="99.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="Base 2015=100"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="Base 2015=100"/>
+    <n v="99.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="Base 2015=100"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="Base 2015=100"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="Base 2015=100"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="Base 2015=100"/>
+    <n v="99.4"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="Base 2015=100"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="Base 2015=100"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="Base 2015=100"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="Base 2015=100"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="Base 2015=100"/>
+    <n v="99.2"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="Base 2015=100"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="Base 2015=100"/>
+    <n v="91.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="Base 2015=100"/>
+    <n v="99.6"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="Base 2015=100"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="Base 2015=100"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="Base 2015=100"/>
+    <n v="98.2"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="Base 2015=100"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="Base 2015=100"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="Base 2015=100"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="Base 2015=100"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="Base 2015=100"/>
+    <n v="95.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="Base 2015=100"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="Base 2015=100"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="Base 2015=100"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="Base 2015=100"/>
+    <n v="91.3"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="Base 2015=100"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="Base 2015=100"/>
+    <n v="103.6"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="Base 2015=100"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="Base 2015=100"/>
+    <n v="102.2"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="Base 2015=100"/>
+    <n v="99.6"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="Base 2015=100"/>
+    <n v="106.4"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="Base 2015=100"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="Base 2015=100"/>
+    <n v="102.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="Base 2015=100"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="Base 2015=100"/>
+    <n v="91.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="Base 2015=100"/>
+    <n v="99.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="Base 2015=100"/>
+    <n v="103.6"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="Base 2015=100"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="Base 2015=100"/>
+    <n v="102.2"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="Base 2015=100"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="Base 2015=100"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="Base 2015=100"/>
+    <n v="98.3"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="Base 2015=100"/>
+    <n v="102.2"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="Base 2015=100"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="Base 2015=100"/>
+    <n v="92.2"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="Base 2015=100"/>
+    <n v="102.2"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="Base 2015=100"/>
+    <n v="103.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="Base 2015=100"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="Base 2015=100"/>
+    <n v="102.2"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="Base 2015=100"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="Base 2015=100"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="Base 2015=100"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="Base 2015=100"/>
+    <n v="103.2"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="Base 2015=100"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="Base 2015=100"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="Base 2015=100"/>
+    <n v="102.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="Base 2015=100"/>
+    <n v="103.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="Base 2015=100"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="Base 2015=100"/>
+    <n v="102.4"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="Base 2015=100"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="Base 2015=100"/>
+    <n v="107.6"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="Base 2015=100"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="Base 2015=100"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="Base 2015=100"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="Base 2015=100"/>
+    <n v="90.2"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="Base 2015=100"/>
+    <n v="103.5"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="Base 2015=100"/>
+    <n v="108.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="Base 2015=100"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="Base 2015=100"/>
+    <n v="103.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="Base 2015=100"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="Base 2015=100"/>
+    <n v="108.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="Base 2015=100"/>
+    <n v="101.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="Base 2015=100"/>
+    <n v="98.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="Base 2015=100"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="Base 2015=100"/>
+    <n v="87.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="Base 2015=100"/>
+    <n v="111.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="Base 2015=100"/>
+    <n v="108.4"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="Base 2015=100"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="Base 2015=100"/>
+    <n v="103.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="Base 2015=100"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="Base 2015=100"/>
+    <n v="107.3"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="106.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="Base 2015=100"/>
+    <n v="101.6"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="Base 2015=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="Base 2015=100"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="Base 2015=100"/>
+    <n v="82.5"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="Base 2015=100"/>
+    <n v="111.6"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="Base 2015=100"/>
+    <n v="108.4"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="Base 2015=100"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="Base 2015=100"/>
+    <n v="103.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="Base 2015=100"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="Base 2015=100"/>
+    <n v="106.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="106.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="Base 2015=100"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="Base 2015=100"/>
+    <n v="99.6"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="Base 2015=100"/>
+    <n v="101.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="Base 2015=100"/>
+    <n v="84.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="Base 2015=100"/>
+    <n v="112.5"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="Base 2015=100"/>
+    <n v="108.4"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="Base 2015=100"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="Base 2015=100"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="Base 2015=100"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="Base 2015=100"/>
+    <n v="114.5"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="Base 2015=100"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="Base 2015=100"/>
+    <n v="99.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="Base 2015=100"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="Base 2015=100"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="Base 2015=100"/>
+    <n v="113.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="Base 2015=100"/>
+    <n v="109.2"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="Base 2015=100"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="Base 2015=100"/>
+    <n v="108.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="Base 2015=100"/>
+    <n v="101.5"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="Base 2015=100"/>
+    <n v="108.2"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="Base 2015=100"/>
+    <n v="105.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="Base 2015=100"/>
+    <n v="102.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="Base 2015=100"/>
+    <n v="103.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="Base 2015=100"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="Base 2015=100"/>
+    <n v="117.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="101.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="Base 2015=100"/>
+    <n v="110.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="Base 2015=100"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="Base 2015=100"/>
+    <n v="109.2"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="Base 2015=100"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="Base 2015=100"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="Base 2015=100"/>
+    <n v="105.2"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="Base 2015=100"/>
+    <n v="102.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="Base 2015=100"/>
+    <n v="103.3"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="Base 2015=100"/>
+    <n v="83.5"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="Base 2015=100"/>
+    <n v="117.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="Base 2015=100"/>
+    <n v="110.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="Base 2015=100"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="Base 2015=100"/>
+    <n v="108.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="Base 2015=100"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="Base 2015=100"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="Base 2015=100"/>
+    <n v="111.6"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="Base 2015=100"/>
+    <n v="102.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="Base 2015=100"/>
+    <n v="104.6"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="Base 2015=100"/>
+    <n v="88.6"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="Base 2015=100"/>
+    <n v="118.4"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="102.4"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="Base 2015=100"/>
+    <n v="111.5"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="Base 2015=100"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="Base 2015=100"/>
+    <n v="117.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="Base 2015=100"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="Base 2015=100"/>
+    <n v="119.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="Base 2015=100"/>
+    <n v="116.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="Base 2015=100"/>
+    <n v="101.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="Base 2015=100"/>
+    <n v="108.4"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="Base 2015=100"/>
+    <n v="85.5"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="Base 2015=100"/>
+    <n v="118.6"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="102.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="Base 2015=100"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="Base 2015=100"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="Base 2015=100"/>
+    <n v="117.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="Base 2015=100"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="Base 2015=100"/>
+    <n v="117.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="107.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="Base 2015=100"/>
+    <n v="117.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="Base 2015=100"/>
+    <n v="102.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="Base 2015=100"/>
+    <n v="108.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="Base 2015=100"/>
+    <n v="92.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="Base 2015=100"/>
+    <n v="122.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="Base 2015=100"/>
+    <n v="119.3"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="Base 2015=100"/>
+    <n v="102.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="Base 2015=100"/>
+    <n v="117.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="Base 2015=100"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="Base 2015=100"/>
+    <n v="114.3"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="Base 2015=100"/>
+    <n v="117.3"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="Base 2015=100"/>
+    <n v="101.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="Base 2015=100"/>
+    <n v="109.6"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="Base 2015=100"/>
+    <n v="107.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="Base 2015=100"/>
+    <n v="122.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="106.2"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="Base 2015=100"/>
+    <n v="119.3"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="Base 2015=100"/>
+    <n v="109.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="Base 2015=100"/>
+    <n v="119.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="Base 2015=100"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="Base 2015=100"/>
+    <n v="119.5"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="108.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="Base 2015=100"/>
+    <n v="119.4"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="Base 2015=100"/>
+    <n v="101.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="Base 2015=100"/>
+    <n v="110.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="Base 2015=100"/>
+    <n v="106.4"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="Base 2015=100"/>
+    <n v="121.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="106.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="Base 2015=100"/>
+    <n v="119.3"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="Base 2015=100"/>
+    <n v="109.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="Base 2015=100"/>
+    <n v="120.4"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="Base 2015=100"/>
+    <n v="103.2"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="Base 2015=100"/>
+    <n v="127.4"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="Base 2015=100"/>
+    <n v="126.5"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="Base 2015=100"/>
+    <n v="106.2"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="Base 2015=100"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="Base 2015=100"/>
+    <n v="105.4"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="Base 2015=100"/>
+    <n v="122.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="106.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="Base 2015=100"/>
+    <n v="123.6"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="Base 2015=100"/>
+    <n v="109.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="Base 2015=100"/>
+    <n v="117.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="Base 2015=100"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="Base 2015=100"/>
+    <n v="126.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="Base 2015=100"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="Base 2015=100"/>
+    <n v="106.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="Base 2015=100"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="Base 2015=100"/>
+    <n v="109.4"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="Base 2015=100"/>
+    <n v="120.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="106.4"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="Base 2015=100"/>
+    <n v="123.6"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="Base 2015=100"/>
+    <n v="106.6"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="Base 2015=100"/>
+    <n v="117.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="Base 2015=100"/>
+    <n v="102.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="Base 2015=100"/>
+    <n v="107.4"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="115.2"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="Base 2015=100"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="Base 2015=100"/>
+    <n v="106.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="Base 2015=100"/>
+    <n v="112.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="Base 2015=100"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="Base 2015=100"/>
+    <n v="120.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="106.2"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="Base 2015=100"/>
+    <n v="123.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="Base 2015=100"/>
+    <n v="106.6"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="Base 2015=100"/>
+    <n v="117.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="Base 2015=100"/>
+    <n v="102.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="Base 2015=100"/>
+    <n v="118.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="115.2"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="Base 2015=100"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="Base 2015=100"/>
+    <n v="106.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="Base 2015=100"/>
+    <n v="111.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="Base 2015=100"/>
+    <n v="114.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="Base 2015=100"/>
+    <n v="120.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="105.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="Base 2015=100"/>
+    <n v="123.6"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="Base 2015=100"/>
+    <n v="106.6"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="Base 2015=100"/>
+    <n v="120.4"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="Base 2015=100"/>
+    <n v="104.2"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="Base 2015=100"/>
+    <n v="107.5"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="115.2"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="Base 2015=100"/>
+    <n v="136.3"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="Base 2015=100"/>
+    <n v="106.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="Base 2015=100"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="Base 2015=100"/>
+    <n v="123.4"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="Base 2015=100"/>
+    <n v="124.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="106.3"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="Base 2015=100"/>
+    <n v="124.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="Base 2015=100"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="Base 2015=100"/>
+    <n v="121.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="Base 2015=100"/>
+    <n v="104.3"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="Base 2015=100"/>
+    <n v="117.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="114.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="Base 2015=100"/>
+    <n v="133.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="Base 2015=100"/>
+    <n v="106.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="Base 2015=100"/>
+    <n v="113.6"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="Base 2015=100"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="Base 2015=100"/>
+    <n v="125.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="106.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="Base 2015=100"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="Base 2015=100"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="Base 2015=100"/>
+    <n v="122.5"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="Base 2015=100"/>
+    <n v="105.3"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="Base 2015=100"/>
+    <n v="125.3"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="114.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="Base 2015=100"/>
+    <n v="132.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="Base 2015=100"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="Base 2015=100"/>
+    <n v="114.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="Base 2015=100"/>
+    <n v="151.2"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="Base 2015=100"/>
+    <n v="130.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="107.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="Base 2015=100"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="Base 2015=100"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="Base 2015=100"/>
+    <n v="123.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="Base 2015=100"/>
+    <n v="107.4"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="Base 2015=100"/>
+    <n v="145.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="114.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="Base 2015=100"/>
+    <n v="139.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="Base 2015=100"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="Base 2015=100"/>
+    <n v="115.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="Base 2015=100"/>
+    <n v="136.6"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="Base 2015=100"/>
+    <n v="131.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="107.4"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="Base 2015=100"/>
+    <n v="124.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="Base 2015=100"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="Base 2015=100"/>
+    <n v="128.6"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="Base 2015=100"/>
+    <n v="112.3"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="Base 2015=100"/>
+    <n v="139.5"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="115.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="Base 2015=100"/>
+    <n v="146.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="Base 2015=100"/>
+    <n v="116.3"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="Base 2015=100"/>
+    <n v="116.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="Base 2015=100"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="Base 2015=100"/>
+    <n v="132.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="109.5"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="Base 2015=100"/>
+    <n v="129.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="Base 2015=100"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="Base 2015=100"/>
+    <n v="140.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="Base 2015=100"/>
+    <n v="114.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="Base 2015=100"/>
+    <n v="146.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="115.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="Base 2015=100"/>
+    <n v="143.5"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="Base 2015=100"/>
+    <n v="116.3"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="Base 2015=100"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="Base 2015=100"/>
+    <n v="166.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="Base 2015=100"/>
+    <n v="146.5"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="109.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="Base 2015=100"/>
+    <n v="124.4"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="Base 2015=100"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="Base 2015=100"/>
+    <n v="143.2"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="Base 2015=100"/>
+    <n v="116.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="Base 2015=100"/>
+    <n v="150.4"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="115.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="Base 2015=100"/>
+    <n v="141.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="Base 2015=100"/>
+    <n v="109.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="Base 2015=100"/>
+    <n v="119.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="Base 2015=100"/>
+    <n v="163.6"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="Base 2015=100"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="110.3"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="Base 2015=100"/>
+    <n v="124.4"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="Base 2015=100"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="Base 2015=100"/>
+    <n v="143.2"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="Base 2015=100"/>
+    <n v="114.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="Base 2015=100"/>
+    <n v="156.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="115.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="Base 2015=100"/>
+    <n v="148.4"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="Base 2015=100"/>
+    <n v="109.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="Base 2015=100"/>
+    <n v="119.6"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="Base 2015=100"/>
+    <n v="153.5"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="Base 2015=100"/>
+    <n v="145.6"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="110.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="Base 2015=100"/>
+    <n v="124.4"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="Base 2015=100"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="Base 2015=100"/>
+    <n v="143.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="Base 2015=100"/>
+    <n v="114.5"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="Base 2015=100"/>
+    <n v="167.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="115.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="Base 2015=100"/>
+    <n v="157.5"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="Base 2015=100"/>
+    <n v="109.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="Base 2015=100"/>
+    <n v="119.6"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="Base 2015=100"/>
+    <n v="137.6"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="Base 2015=100"/>
+    <n v="150.4"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="112.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="Base 2015=100"/>
+    <n v="128.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="Base 2015=100"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="Base 2015=100"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="Base 2015=100"/>
+    <n v="114.3"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="Base 2015=100"/>
+    <n v="170.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="115.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="Base 2015=100"/>
+    <n v="158.6"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="Base 2015=100"/>
+    <n v="108.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="Base 2015=100"/>
+    <n v="123.4"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="Base 2015=100"/>
+    <n v="133.6"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="Base 2015=100"/>
+    <n v="149.3"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="111.6"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="Base 2015=100"/>
+    <n v="128.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="Base 2015=100"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="Base 2015=100"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="Base 2015=100"/>
+    <n v="119.4"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="Base 2015=100"/>
+    <n v="156.4"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="113.4"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="Base 2015=100"/>
+    <n v="157.5"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="Base 2015=100"/>
+    <n v="108.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="Base 2015=100"/>
+    <n v="123.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="Base 2015=100"/>
+    <n v="126.5"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="Base 2015=100"/>
+    <n v="148.5"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="111.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="Base 2015=100"/>
+    <n v="137.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="Base 2015=100"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="Base 2015=100"/>
+    <n v="147.2"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="Base 2015=100"/>
+    <n v="120.9"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="Base 2015=100"/>
+    <n v="167.8"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="113.4"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="Base 2015=100"/>
+    <n v="159.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="Base 2015=100"/>
+    <n v="108.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="Base 2015=100"/>
+    <n v="123.7"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="Base 2015=100"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="Base 2015=100"/>
+    <n v="151.2"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="Base 2015=100"/>
+    <n v="112.2"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="Base 2015=100"/>
+    <n v="137.3"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="Base 2015=100"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="SPP04C01"/>
+    <s v="Services Producer Price Index"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="Base 2015=100"/>
+    <n v="146.4"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="%"/>
+    <n v="-1.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="%"/>
+    <n v="-4.7"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="%"/>
+    <n v="-2.9"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="%"/>
+    <n v="-0.5"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="%"/>
+    <n v="-0.5"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="%"/>
+    <n v="-10.9"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="%"/>
+    <n v="-1.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="%"/>
+    <n v="-0.6"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="%"/>
+    <n v="-0.8"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="%"/>
+    <n v="-7"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="-0.5"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="%"/>
+    <n v="-1.9"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="%"/>
+    <n v="-4.8"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="%"/>
+    <n v="-0.7"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="%"/>
+    <n v="-0.7"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="%"/>
+    <n v="-1.5"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="%"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="%"/>
+    <n v="-2.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="%"/>
+    <n v="-1.9"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="%"/>
+    <n v="-0.5"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="%"/>
+    <n v="-0.5"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="%"/>
+    <n v="-0.6"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="%"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="%"/>
+    <n v="-2.6"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="%"/>
+    <n v="-0.7"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="%"/>
+    <n v="-0.4"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="%"/>
+    <n v="-6.2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="%"/>
+    <n v="-0.4"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="%"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="%"/>
+    <n v="-5.5"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="%"/>
+    <n v="-1.2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="%"/>
+    <n v="-0.4"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="%"/>
+    <n v="-5.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="%"/>
+    <n v="-0.9"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="%"/>
+    <n v="-0.8"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="%"/>
+    <n v="-3.5"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="%"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="%"/>
+    <n v="-3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="%"/>
+    <n v="-0.6"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="%"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="%"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="%"/>
+    <n v="-1.2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="%"/>
+    <n v="-1.4"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="%"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="%"/>
+    <n v="-0.9"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="%"/>
+    <n v="-2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="%"/>
+    <n v="-1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="%"/>
+    <n v="-2.2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="-0.4"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="%"/>
+    <n v="-2.8"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="%"/>
+    <n v="-14.9"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="%"/>
+    <n v="-2.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="%"/>
+    <n v="-2.7"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="-0.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="%"/>
+    <n v="-9"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="%"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="%"/>
+    <n v="-5.2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="%"/>
+    <n v="-0.2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="%"/>
+    <n v="-1.8"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="%"/>
+    <n v="-1.2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="%"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="%"/>
+    <n v="-0.8"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="%"/>
+    <n v="-4.2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="%"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="%"/>
+    <n v="-9.7"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="%"/>
+    <n v="-4.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="%"/>
+    <n v="-2.2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="%"/>
+    <n v="-4.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="%"/>
+    <n v="-1.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="%"/>
+    <n v="-6.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="%"/>
+    <n v="-1.5"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="%"/>
+    <n v="-2.2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="%"/>
+    <n v="-6.2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="%"/>
+    <n v="-0.9"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="%"/>
+    <n v="-10.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="%"/>
+    <n v="-0.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="%"/>
+    <n v="-0.9"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="%"/>
+    <n v="-3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="%"/>
+    <n v="-0.6"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="-0.4"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="%"/>
+    <n v="-8.5"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="%"/>
+    <n v="-2.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="%"/>
+    <n v="-0.7"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="%"/>
+    <n v="-5.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="%"/>
+    <n v="-0.6"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="494"/>
+    <s v="Freight and Removal by Road"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="51"/>
+    <s v="Air transport"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="62"/>
+    <s v="Computer Programming and Consultancy"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="78"/>
+    <s v="Employment and Human Resource Activities"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="80"/>
+    <s v="Security and Investigation"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="812"/>
+    <s v="Industrial and Building Cleaning"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="W1290"/>
+    <s v="Sea and Coastal Transport"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="W1310"/>
+    <s v="Postal and Courier"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="W1700"/>
+    <s v="Legal, Accounting, Public Relations and Business Management Consultancy"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="W1810"/>
+    <s v="Architecture, Engineering and Technical Testing"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="W1820"/>
+    <s v="Advertising, Media Representation and Market Research"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SPP04C02"/>
+    <s v="Quarterly percentage change"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="X1750"/>
+    <s v="Warehousing, Storage and Cargo Handling"/>
+    <s v="%"/>
+    <n v="-0.6"/>
+  </r>
+</pivotCacheRecords>
 </file>