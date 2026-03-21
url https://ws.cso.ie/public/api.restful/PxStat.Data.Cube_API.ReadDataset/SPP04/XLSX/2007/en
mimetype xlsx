--- v1 (2026-02-01)
+++ v2 (2026-03-21)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7068c76174164bd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cde946ea80914e02b541c53ad650198a.psmdcp" Id="R7f7f244c99184d9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1169d668a3347f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2860370e31a9420b97cd4a26adf731c1.psmdcp" Id="R09abc4798617461c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>