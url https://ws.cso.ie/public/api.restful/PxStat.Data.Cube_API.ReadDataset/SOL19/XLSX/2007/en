--- v0 (2025-10-25)
+++ v1 (2026-02-26)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd215a41f44f64928" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d00b25e85e3343f289f3f230303174ef.psmdcp" Id="Rbf48ee6c2ec2490a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0ff1943425d4d22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/acf8aa786a214b9a819f97adbfc5586a.psmdcp" Id="R96cad500de554d54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>SOL19</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Learner Enrolments</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>8/4/2025 11:00:00 AM</x:t>
+    <x:t>04/08/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>It should be noted that this calculation is an estimate and only includes those cases where country of birth was captured.&lt;br&gt;For more information on the terminology refer to the 'Definition of Terms' at the back of each FET Facts and Figures report: This is FET Facts and Figures 2023.pdf(https://www.solas.ie/f/70398/x/c9cbdd6929/solas-facts-report-2023.pdf).&lt;br&gt;This data excludes apprenticeship and eCollege provision.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SOL19/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>SOL</x:t>
   </x:si>
   <x:si>
     <x:t>Solas Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -225,50 +225,53 @@
     <x:t>Europe</x:t>
   </x:si>
   <x:si>
     <x:t>150</x:t>
   </x:si>
   <x:si>
     <x:t>Oceania</x:t>
   </x:si>
   <x:si>
     <x:t>-</x:t>
   </x:si>
   <x:si>
     <x:t>World</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
@@ -409,235 +412,126 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...183 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C04325V05104" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Country of birth" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H43" totalsRowShown="0">
   <x:autoFilter ref="A1:H43"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C04325V05104"/>
     <x:tableColumn id="6" name="Country of birth"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -906,51 +800,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SOL19/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.solas.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1139,51 +1033,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H43"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="19.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="17.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -1987,50 +1881,53 @@
         <x:v>5039</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H32" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H33" s="0">
         <x:v>7379</x:v>
@@ -2100,234 +1997,237 @@
       </x:c>
       <x:c r="D36" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H36" s="0">
         <x:v>184019</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H37" s="0">
         <x:v>10220</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H38" s="0">
         <x:v>5407</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H39" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H40" s="0">
         <x:v>9505</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H41" s="0">
         <x:v>165764</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H42" s="0">
         <x:v>2277</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H43" s="0">
         <x:v>193173</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -2344,51 +2244,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H43" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="SOL19C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Enrolments Learners"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="6">
         <x:s v="2019"/>
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
         <x:s v="2024"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
       <x:sharedItems count="6">
         <x:s v="2019"/>
@@ -2453,27 +2353,448 @@
         <x:n v="0"/>
         <x:n v="5877"/>
         <x:n v="138841"/>
         <x:n v="1852"/>
         <x:n v="156566"/>
         <x:n v="8700"/>
         <x:n v="5039"/>
         <x:s v=""/>
         <x:n v="7379"/>
         <x:n v="160566"/>
         <x:n v="2335"/>
         <x:n v="184019"/>
         <x:n v="10220"/>
         <x:n v="5407"/>
         <x:n v="9505"/>
         <x:n v="165764"/>
         <x:n v="2277"/>
         <x:n v="193173"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="100"/>
+    <s v="Africa"/>
+    <s v="Number"/>
+    <n v="5473"/>
+  </r>
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="110"/>
+    <s v="Americas"/>
+    <s v="Number"/>
+    <n v="2651"/>
+  </r>
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="120"/>
+    <s v="Antarctica"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="130"/>
+    <s v="Asia"/>
+    <s v="Number"/>
+    <n v="6933"/>
+  </r>
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="140"/>
+    <s v="Europe"/>
+    <s v="Number"/>
+    <n v="119187"/>
+  </r>
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="150"/>
+    <s v="Oceania"/>
+    <s v="Number"/>
+    <n v="1746"/>
+  </r>
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="World"/>
+    <s v="Number"/>
+    <n v="136017"/>
+  </r>
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="100"/>
+    <s v="Africa"/>
+    <s v="Number"/>
+    <n v="4526"/>
+  </r>
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="110"/>
+    <s v="Americas"/>
+    <s v="Number"/>
+    <n v="2470"/>
+  </r>
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="120"/>
+    <s v="Antarctica"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="130"/>
+    <s v="Asia"/>
+    <s v="Number"/>
+    <n v="6442"/>
+  </r>
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="140"/>
+    <s v="Europe"/>
+    <s v="Number"/>
+    <n v="102885"/>
+  </r>
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="150"/>
+    <s v="Oceania"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="World"/>
+    <s v="Number"/>
+    <n v="116933"/>
+  </r>
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="100"/>
+    <s v="Africa"/>
+    <s v="Number"/>
+    <n v="4412"/>
+  </r>
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="110"/>
+    <s v="Americas"/>
+    <s v="Number"/>
+    <n v="3026"/>
+  </r>
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="120"/>
+    <s v="Antarctica"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="130"/>
+    <s v="Asia"/>
+    <s v="Number"/>
+    <n v="5228"/>
+  </r>
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="140"/>
+    <s v="Europe"/>
+    <s v="Number"/>
+    <n v="104036"/>
+  </r>
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="150"/>
+    <s v="Oceania"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="World"/>
+    <s v="Number"/>
+    <n v="117381"/>
+  </r>
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="100"/>
+    <s v="Africa"/>
+    <s v="Number"/>
+    <n v="6058"/>
+  </r>
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="110"/>
+    <s v="Americas"/>
+    <s v="Number"/>
+    <n v="3938"/>
+  </r>
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="120"/>
+    <s v="Antarctica"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="130"/>
+    <s v="Asia"/>
+    <s v="Number"/>
+    <n v="5877"/>
+  </r>
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="140"/>
+    <s v="Europe"/>
+    <s v="Number"/>
+    <n v="138841"/>
+  </r>
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="150"/>
+    <s v="Oceania"/>
+    <s v="Number"/>
+    <n v="1852"/>
+  </r>
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="World"/>
+    <s v="Number"/>
+    <n v="156566"/>
+  </r>
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="100"/>
+    <s v="Africa"/>
+    <s v="Number"/>
+    <n v="8700"/>
+  </r>
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="110"/>
+    <s v="Americas"/>
+    <s v="Number"/>
+    <n v="5039"/>
+  </r>
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="120"/>
+    <s v="Antarctica"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="130"/>
+    <s v="Asia"/>
+    <s v="Number"/>
+    <n v="7379"/>
+  </r>
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="140"/>
+    <s v="Europe"/>
+    <s v="Number"/>
+    <n v="160566"/>
+  </r>
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="150"/>
+    <s v="Oceania"/>
+    <s v="Number"/>
+    <n v="2335"/>
+  </r>
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="World"/>
+    <s v="Number"/>
+    <n v="184019"/>
+  </r>
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="100"/>
+    <s v="Africa"/>
+    <s v="Number"/>
+    <n v="10220"/>
+  </r>
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="110"/>
+    <s v="Americas"/>
+    <s v="Number"/>
+    <n v="5407"/>
+  </r>
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="120"/>
+    <s v="Antarctica"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="130"/>
+    <s v="Asia"/>
+    <s v="Number"/>
+    <n v="9505"/>
+  </r>
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="140"/>
+    <s v="Europe"/>
+    <s v="Number"/>
+    <n v="165764"/>
+  </r>
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="150"/>
+    <s v="Oceania"/>
+    <s v="Number"/>
+    <n v="2277"/>
+  </r>
+  <r>
+    <s v="SOL19C01"/>
+    <s v="Enrolments Learners"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="World"/>
+    <s v="Number"/>
+    <n v="193173"/>
+  </r>
+</pivotCacheRecords>
 </file>