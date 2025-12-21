--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a629f002a4a44cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4411a43e66164d0bbdf43d14d56b1fad.psmdcp" Id="R424d31ff14fc4545" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49b5772d749948b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/47fa2340d44749ecbd3bd4a603dec9eb.psmdcp" Id="Re90e8403899b4daa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>SNSA32</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Recorded Crime - Ballymun</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>2/16/2024 11:00:00 AM</x:t>
+    <x:t>16/02/2024 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SNSA32/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>SNSRC</x:t>
   </x:si>
   <x:si>
     <x:t>RC</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Paddy Furlong</x:t>
   </x:si>
@@ -490,347 +490,160 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03959V04717" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Garda Sub Districts 2018" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02480V03003" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Offence" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J865" totalsRowShown="0">
   <x:autoFilter ref="A1:J865"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C03959V04717"/>
     <x:tableColumn id="6" name="Garda Sub Districts 2018"/>
     <x:tableColumn id="7" name="C02480V03003"/>
     <x:tableColumn id="8" name="Type of Offence"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1101,51 +914,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SNSA32/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1332,51 +1145,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J865"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="23.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="24.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="68.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="41.710625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -29046,51 +28859,51 @@
       <x:c r="G865" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H865" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I865" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J865" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -29107,51 +28920,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J865" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="SNSA32C01"/>
         <x:s v="SNSA32C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Recorded Crime Rate"/>
         <x:s v="Recorded crime incidents"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="6">
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
@@ -29575,27 +29388,10396 @@
         <x:n v="214"/>
         <x:n v="1088"/>
         <x:n v="308"/>
         <x:n v="121"/>
         <x:n v="346"/>
         <x:n v="462"/>
         <x:n v="131"/>
         <x:n v="103"/>
         <x:n v="250"/>
         <x:n v="1044"/>
         <x:n v="182"/>
         <x:n v="120"/>
         <x:n v="122"/>
         <x:n v="242"/>
         <x:n v="756"/>
         <x:n v="155"/>
         <x:n v="46"/>
         <x:n v="1042"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="20.2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="35.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="28.2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="35.9"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="19.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="19.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="34.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="33.3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="17.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="28.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="25.3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="33.3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="32.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="18.7"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="17.2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="21.8"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="22.3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="17.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="28.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="27.5"/>
+  </r>
+  <r>
+    <s v="SNSA32C01"/>
+    <s v="Recorded Crime Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Recorded Crime per 1,000 Head of Population"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="375"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="1039"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="1122"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="1231"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="857"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="1208"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="1056"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="951"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1502D"/>
+    <s v="Ballymun, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1701K"/>
+    <s v="Cabra, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="1088"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1530L"/>
+    <s v="Coolock, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1702G"/>
+    <s v="Finglas, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1831G"/>
+    <s v="Mountjoy, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="03"/>
+    <s v="Attempts/threats to murder, assaults, harassments and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="07"/>
+    <s v="Burglary and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="10"/>
+    <s v="Controlled drug offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="12"/>
+    <s v="Damage to property and to the environment"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="04"/>
+    <s v="Dangerous or negligent acts"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="09"/>
+    <s v="Fraud, deception and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="05"/>
+    <s v="Kidnapping and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="15"/>
+    <s v="Offences against government, justice procedures and organisation of crime"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="13"/>
+    <s v="Public order and other social code offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="06"/>
+    <s v="Robbery, extortion and hijacking offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="08"/>
+    <s v="Theft and related offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="SNSA32C02"/>
+    <s v="Recorded crime incidents"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1500H"/>
+    <s v="Santry, Dublin"/>
+    <s v="11"/>
+    <s v="Weapons and Explosives Offences"/>
+    <s v="Number of Recorded Incidents"/>
+    <n v="13"/>
+  </r>
+</pivotCacheRecords>
 </file>