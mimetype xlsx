--- v0 (2025-11-08)
+++ v1 (2026-01-01)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdbd8b1b496449b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/05f368291a5b4e69aaae2948ccb437d4.psmdcp" Id="Rd4194107ef4a4d8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6c4d0ec88554ff0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aec58440080d451a86f23645630c4af6.psmdcp" Id="R87ccb560eab84eaf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>SIA97</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Difficulty in Making Ends Meet</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>3/11/2025 11:00:00 AM</x:t>
+    <x:t>08/12/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>The data for 2020 to 2022 in this table was updated on 07/03/2024 due to changes made to weights, reflecting updated household population benchmarks, because of the availability of Census 2022 data. SeeInformation Note.(https://www.cso.ie/en/releasesandpublications/in/silc/informationnotecensusrevisions-silc2020to2022/)&lt;br&gt;&lt;br&gt;Statistics in this table are based upon the proportion of respondents who replied to the relevant survey question. Item non-responses are excluded from the frequencies, typically this accounts for less than 1% of respondents.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SIA97/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>SILC2020</x:t>
   </x:si>
   <x:si>
     <x:t>Survey of Income and Living Conditions (SILC) from 2020 onwards</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -280,50 +280,53 @@
   </x:si>
   <x:si>
     <x:t>Fairly easily</x:t>
   </x:si>
   <x:si>
     <x:t>05</x:t>
   </x:si>
   <x:si>
     <x:t>Easily</x:t>
   </x:si>
   <x:si>
     <x:t>Very easily</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
+  <x:si>
+    <x:t>2025</x:t>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -460,312 +463,157 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...255 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03672V04414" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Level of Household Difficulty" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01781V03218" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Household Composition" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J271" totalsRowShown="0">
-  <x:autoFilter ref="A1:J271"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J325" totalsRowShown="0">
+  <x:autoFilter ref="A1:J325"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C03672V04414"/>
     <x:tableColumn id="6" name="Level of Household Difficulty"/>
     <x:tableColumn id="7" name="C01781V03218"/>
     <x:tableColumn id="8" name="Household Composition"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1031,51 +879,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SIA97/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1264,55 +1112,55 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:J271"/>
+  <x:dimension ref="A1:J325"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="28.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="28.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="43.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
@@ -9958,63 +9806,1791 @@
       <x:c r="C271" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I271" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J271" s="0">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
+    <x:row r="272" spans="1:10">
+      <x:c r="A272" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B272" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C272" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D272" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E272" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F272" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G272" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H272" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="I272" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J272" s="0">
+        <x:v>6.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="273" spans="1:10">
+      <x:c r="A273" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B273" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C273" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D273" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E273" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F273" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G273" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="H273" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="I273" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J273" s="0">
+        <x:v>6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="274" spans="1:10">
+      <x:c r="A274" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B274" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C274" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D274" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E274" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F274" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G274" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H274" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="I274" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J274" s="0">
+        <x:v>11.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="275" spans="1:10">
+      <x:c r="A275" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B275" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C275" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D275" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E275" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F275" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G275" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="H275" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="I275" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J275" s="0">
+        <x:v>2.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="276" spans="1:10">
+      <x:c r="A276" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B276" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C276" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D276" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E276" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F276" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G276" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H276" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="I276" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J276" s="0">
+        <x:v>4.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="277" spans="1:10">
+      <x:c r="A277" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B277" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C277" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D277" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E277" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F277" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G277" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="H277" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="I277" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J277" s="0">
+        <x:v>3.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="278" spans="1:10">
+      <x:c r="A278" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B278" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C278" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D278" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E278" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F278" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G278" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H278" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="I278" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J278" s="0">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="279" spans="1:10">
+      <x:c r="A279" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B279" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C279" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D279" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E279" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F279" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G279" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H279" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="I279" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J279" s="0">
+        <x:v>6.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="280" spans="1:10">
+      <x:c r="A280" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B280" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C280" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D280" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E280" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F280" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="G280" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H280" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="I280" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J280" s="0">
+        <x:v>6.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="281" spans="1:10">
+      <x:c r="A281" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B281" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C281" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D281" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E281" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="F281" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="G281" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H281" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="I281" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J281" s="0">
+        <x:v>9.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="282" spans="1:10">
+      <x:c r="A282" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B282" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C282" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D282" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E282" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="F282" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="G282" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="H282" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="I282" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J282" s="0">
+        <x:v>11.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="283" spans="1:10">
+      <x:c r="A283" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B283" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C283" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D283" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E283" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="F283" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="G283" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H283" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="I283" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J283" s="0">
+        <x:v>11.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="284" spans="1:10">
+      <x:c r="A284" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B284" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C284" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D284" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E284" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="F284" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="G284" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="H284" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="I284" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J284" s="0">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="285" spans="1:10">
+      <x:c r="A285" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B285" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C285" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D285" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E285" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="F285" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="G285" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H285" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="I285" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J285" s="0">
+        <x:v>5.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="286" spans="1:10">
+      <x:c r="A286" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B286" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C286" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D286" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E286" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="F286" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="G286" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="H286" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="I286" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J286" s="0">
+        <x:v>6.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="287" spans="1:10">
+      <x:c r="A287" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B287" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C287" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D287" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E287" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="F287" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="G287" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H287" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="I287" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J287" s="0">
+        <x:v>30.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="288" spans="1:10">
+      <x:c r="A288" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B288" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C288" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D288" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E288" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="F288" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="G288" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H288" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="I288" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J288" s="0">
+        <x:v>8.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="289" spans="1:10">
+      <x:c r="A289" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B289" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C289" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D289" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E289" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="F289" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="G289" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H289" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="I289" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J289" s="0">
+        <x:v>13.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="290" spans="1:10">
+      <x:c r="A290" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B290" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C290" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D290" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E290" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F290" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="G290" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H290" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="I290" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J290" s="0">
+        <x:v>28.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="291" spans="1:10">
+      <x:c r="A291" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B291" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C291" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D291" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E291" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F291" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="G291" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="H291" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="I291" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J291" s="0">
+        <x:v>28.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="292" spans="1:10">
+      <x:c r="A292" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B292" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C292" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D292" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E292" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F292" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="G292" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H292" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="I292" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J292" s="0">
+        <x:v>26.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="293" spans="1:10">
+      <x:c r="A293" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B293" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C293" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D293" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E293" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F293" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="G293" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="H293" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="I293" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J293" s="0">
+        <x:v>21.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="294" spans="1:10">
+      <x:c r="A294" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B294" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C294" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D294" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E294" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F294" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="G294" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H294" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="I294" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J294" s="0">
+        <x:v>24.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="295" spans="1:10">
+      <x:c r="A295" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B295" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C295" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D295" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E295" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F295" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="G295" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="H295" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="I295" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J295" s="0">
+        <x:v>28.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="296" spans="1:10">
+      <x:c r="A296" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B296" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C296" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D296" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E296" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F296" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="G296" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H296" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="I296" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J296" s="0">
+        <x:v>34.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="297" spans="1:10">
+      <x:c r="A297" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B297" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C297" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D297" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E297" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F297" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="G297" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H297" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="I297" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J297" s="0">
+        <x:v>32.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="298" spans="1:10">
+      <x:c r="A298" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B298" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C298" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D298" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E298" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F298" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="G298" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H298" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="I298" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J298" s="0">
+        <x:v>39.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="299" spans="1:10">
+      <x:c r="A299" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B299" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C299" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D299" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E299" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F299" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="G299" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H299" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="I299" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J299" s="0">
+        <x:v>35.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="300" spans="1:10">
+      <x:c r="A300" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B300" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C300" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D300" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E300" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F300" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="G300" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="H300" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="I300" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J300" s="0">
+        <x:v>31.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="301" spans="1:10">
+      <x:c r="A301" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B301" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C301" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D301" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E301" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F301" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="G301" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H301" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="I301" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J301" s="0">
+        <x:v>29.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="302" spans="1:10">
+      <x:c r="A302" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B302" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C302" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D302" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E302" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F302" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="G302" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="H302" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="I302" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J302" s="0">
+        <x:v>40.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="303" spans="1:10">
+      <x:c r="A303" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B303" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C303" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D303" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E303" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F303" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="G303" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H303" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="I303" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J303" s="0">
+        <x:v>42.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="304" spans="1:10">
+      <x:c r="A304" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B304" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C304" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D304" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E304" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F304" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="G304" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="H304" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="I304" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J304" s="0">
+        <x:v>37.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="305" spans="1:10">
+      <x:c r="A305" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B305" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C305" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D305" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E305" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F305" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="G305" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H305" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="I305" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J305" s="0">
+        <x:v>12.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="306" spans="1:10">
+      <x:c r="A306" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B306" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C306" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D306" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E306" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F306" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="G306" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H306" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="I306" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J306" s="0">
+        <x:v>36.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="307" spans="1:10">
+      <x:c r="A307" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B307" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C307" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D307" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E307" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F307" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="G307" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H307" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="I307" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J307" s="0">
+        <x:v>29.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="308" spans="1:10">
+      <x:c r="A308" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B308" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C308" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D308" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E308" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="F308" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="G308" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H308" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="I308" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J308" s="0">
+        <x:v>13.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="309" spans="1:10">
+      <x:c r="A309" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B309" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C309" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D309" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E309" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="F309" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="G309" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="H309" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="I309" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J309" s="0">
+        <x:v>13.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="310" spans="1:10">
+      <x:c r="A310" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B310" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C310" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D310" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E310" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="F310" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="G310" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H310" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="I310" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J310" s="0">
+        <x:v>14.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="311" spans="1:10">
+      <x:c r="A311" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B311" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C311" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D311" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E311" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="F311" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="G311" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="H311" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="I311" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J311" s="0">
+        <x:v>17.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="312" spans="1:10">
+      <x:c r="A312" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B312" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C312" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D312" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E312" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="F312" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="G312" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H312" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="I312" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J312" s="0">
+        <x:v>14.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="313" spans="1:10">
+      <x:c r="A313" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B313" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C313" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D313" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E313" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="F313" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="G313" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="H313" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="I313" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J313" s="0">
+        <x:v>16.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="314" spans="1:10">
+      <x:c r="A314" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B314" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C314" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D314" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E314" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="F314" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="G314" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H314" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="I314" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J314" s="0">
+        <x:v>2.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="315" spans="1:10">
+      <x:c r="A315" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B315" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C315" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D315" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E315" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="F315" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="G315" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H315" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="I315" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J315" s="0">
+        <x:v>10.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="316" spans="1:10">
+      <x:c r="A316" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B316" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C316" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D316" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E316" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="F316" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="G316" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H316" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="I316" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J316" s="0">
+        <x:v>7.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="317" spans="1:10">
+      <x:c r="A317" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B317" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C317" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D317" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E317" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F317" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G317" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H317" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="I317" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J317" s="0">
+        <x:v>6.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="318" spans="1:10">
+      <x:c r="A318" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B318" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C318" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D318" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E318" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F318" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G318" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="H318" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="I318" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J318" s="0">
+        <x:v>8.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="319" spans="1:10">
+      <x:c r="A319" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B319" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C319" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D319" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E319" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F319" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G319" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H319" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="I319" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J319" s="0">
+        <x:v>5.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="320" spans="1:10">
+      <x:c r="A320" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B320" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C320" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D320" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E320" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F320" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G320" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="H320" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="I320" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J320" s="0">
+        <x:v>10.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="321" spans="1:10">
+      <x:c r="A321" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B321" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C321" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D321" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E321" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F321" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G321" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="H321" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="I321" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J321" s="0">
+        <x:v>8.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="322" spans="1:10">
+      <x:c r="A322" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B322" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C322" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D322" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E322" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F322" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G322" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="H322" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="I322" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J322" s="0">
+        <x:v>6.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="323" spans="1:10">
+      <x:c r="A323" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B323" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C323" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D323" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E323" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F323" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G323" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="H323" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="I323" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J323" s="0">
+        <x:v>0.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="324" spans="1:10">
+      <x:c r="A324" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B324" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C324" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D324" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E324" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F324" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G324" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H324" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="I324" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J324" s="0">
+        <x:v>5.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="325" spans="1:10">
+      <x:c r="A325" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B325" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C325" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D325" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E325" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F325" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="G325" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H325" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="I325" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="J325" s="0">
+        <x:v>3.8</x:v>
+      </x:c>
+    </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -10031,79 +11607,81 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J271" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="SIA97C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Households making ends meet"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
-      <x:sharedItems count="5">
+      <x:sharedItems count="6">
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
         <x:s v="2024"/>
+        <x:s v="2025"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
-      <x:sharedItems count="5">
+      <x:sharedItems count="6">
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
         <x:s v="2024"/>
+        <x:s v="2025"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C03672V04414">
       <x:sharedItems count="6">
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Level of Household Difficulty">
       <x:sharedItems count="6">
         <x:s v="With great difficulty"/>
         <x:s v="With difficulty"/>
         <x:s v="With little difficulty"/>
         <x:s v="Fairly easily"/>
         <x:s v="Easily"/>
         <x:s v="Very easily"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C01781V03218">
       <x:sharedItems count="9">
         <x:s v="-"/>
@@ -10114,51 +11692,51 @@
         <x:s v="13"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="08"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Household Composition">
       <x:sharedItems count="9">
         <x:s v="All household compositions"/>
         <x:s v="1 adult aged 65 years and over"/>
         <x:s v="1 adult aged less than 65 years"/>
         <x:s v="2 adults, at least 1 aged 65 years and over"/>
         <x:s v="2 adults, both aged less than 65 years"/>
         <x:s v="3 or more adults"/>
         <x:s v="1 adult, with children under 18 years"/>
         <x:s v="2 adults, with 1-3 children under 18 years"/>
         <x:s v="Other households with children under 18 years"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="%"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="0.1" maxValue="45.6" count="187">
+      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="0.1" maxValue="45.6" count="211">
         <x:n v="6.1"/>
         <x:n v="3.8"/>
         <x:n v="10.9"/>
         <x:n v="1.6"/>
         <x:n v="4.4"/>
         <x:n v="3.7"/>
         <x:n v="19"/>
         <x:n v="5.6"/>
         <x:n v="9.3"/>
         <x:n v="9.8"/>
         <x:n v="8.5"/>
         <x:n v="11.4"/>
         <x:n v="5.7"/>
         <x:n v="7.7"/>
         <x:n v="7.9"/>
         <x:n v="18.7"/>
         <x:n v="11.8"/>
         <x:n v="11.9"/>
         <x:n v="31.1"/>
         <x:n v="30.8"/>
         <x:n v="28.4"/>
         <x:n v="26.2"/>
         <x:n v="26.5"/>
         <x:n v="30.4"/>
         <x:n v="42.6"/>
@@ -10302,34 +11880,3947 @@
         <x:n v="21.5"/>
         <x:n v="8.1"/>
         <x:n v="10.7"/>
         <x:n v="5"/>
         <x:n v="22"/>
         <x:n v="33.3"/>
         <x:n v="30.1"/>
         <x:n v="24.3"/>
         <x:n v="32.4"/>
         <x:n v="29.5"/>
         <x:n v="35.4"/>
         <x:n v="32"/>
         <x:n v="32.1"/>
         <x:n v="28.8"/>
         <x:n v="38.4"/>
         <x:n v="32.5"/>
         <x:n v="25.1"/>
         <x:n v="15.8"/>
         <x:n v="16.4"/>
         <x:n v="6.9"/>
         <x:n v="13.3"/>
         <x:n v="7.2"/>
         <x:n v="2"/>
         <x:n v="4.8"/>
         <x:n v="2.8"/>
+        <x:n v="6.3"/>
+        <x:n v="6"/>
+        <x:n v="20"/>
+        <x:n v="6.6"/>
+        <x:n v="13.8"/>
+        <x:n v="28.3"/>
+        <x:n v="26.1"/>
+        <x:n v="21.3"/>
+        <x:n v="34.1"/>
+        <x:n v="32.6"/>
+        <x:n v="39.5"/>
+        <x:n v="35.2"/>
+        <x:n v="29.8"/>
+        <x:n v="40.8"/>
+        <x:n v="42.7"/>
+        <x:n v="36.7"/>
+        <x:n v="29.3"/>
+        <x:n v="13.6"/>
+        <x:n v="14.8"/>
+        <x:n v="17.2"/>
+        <x:n v="10.5"/>
+        <x:n v="6.8"/>
+        <x:n v="8.8"/>
+        <x:n v="10.8"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="18.7"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="%"/>
+    <n v="31.1"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="30.8"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="26.2"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="26.5"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="30.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="42.6"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="33.1"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="38.8"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="%"/>
+    <n v="34.2"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="35.5"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="29.6"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="41.3"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="41.2"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="36.6"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="32.3"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="27.8"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="%"/>
+    <n v="27.2"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="28.9"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="27.1"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="24.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="27.5"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="23.6"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="37.8"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="27.2"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="%"/>
+    <n v="34.3"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="37.8"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="28.6"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="39.2"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="35.5"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="33.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="19.7"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="33.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="18.1"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="22.5"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="%"/>
+    <n v="32.8"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="30.2"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="33.9"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="45.6"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="38.3"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="37.5"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="%"/>
+    <n v="30.3"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="32.2"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="24.5"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="33.1"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="37.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="26.9"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="27.3"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="17.6"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="17.9"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="26.6"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="30.6"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="24.9"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="22.1"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="40.1"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="37.7"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="43.3"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="%"/>
+    <n v="31.7"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="31.2"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="25.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="36.8"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="38.6"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="34.2"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="24.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="32.3"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="18.6"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="18.6"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="%"/>
+    <n v="30.8"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="33.3"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="24.3"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="32.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="27.3"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="29.5"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="35.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="%"/>
+    <n v="32.1"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="30.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="28.8"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="38.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="32.5"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="36.8"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="18.1"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="33.1"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="25.1"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="18.7"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="18.7"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="16.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="01"/>
+    <s v="With great difficulty"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="02"/>
+    <s v="With difficulty"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="%"/>
+    <n v="28.9"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="28.3"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="26.1"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="24.5"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="34.1"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="32.6"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="03"/>
+    <s v="With little difficulty"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="39.5"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="%"/>
+    <n v="35.2"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="31.7"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="40.8"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="42.7"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="37.7"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="36.7"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="04"/>
+    <s v="Fairly easily"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="17.2"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="05"/>
+    <s v="Easily"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="-"/>
+    <s v="All household compositions"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="SIA97C01"/>
+    <s v="Households making ends meet"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="06"/>
+    <s v="Very easily"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+</pivotCacheRecords>
 </file>