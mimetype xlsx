--- v1 (2026-01-01)
+++ v2 (2026-02-16)
@@ -1,136 +1,136 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6c4d0ec88554ff0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aec58440080d451a86f23645630c4af6.psmdcp" Id="R87ccb560eab84eaf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf93ce33b99384630" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c0544e5092ac485b8f94d71195411444.psmdcp" Id="R567e83b0ba9940f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>SIA97</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Difficulty in Making Ends Meet</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>08/12/2025 11:00:00</x:t>
+    <x:t>16/01/2026 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
-    <x:t>The data for 2020 to 2022 in this table was updated on 07/03/2024 due to changes made to weights, reflecting updated household population benchmarks, because of the availability of Census 2022 data. SeeInformation Note.(https://www.cso.ie/en/releasesandpublications/in/silc/informationnotecensusrevisions-silc2020to2022/)&lt;br&gt;&lt;br&gt;Statistics in this table are based upon the proportion of respondents who replied to the relevant survey question. Item non-responses are excluded from the frequencies, typically this accounts for less than 1% of respondents.</x:t>
+    <x:t>16 January 2026 - The data relating to 2025 in this table is currently under review and will be re-weighted. Revisions are expected to be published in March 2026.&lt;br&gt;&lt;br&gt;The data for 2020 to 2022 in this table was updated on 07/03/2024 due to changes made to weights, reflecting updated household population benchmarks, because of the availability of Census 2022 data. SeeInformation Note.(https://www.cso.ie/en/releasesandpublications/in/silc/informationnotecensusrevisions-silc2020to2022/)&lt;br&gt;&lt;br&gt;Statistics in this table are based upon the proportion of respondents who replied to the relevant survey question. Item non-responses are excluded from the frequencies, typically this accounts for less than 1% of respondents.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SIA97/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>SILC2020</x:t>
   </x:si>
   <x:si>
     <x:t>Survey of Income and Living Conditions (SILC) from 2020 onwards</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
-    <x:t>Brian Cahill</x:t>
+    <x:t>Eva O'Regan</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>icw@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
-    <x:t>(+353) 21 453 5173</x:t>
+    <x:t>(+353) 21 453 5243</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>