--- v0 (2025-12-28)
+++ v1 (2026-03-06)
@@ -1,136 +1,136 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra34ff44cb0994ff2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0ccecbc040d84279950c6d6021369ec9.psmdcp" Id="R7643bd59a00e4e58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R470ee3fc35344847" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9fcb85cb2e544d759057dd442a67e544.psmdcp" Id="R60956d91d0984e0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>SIA86</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Profile of the Population at Risk of Poverty, Experiencing Deprivation and in Consistent Poverty</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>08/12/2025 11:00:00</x:t>
+    <x:t>16/01/2026 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
-    <x:t>The data for 2020 to 2022 in this table was updated on 07/03/2024 due to changes made to weights, reflecting updated household population benchmarks, because of the availability of Census 2022 data. See Information Note(https://www.cso.ie/en/releasesandpublications/in/silc/informationnotecensusrevisions-silc2020to2022/).&lt;br&gt;&lt;br&gt;Profile of the population at risk of poverty: includes all social transfers, 60% median income threshold.</x:t>
+    <x:t>16 January 2026 - The data relating to 2025 in this table is currently under review and will be re-weighted. Revisions are expected to be published in March 2026.&lt;br&gt;&lt;br&gt;The data for 2020 to 2022 in this table was updated on 07/03/2024 due to changes made to weights, reflecting updated household population benchmarks, because of the availability of Census 2022 data. See Information Note(https://www.cso.ie/en/releasesandpublications/in/silc/informationnotecensusrevisions-silc2020to2022/).&lt;br&gt;&lt;br&gt;Profile of the population at risk of poverty: includes all social transfers, 60% median income threshold.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SIA86/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>SILC2020</x:t>
   </x:si>
   <x:si>
     <x:t>Survey of Income and Living Conditions (SILC) from 2020 onwards</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
-    <x:t>Brian Cahill</x:t>
+    <x:t>Lianora Bermingham</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>icw@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
-    <x:t>(+353) 21 453 5173</x:t>
+    <x:t>(+353) 21 453 5665</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>