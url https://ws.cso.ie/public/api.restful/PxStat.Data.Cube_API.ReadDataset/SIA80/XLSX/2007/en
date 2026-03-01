--- v0 (2026-01-01)
+++ v1 (2026-03-01)
@@ -1,136 +1,136 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc3c575859254d87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/42499bf1b423410ea40d7a0116d284dd.psmdcp" Id="Ree209154676a4442" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d109168a6804f76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7a178557ba0d4a2988a236f46e5b5c4a.psmdcp" Id="R0d1fe9207f3647ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>SIA80</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Persons experiencing Poverty and Deprivation</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>08/12/2025 11:00:00</x:t>
+    <x:t>16/01/2026 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
-    <x:t>The data for 2020 to 2022 in this table was updated on 07/03/2024 due to changes made to weights, reflecting updated household population benchmarks, because of the availability of Census 2022 data. See Information Note(https://www.cso.ie/en/releasesandpublications/in/silc/informationnotecensusrevisions-silc2020to2022/).&lt;br&gt;&lt;br&gt;7th August 2023 - The national SILC question on the affordability of shoes was changed from the affordability of ‘two pairs of strong shoes’ to the affordability of ‘two pairs of properly fitting shoes in good condition that are suitable for daily activities’. The question relating to 'Unable to afford a meal with meat, chicken or fish every second day' has been changed to 'Unable to afford a meal with meat, chicken or fish (or vegetarian equivalent) every second day'.</x:t>
+    <x:t>16 January 2026 - The data relating to 2025 in this table is currently under review and will be re-weighted. Revisions are expected to be published in March 2026.&lt;br&gt;&lt;br&gt;The data for 2020 to 2022 in this table was updated on 07/03/2024 due to changes made to weights, reflecting updated household population benchmarks, because of the availability of Census 2022 data. See Information Note(https://www.cso.ie/en/releasesandpublications/in/silc/informationnotecensusrevisions-silc2020to2022/).&lt;br&gt;&lt;br&gt;7th August 2023 - The national SILC question on the affordability of shoes was changed from the affordability of ‘two pairs of strong shoes’ to the affordability of ‘two pairs of properly fitting shoes in good condition that are suitable for daily activities’. The question relating to 'Unable to afford a meal with meat, chicken or fish every second day' has been changed to 'Unable to afford a meal with meat, chicken or fish (or vegetarian equivalent) every second day'.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SIA80/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>SILC2020</x:t>
   </x:si>
   <x:si>
     <x:t>Survey of Income and Living Conditions (SILC) from 2020 onwards</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
-    <x:t>Brian Cahill</x:t>
+    <x:t>Lianora Bermingham</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>icw@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
-    <x:t>(+353) 21 453 5173</x:t>
+    <x:t>(+353) 21 453 5665</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>