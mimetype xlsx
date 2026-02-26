--- v0 (2026-01-11)
+++ v1 (2026-02-26)
@@ -1,136 +1,136 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47c3dbbcd3084e77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f89ba59268644a56b33d4f90acf3f10b.psmdcp" Id="R1c91d9cdc5d24a21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc09cfc77c99b4915" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0b594d6f625740268f89858d3da4666f.psmdcp" Id="Rb9fcf44a3e254c0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>SIA63</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Income, Poverty and Deprivation Rates</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>08/12/2025 11:00:00</x:t>
+    <x:t>16/01/2026 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
-    <x:t>The data for 2020 to 2022 in this table was updated on 07/03/2024 due to changes made to weights, reflecting updated household population benchmarks, because of the availability of Census 2022 data. See Information Note(https://www.cso.ie/en/releasesandpublications/in/silc/informationnotecensusrevisions-silc2020to2022/). &lt;br&gt;&lt;br&gt;From SILC 2020, the income reference period is the calendar year T-1.&lt;br&gt;&lt;br&gt;Deflator Base Year = 2019, relating to the T-1 income reference period of SILC 2020 (Median Real Household Disposable Income, Mean Real Household Disposable Income, Median Equivalised Real Disposable Income and Mean Equivalised Real Disposable Income)&lt;br&gt;&lt;br&gt;Enforded Deprivation Rate: The share of persons who experience two or more of the eleven deprivation items. &lt;br&gt;&lt;br&gt;Median Real, Mean Real, Median Nominal and Mean Nominal Household Disposable Incomes are averaged over households WHILE Median Equivalised Real, Mean Equivalised Real, Median Equivalised Nominal and Mean Equivalised Nominal Disposable Incomes are averaged over individuals within the household.&lt;br&gt;&lt;br&gt;Sex, Age Group, Principal Economic Status (aged 16 years and over) and Highest Level of Education Completed refers to that of the head of household in the household level income figures. See Background Notes(https://www.cso.ie/en/methods/socialconditions/silc/).</x:t>
+    <x:t>16 January 2026 - The data relating to 2025 in this table is currently under review and will be re-weighted. Revisions are expected to be published in March 2026.&lt;br&gt;&lt;br&gt;The data for 2020 to 2022 in this table was updated on 07/03/2024 due to changes made to weights, reflecting updated household population benchmarks, because of the availability of Census 2022 data. See Information Note(https://www.cso.ie/en/releasesandpublications/in/silc/informationnotecensusrevisions-silc2020to2022/). &lt;br&gt;&lt;br&gt;From SILC 2020, the income reference period is the calendar year T-1.&lt;br&gt;&lt;br&gt;Deflator Base Year = 2019, relating to the T-1 income reference period of SILC 2020 (Median Real Household Disposable Income, Mean Real Household Disposable Income, Median Equivalised Real Disposable Income and Mean Equivalised Real Disposable Income)&lt;br&gt;&lt;br&gt;Enforded Deprivation Rate: The share of persons who experience two or more of the eleven deprivation items. &lt;br&gt;&lt;br&gt;Median Real, Mean Real, Median Nominal and Mean Nominal Household Disposable Incomes are averaged over households WHILE Median Equivalised Real, Mean Equivalised Real, Median Equivalised Nominal and Mean Equivalised Nominal Disposable Incomes are averaged over individuals within the household.&lt;br&gt;&lt;br&gt;Sex, Age Group, Principal Economic Status (aged 16 years and over) and Highest Level of Education Completed refers to that of the head of household in the household level income figures. See Background Notes(https://www.cso.ie/en/methods/socialconditions/silc/).</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SIA63/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>SILC2020</x:t>
   </x:si>
   <x:si>
     <x:t>Survey of Income and Living Conditions (SILC) from 2020 onwards</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
-    <x:t>Brian Cahill</x:t>
+    <x:t>Lianora Bermingham</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>icw@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
-    <x:t>(+353) 21 453 5173</x:t>
+    <x:t>(+353) 21 453 5665</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>