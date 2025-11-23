--- v0 (2025-10-05)
+++ v1 (2025-11-23)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c4275a82c784f58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/55cd23d49ea446f2987599ddad7ff8bb.psmdcp" Id="R68c14ff77f034dd5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0c41177e93245df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/afa33886012b40d7a901543344f205cf.psmdcp" Id="R665b25c08f4441d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>