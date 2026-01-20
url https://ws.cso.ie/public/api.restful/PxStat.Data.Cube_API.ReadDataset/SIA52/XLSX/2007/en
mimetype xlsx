--- v1 (2025-11-23)
+++ v2 (2026-01-20)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0c41177e93245df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/afa33886012b40d7a901543344f205cf.psmdcp" Id="R665b25c08f4441d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R072082cf79044a15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6036ce6b53a74f668209e3e1dfaf0031.psmdcp" Id="R3781d2c175484617" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>SIA52</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Income and Poverty Rates</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/31/2024 11:00:00 AM</x:t>
+    <x:t>31/07/2024 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SIA52/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>SILC</x:t>
   </x:si>
   <x:si>
     <x:t>Survey of Income and Living Conditions (SILC) 2004 to 2019</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Eva O'Regan</x:t>
   </x:si>
@@ -472,355 +472,156 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01783V03119" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Tenure Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H353" totalsRowShown="0">
   <x:autoFilter ref="A1:H353"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C01783V03119"/>
     <x:tableColumn id="6" name="Tenure Status"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1089,51 +890,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SIA52/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1320,51 +1121,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H353"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="43.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="17.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -10530,51 +10331,51 @@
       <x:c r="E353" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H353" s="0">
         <x:v>13.5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -10591,51 +10392,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H353" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="11">
         <x:s v="SIA52C01"/>
         <x:s v="SIA52C02"/>
         <x:s v="SIA52C03"/>
         <x:s v="SIA52C04"/>
         <x:s v="SIA52C05"/>
         <x:s v="SIA52C06"/>
         <x:s v="SIA52C07"/>
         <x:s v="SIA52C08"/>
         <x:s v="SIA52C09"/>
         <x:s v="SIA52C10"/>
         <x:s v="SIA52C11"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="11">
         <x:s v="Median Real Household Disposable Income"/>
         <x:s v="Mean Real Household Disposable Income"/>
         <x:s v="Median Nominal Household Disposable Income"/>
         <x:s v="Mean Nominal Real Disposable Income"/>
         <x:s v="Median Equivalised Real Disposable Income"/>
         <x:s v="Mean Equivalised Real Disposable Income"/>
@@ -11020,27 +10821,3548 @@
         <x:n v="14.3"/>
         <x:n v="3.8"/>
         <x:n v="14.2"/>
         <x:n v="5.3"/>
         <x:n v="15.1"/>
         <x:n v="5.5"/>
         <x:n v="17"/>
         <x:n v="4.9"/>
         <x:n v="15.7"/>
         <x:n v="4.5"/>
         <x:n v="17.4"/>
         <x:n v="4"/>
         <x:n v="17.8"/>
         <x:n v="3.5"/>
         <x:n v="14.1"/>
         <x:n v="13"/>
         <x:n v="1.8"/>
         <x:n v="13.5"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="SIA52C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="40656"/>
+  </r>
+  <r>
+    <s v="SIA52C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="24714"/>
+  </r>
+  <r>
+    <s v="SIA52C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="42035"/>
+  </r>
+  <r>
+    <s v="SIA52C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="25397"/>
+  </r>
+  <r>
+    <s v="SIA52C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="42188"/>
+  </r>
+  <r>
+    <s v="SIA52C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="26117"/>
+  </r>
+  <r>
+    <s v="SIA52C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="45196"/>
+  </r>
+  <r>
+    <s v="SIA52C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="29952"/>
+  </r>
+  <r>
+    <s v="SIA52C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="45233"/>
+  </r>
+  <r>
+    <s v="SIA52C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="29801"/>
+  </r>
+  <r>
+    <s v="SIA52C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="42093"/>
+  </r>
+  <r>
+    <s v="SIA52C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="30494"/>
+  </r>
+  <r>
+    <s v="SIA52C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="41262"/>
+  </r>
+  <r>
+    <s v="SIA52C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="27769"/>
+  </r>
+  <r>
+    <s v="SIA52C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="40711"/>
+  </r>
+  <r>
+    <s v="SIA52C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="26926"/>
+  </r>
+  <r>
+    <s v="SIA52C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="38506"/>
+  </r>
+  <r>
+    <s v="SIA52C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="27092"/>
+  </r>
+  <r>
+    <s v="SIA52C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="39042"/>
+  </r>
+  <r>
+    <s v="SIA52C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="27011"/>
+  </r>
+  <r>
+    <s v="SIA52C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="38608"/>
+  </r>
+  <r>
+    <s v="SIA52C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="28603"/>
+  </r>
+  <r>
+    <s v="SIA52C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="40996"/>
+  </r>
+  <r>
+    <s v="SIA52C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="29579"/>
+  </r>
+  <r>
+    <s v="SIA52C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="42919"/>
+  </r>
+  <r>
+    <s v="SIA52C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="30538"/>
+  </r>
+  <r>
+    <s v="SIA52C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="43943"/>
+  </r>
+  <r>
+    <s v="SIA52C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="31063"/>
+  </r>
+  <r>
+    <s v="SIA52C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="45540"/>
+  </r>
+  <r>
+    <s v="SIA52C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="35962"/>
+  </r>
+  <r>
+    <s v="SIA52C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="46255"/>
+  </r>
+  <r>
+    <s v="SIA52C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="37648"/>
+  </r>
+  <r>
+    <s v="SIA52C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="47810"/>
+  </r>
+  <r>
+    <s v="SIA52C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="31149"/>
+  </r>
+  <r>
+    <s v="SIA52C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="49552"/>
+  </r>
+  <r>
+    <s v="SIA52C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="31746"/>
+  </r>
+  <r>
+    <s v="SIA52C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="51952"/>
+  </r>
+  <r>
+    <s v="SIA52C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="32802"/>
+  </r>
+  <r>
+    <s v="SIA52C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="54488"/>
+  </r>
+  <r>
+    <s v="SIA52C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="34725"/>
+  </r>
+  <r>
+    <s v="SIA52C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="52973"/>
+  </r>
+  <r>
+    <s v="SIA52C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="35498"/>
+  </r>
+  <r>
+    <s v="SIA52C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="50078"/>
+  </r>
+  <r>
+    <s v="SIA52C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="34326"/>
+  </r>
+  <r>
+    <s v="SIA52C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="49388"/>
+  </r>
+  <r>
+    <s v="SIA52C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="32185"/>
+  </r>
+  <r>
+    <s v="SIA52C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="47598"/>
+  </r>
+  <r>
+    <s v="SIA52C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="31217"/>
+  </r>
+  <r>
+    <s v="SIA52C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="45972"/>
+  </r>
+  <r>
+    <s v="SIA52C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="31008"/>
+  </r>
+  <r>
+    <s v="SIA52C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="46089"/>
+  </r>
+  <r>
+    <s v="SIA52C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="31437"/>
+  </r>
+  <r>
+    <s v="SIA52C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="46850"/>
+  </r>
+  <r>
+    <s v="SIA52C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="32777"/>
+  </r>
+  <r>
+    <s v="SIA52C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="48063"/>
+  </r>
+  <r>
+    <s v="SIA52C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="35328"/>
+  </r>
+  <r>
+    <s v="SIA52C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="49757"/>
+  </r>
+  <r>
+    <s v="SIA52C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="35910"/>
+  </r>
+  <r>
+    <s v="SIA52C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="51946"/>
+  </r>
+  <r>
+    <s v="SIA52C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="38002"/>
+  </r>
+  <r>
+    <s v="SIA52C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="54936"/>
+  </r>
+  <r>
+    <s v="SIA52C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="39858"/>
+  </r>
+  <r>
+    <s v="SIA52C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="55660"/>
+  </r>
+  <r>
+    <s v="SIA52C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="42955"/>
+  </r>
+  <r>
+    <s v="SIA52C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="35279"/>
+  </r>
+  <r>
+    <s v="SIA52C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="21446"/>
+  </r>
+  <r>
+    <s v="SIA52C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="37348"/>
+  </r>
+  <r>
+    <s v="SIA52C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="22565"/>
+  </r>
+  <r>
+    <s v="SIA52C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="38673"/>
+  </r>
+  <r>
+    <s v="SIA52C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="23941"/>
+  </r>
+  <r>
+    <s v="SIA52C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="43358"/>
+  </r>
+  <r>
+    <s v="SIA52C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="28734"/>
+  </r>
+  <r>
+    <s v="SIA52C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="45401"/>
+  </r>
+  <r>
+    <s v="SIA52C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="29912"/>
+  </r>
+  <r>
+    <s v="SIA52C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="42093"/>
+  </r>
+  <r>
+    <s v="SIA52C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="30494"/>
+  </r>
+  <r>
+    <s v="SIA52C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="39801"/>
+  </r>
+  <r>
+    <s v="SIA52C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="26786"/>
+  </r>
+  <r>
+    <s v="SIA52C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="39819"/>
+  </r>
+  <r>
+    <s v="SIA52C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="26336"/>
+  </r>
+  <r>
+    <s v="SIA52C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="38506"/>
+  </r>
+  <r>
+    <s v="SIA52C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="27092"/>
+  </r>
+  <r>
+    <s v="SIA52C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="39440"/>
+  </r>
+  <r>
+    <s v="SIA52C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="27287"/>
+  </r>
+  <r>
+    <s v="SIA52C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="39109"/>
+  </r>
+  <r>
+    <s v="SIA52C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="28974"/>
+  </r>
+  <r>
+    <s v="SIA52C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="41469"/>
+  </r>
+  <r>
+    <s v="SIA52C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="29920"/>
+  </r>
+  <r>
+    <s v="SIA52C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="43379"/>
+  </r>
+  <r>
+    <s v="SIA52C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="30865"/>
+  </r>
+  <r>
+    <s v="SIA52C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="44499"/>
+  </r>
+  <r>
+    <s v="SIA52C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="31456"/>
+  </r>
+  <r>
+    <s v="SIA52C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="46276"/>
+  </r>
+  <r>
+    <s v="SIA52C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="36543"/>
+  </r>
+  <r>
+    <s v="SIA52C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="47373"/>
+  </r>
+  <r>
+    <s v="SIA52C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="38558"/>
+  </r>
+  <r>
+    <s v="SIA52C04"/>
+    <s v="Mean Nominal Real Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="41487"/>
+  </r>
+  <r>
+    <s v="SIA52C04"/>
+    <s v="Mean Nominal Real Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="27030"/>
+  </r>
+  <r>
+    <s v="SIA52C04"/>
+    <s v="Mean Nominal Real Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="44027"/>
+  </r>
+  <r>
+    <s v="SIA52C04"/>
+    <s v="Mean Nominal Real Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="28206"/>
+  </r>
+  <r>
+    <s v="SIA52C04"/>
+    <s v="Mean Nominal Real Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="47623"/>
+  </r>
+  <r>
+    <s v="SIA52C04"/>
+    <s v="Mean Nominal Real Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="30069"/>
+  </r>
+  <r>
+    <s v="SIA52C04"/>
+    <s v="Mean Nominal Real Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="52272"/>
+  </r>
+  <r>
+    <s v="SIA52C04"/>
+    <s v="Mean Nominal Real Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="33313"/>
+  </r>
+  <r>
+    <s v="SIA52C04"/>
+    <s v="Mean Nominal Real Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="53170"/>
+  </r>
+  <r>
+    <s v="SIA52C04"/>
+    <s v="Mean Nominal Real Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="35630"/>
+  </r>
+  <r>
+    <s v="SIA52C04"/>
+    <s v="Mean Nominal Real Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="50078"/>
+  </r>
+  <r>
+    <s v="SIA52C04"/>
+    <s v="Mean Nominal Real Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="34326"/>
+  </r>
+  <r>
+    <s v="SIA52C04"/>
+    <s v="Mean Nominal Real Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="47640"/>
+  </r>
+  <r>
+    <s v="SIA52C04"/>
+    <s v="Mean Nominal Real Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="31046"/>
+  </r>
+  <r>
+    <s v="SIA52C04"/>
+    <s v="Mean Nominal Real Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="46555"/>
+  </r>
+  <r>
+    <s v="SIA52C04"/>
+    <s v="Mean Nominal Real Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="30533"/>
+  </r>
+  <r>
+    <s v="SIA52C04"/>
+    <s v="Mean Nominal Real Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="45972"/>
+  </r>
+  <r>
+    <s v="SIA52C04"/>
+    <s v="Mean Nominal Real Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="31008"/>
+  </r>
+  <r>
+    <s v="SIA52C04"/>
+    <s v="Mean Nominal Real Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="46559"/>
+  </r>
+  <r>
+    <s v="SIA52C04"/>
+    <s v="Mean Nominal Real Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="31758"/>
+  </r>
+  <r>
+    <s v="SIA52C04"/>
+    <s v="Mean Nominal Real Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="47457"/>
+  </r>
+  <r>
+    <s v="SIA52C04"/>
+    <s v="Mean Nominal Real Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="33202"/>
+  </r>
+  <r>
+    <s v="SIA52C04"/>
+    <s v="Mean Nominal Real Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="48617"/>
+  </r>
+  <r>
+    <s v="SIA52C04"/>
+    <s v="Mean Nominal Real Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="35735"/>
+  </r>
+  <r>
+    <s v="SIA52C04"/>
+    <s v="Mean Nominal Real Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="50290"/>
+  </r>
+  <r>
+    <s v="SIA52C04"/>
+    <s v="Mean Nominal Real Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="36295"/>
+  </r>
+  <r>
+    <s v="SIA52C04"/>
+    <s v="Mean Nominal Real Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="52604"/>
+  </r>
+  <r>
+    <s v="SIA52C04"/>
+    <s v="Mean Nominal Real Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="38483"/>
+  </r>
+  <r>
+    <s v="SIA52C04"/>
+    <s v="Mean Nominal Real Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="55824"/>
+  </r>
+  <r>
+    <s v="SIA52C04"/>
+    <s v="Mean Nominal Real Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="40502"/>
+  </r>
+  <r>
+    <s v="SIA52C04"/>
+    <s v="Mean Nominal Real Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="57005"/>
+  </r>
+  <r>
+    <s v="SIA52C04"/>
+    <s v="Mean Nominal Real Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="43993"/>
+  </r>
+  <r>
+    <s v="SIA52C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="19976"/>
+  </r>
+  <r>
+    <s v="SIA52C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="12993"/>
+  </r>
+  <r>
+    <s v="SIA52C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="20787"/>
+  </r>
+  <r>
+    <s v="SIA52C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="12777"/>
+  </r>
+  <r>
+    <s v="SIA52C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="21149"/>
+  </r>
+  <r>
+    <s v="SIA52C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="13885"/>
+  </r>
+  <r>
+    <s v="SIA52C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="22414"/>
+  </r>
+  <r>
+    <s v="SIA52C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="14764"/>
+  </r>
+  <r>
+    <s v="SIA52C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="22347"/>
+  </r>
+  <r>
+    <s v="SIA52C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="15085"/>
+  </r>
+  <r>
+    <s v="SIA52C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="22397"/>
+  </r>
+  <r>
+    <s v="SIA52C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="15049"/>
+  </r>
+  <r>
+    <s v="SIA52C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="21418"/>
+  </r>
+  <r>
+    <s v="SIA52C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="14803"/>
+  </r>
+  <r>
+    <s v="SIA52C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="21159"/>
+  </r>
+  <r>
+    <s v="SIA52C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="14484"/>
+  </r>
+  <r>
+    <s v="SIA52C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="20415"/>
+  </r>
+  <r>
+    <s v="SIA52C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="14021"/>
+  </r>
+  <r>
+    <s v="SIA52C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="20229"/>
+  </r>
+  <r>
+    <s v="SIA52C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="13810"/>
+  </r>
+  <r>
+    <s v="SIA52C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="20736"/>
+  </r>
+  <r>
+    <s v="SIA52C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="14176"/>
+  </r>
+  <r>
+    <s v="SIA52C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="21581"/>
+  </r>
+  <r>
+    <s v="SIA52C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="14502"/>
+  </r>
+  <r>
+    <s v="SIA52C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="22686"/>
+  </r>
+  <r>
+    <s v="SIA52C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="15091"/>
+  </r>
+  <r>
+    <s v="SIA52C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="23232"/>
+  </r>
+  <r>
+    <s v="SIA52C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="15356"/>
+  </r>
+  <r>
+    <s v="SIA52C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="24333"/>
+  </r>
+  <r>
+    <s v="SIA52C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="17560"/>
+  </r>
+  <r>
+    <s v="SIA52C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="26005"/>
+  </r>
+  <r>
+    <s v="SIA52C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="18754"/>
+  </r>
+  <r>
+    <s v="SIA52C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="22850"/>
+  </r>
+  <r>
+    <s v="SIA52C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="16158"/>
+  </r>
+  <r>
+    <s v="SIA52C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="24045"/>
+  </r>
+  <r>
+    <s v="SIA52C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="15820"/>
+  </r>
+  <r>
+    <s v="SIA52C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="25010"/>
+  </r>
+  <r>
+    <s v="SIA52C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="16585"/>
+  </r>
+  <r>
+    <s v="SIA52C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="26566"/>
+  </r>
+  <r>
+    <s v="SIA52C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="17625"/>
+  </r>
+  <r>
+    <s v="SIA52C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="26067"/>
+  </r>
+  <r>
+    <s v="SIA52C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="18228"/>
+  </r>
+  <r>
+    <s v="SIA52C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="25400"/>
+  </r>
+  <r>
+    <s v="SIA52C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="17508"/>
+  </r>
+  <r>
+    <s v="SIA52C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="25085"/>
+  </r>
+  <r>
+    <s v="SIA52C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="17077"/>
+  </r>
+  <r>
+    <s v="SIA52C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="24276"/>
+  </r>
+  <r>
+    <s v="SIA52C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="16360"/>
+  </r>
+  <r>
+    <s v="SIA52C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="23472"/>
+  </r>
+  <r>
+    <s v="SIA52C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="16354"/>
+  </r>
+  <r>
+    <s v="SIA52C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="23614"/>
+  </r>
+  <r>
+    <s v="SIA52C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="16376"/>
+  </r>
+  <r>
+    <s v="SIA52C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="24136"/>
+  </r>
+  <r>
+    <s v="SIA52C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="16608"/>
+  </r>
+  <r>
+    <s v="SIA52C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="24933"/>
+  </r>
+  <r>
+    <s v="SIA52C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="17726"/>
+  </r>
+  <r>
+    <s v="SIA52C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="25946"/>
+  </r>
+  <r>
+    <s v="SIA52C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="17693"/>
+  </r>
+  <r>
+    <s v="SIA52C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="27058"/>
+  </r>
+  <r>
+    <s v="SIA52C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="19221"/>
+  </r>
+  <r>
+    <s v="SIA52C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="28751"/>
+  </r>
+  <r>
+    <s v="SIA52C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="20620"/>
+  </r>
+  <r>
+    <s v="SIA52C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="29613"/>
+  </r>
+  <r>
+    <s v="SIA52C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="22178"/>
+  </r>
+  <r>
+    <s v="SIA52C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="17334"/>
+  </r>
+  <r>
+    <s v="SIA52C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="11275"/>
+  </r>
+  <r>
+    <s v="SIA52C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="18469"/>
+  </r>
+  <r>
+    <s v="SIA52C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="11352"/>
+  </r>
+  <r>
+    <s v="SIA52C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="19387"/>
+  </r>
+  <r>
+    <s v="SIA52C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="12728"/>
+  </r>
+  <r>
+    <s v="SIA52C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="21502"/>
+  </r>
+  <r>
+    <s v="SIA52C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="14163"/>
+  </r>
+  <r>
+    <s v="SIA52C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="22430"/>
+  </r>
+  <r>
+    <s v="SIA52C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="15141"/>
+  </r>
+  <r>
+    <s v="SIA52C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="22397"/>
+  </r>
+  <r>
+    <s v="SIA52C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="15049"/>
+  </r>
+  <r>
+    <s v="SIA52C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="20660"/>
+  </r>
+  <r>
+    <s v="SIA52C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="14279"/>
+  </r>
+  <r>
+    <s v="SIA52C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="20695"/>
+  </r>
+  <r>
+    <s v="SIA52C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="14167"/>
+  </r>
+  <r>
+    <s v="SIA52C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="20415"/>
+  </r>
+  <r>
+    <s v="SIA52C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="14021"/>
+  </r>
+  <r>
+    <s v="SIA52C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="20435"/>
+  </r>
+  <r>
+    <s v="SIA52C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="13951"/>
+  </r>
+  <r>
+    <s v="SIA52C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="21005"/>
+  </r>
+  <r>
+    <s v="SIA52C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="14360"/>
+  </r>
+  <r>
+    <s v="SIA52C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="21830"/>
+  </r>
+  <r>
+    <s v="SIA52C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="14669"/>
+  </r>
+  <r>
+    <s v="SIA52C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="22929"/>
+  </r>
+  <r>
+    <s v="SIA52C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="15253"/>
+  </r>
+  <r>
+    <s v="SIA52C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="23526"/>
+  </r>
+  <r>
+    <s v="SIA52C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="15550"/>
+  </r>
+  <r>
+    <s v="SIA52C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="24726"/>
+  </r>
+  <r>
+    <s v="SIA52C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="17844"/>
+  </r>
+  <r>
+    <s v="SIA52C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="26634"/>
+  </r>
+  <r>
+    <s v="SIA52C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="19207"/>
+  </r>
+  <r>
+    <s v="SIA52C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="19828"/>
+  </r>
+  <r>
+    <s v="SIA52C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="14021"/>
+  </r>
+  <r>
+    <s v="SIA52C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="21364"/>
+  </r>
+  <r>
+    <s v="SIA52C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="14056"/>
+  </r>
+  <r>
+    <s v="SIA52C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="22926"/>
+  </r>
+  <r>
+    <s v="SIA52C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="15203"/>
+  </r>
+  <r>
+    <s v="SIA52C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="25485"/>
+  </r>
+  <r>
+    <s v="SIA52C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="16908"/>
+  </r>
+  <r>
+    <s v="SIA52C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="26164"/>
+  </r>
+  <r>
+    <s v="SIA52C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="18296"/>
+  </r>
+  <r>
+    <s v="SIA52C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="25400"/>
+  </r>
+  <r>
+    <s v="SIA52C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="17508"/>
+  </r>
+  <r>
+    <s v="SIA52C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="24197"/>
+  </r>
+  <r>
+    <s v="SIA52C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="16472"/>
+  </r>
+  <r>
+    <s v="SIA52C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="23744"/>
+  </r>
+  <r>
+    <s v="SIA52C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="16002"/>
+  </r>
+  <r>
+    <s v="SIA52C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="23472"/>
+  </r>
+  <r>
+    <s v="SIA52C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="16354"/>
+  </r>
+  <r>
+    <s v="SIA52C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="23855"/>
+  </r>
+  <r>
+    <s v="SIA52C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="16543"/>
+  </r>
+  <r>
+    <s v="SIA52C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="24449"/>
+  </r>
+  <r>
+    <s v="SIA52C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="16823"/>
+  </r>
+  <r>
+    <s v="SIA52C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="25221"/>
+  </r>
+  <r>
+    <s v="SIA52C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="17930"/>
+  </r>
+  <r>
+    <s v="SIA52C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="26224"/>
+  </r>
+  <r>
+    <s v="SIA52C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="17883"/>
+  </r>
+  <r>
+    <s v="SIA52C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="27400"/>
+  </r>
+  <r>
+    <s v="SIA52C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="19464"/>
+  </r>
+  <r>
+    <s v="SIA52C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="29216"/>
+  </r>
+  <r>
+    <s v="SIA52C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="20953"/>
+  </r>
+  <r>
+    <s v="SIA52C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="Euro"/>
+    <n v="30329"/>
+  </r>
+  <r>
+    <s v="SIA52C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="Euro"/>
+    <n v="22714"/>
+  </r>
+  <r>
+    <s v="SIA52C09"/>
+    <s v="At Risk of Povery Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="SIA52C09"/>
+    <s v="At Risk of Povery Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="34.9"/>
+  </r>
+  <r>
+    <s v="SIA52C09"/>
+    <s v="At Risk of Povery Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="SIA52C09"/>
+    <s v="At Risk of Povery Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="SIA52C09"/>
+    <s v="At Risk of Povery Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="SIA52C09"/>
+    <s v="At Risk of Povery Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="33.6"/>
+  </r>
+  <r>
+    <s v="SIA52C09"/>
+    <s v="At Risk of Povery Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="SIA52C09"/>
+    <s v="At Risk of Povery Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="34.8"/>
+  </r>
+  <r>
+    <s v="SIA52C09"/>
+    <s v="At Risk of Povery Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="SIA52C09"/>
+    <s v="At Risk of Povery Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="24.7"/>
+  </r>
+  <r>
+    <s v="SIA52C09"/>
+    <s v="At Risk of Povery Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="SIA52C09"/>
+    <s v="At Risk of Povery Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="25.2"/>
+  </r>
+  <r>
+    <s v="SIA52C09"/>
+    <s v="At Risk of Povery Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="SIA52C09"/>
+    <s v="At Risk of Povery Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="23.4"/>
+  </r>
+  <r>
+    <s v="SIA52C09"/>
+    <s v="At Risk of Povery Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="SIA52C09"/>
+    <s v="At Risk of Povery Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="28.5"/>
+  </r>
+  <r>
+    <s v="SIA52C09"/>
+    <s v="At Risk of Povery Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="SIA52C09"/>
+    <s v="At Risk of Povery Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="26.7"/>
+  </r>
+  <r>
+    <s v="SIA52C09"/>
+    <s v="At Risk of Povery Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="SIA52C09"/>
+    <s v="At Risk of Povery Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="26.7"/>
+  </r>
+  <r>
+    <s v="SIA52C09"/>
+    <s v="At Risk of Povery Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="SIA52C09"/>
+    <s v="At Risk of Povery Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="SIA52C09"/>
+    <s v="At Risk of Povery Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="SIA52C09"/>
+    <s v="At Risk of Povery Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="28.9"/>
+  </r>
+  <r>
+    <s v="SIA52C09"/>
+    <s v="At Risk of Povery Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="SIA52C09"/>
+    <s v="At Risk of Povery Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="29.6"/>
+  </r>
+  <r>
+    <s v="SIA52C09"/>
+    <s v="At Risk of Povery Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="SIA52C09"/>
+    <s v="At Risk of Povery Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="29.1"/>
+  </r>
+  <r>
+    <s v="SIA52C09"/>
+    <s v="At Risk of Povery Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="SIA52C09"/>
+    <s v="At Risk of Povery Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="25.5"/>
+  </r>
+  <r>
+    <s v="SIA52C09"/>
+    <s v="At Risk of Povery Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="SIA52C09"/>
+    <s v="At Risk of Povery Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="24.8"/>
+  </r>
+  <r>
+    <s v="SIA52C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="SIA52C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="38.1"/>
+  </r>
+  <r>
+    <s v="SIA52C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="SIA52C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="37.6"/>
+  </r>
+  <r>
+    <s v="SIA52C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="SIA52C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="SIA52C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="SIA52C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="30.2"/>
+  </r>
+  <r>
+    <s v="SIA52C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="SIA52C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="SIA52C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="SIA52C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="38.4"/>
+  </r>
+  <r>
+    <s v="SIA52C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="SIA52C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="44.1"/>
+  </r>
+  <r>
+    <s v="SIA52C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="17.2"/>
+  </r>
+  <r>
+    <s v="SIA52C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="41.7"/>
+  </r>
+  <r>
+    <s v="SIA52C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="SIA52C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="43.1"/>
+  </r>
+  <r>
+    <s v="SIA52C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="23.1"/>
+  </r>
+  <r>
+    <s v="SIA52C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="47.8"/>
+  </r>
+  <r>
+    <s v="SIA52C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="22.1"/>
+  </r>
+  <r>
+    <s v="SIA52C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="43.7"/>
+  </r>
+  <r>
+    <s v="SIA52C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="SIA52C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="41.5"/>
+  </r>
+  <r>
+    <s v="SIA52C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="SIA52C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="SIA52C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="SIA52C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="33.1"/>
+  </r>
+  <r>
+    <s v="SIA52C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="SIA52C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="27.4"/>
+  </r>
+  <r>
+    <s v="SIA52C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="SIA52C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="34.4"/>
+  </r>
+  <r>
+    <s v="SIA52C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="SIA52C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="SIA52C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="SIA52C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="19.6"/>
+  </r>
+  <r>
+    <s v="SIA52C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="SIA52C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="SIA52C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="SIA52C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="SIA52C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="SIA52C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="SIA52C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="SIA52C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="SIA52C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="SIA52C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="SIA52C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="SIA52C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="SIA52C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="SIA52C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="SIA52C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="SIA52C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="SIA52C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="SIA52C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="SIA52C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="SIA52C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="17.4"/>
+  </r>
+  <r>
+    <s v="SIA52C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="SIA52C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="SIA52C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="SIA52C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="SIA52C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="SIA52C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="SIA52C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="SIA52C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Rented or rent free"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+</pivotCacheRecords>
 </file>