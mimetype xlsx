--- v2 (2026-01-20)
+++ v3 (2026-03-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R072082cf79044a15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6036ce6b53a74f668209e3e1dfaf0031.psmdcp" Id="R3781d2c175484617" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc82d003db77b41cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/523e0c0c1d4741c1a67e2c9d23356186.psmdcp" Id="R34a41f20fc794654" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
@@ -71,63 +71,63 @@
   <x:si>
     <x:t>31/07/2024 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SIA52/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>SILC</x:t>
   </x:si>
   <x:si>
     <x:t>Survey of Income and Living Conditions (SILC) 2004 to 2019</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
-    <x:t>Eva O'Regan</x:t>
+    <x:t>Lianora Bermingham</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>icw@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
-    <x:t>(+353) 21 453 5243</x:t>
+    <x:t>(+353) 21 453 5665</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>