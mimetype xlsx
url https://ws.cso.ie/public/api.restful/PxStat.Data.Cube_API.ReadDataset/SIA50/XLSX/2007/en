--- v0 (2025-11-10)
+++ v1 (2026-02-07)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd20c2421e0f04e93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/17dfbed30402499da60745d92d9f401a.psmdcp" Id="R74cb03ba493949b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0878d7ba8a04171" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/22a4d7b2413945778e3ab28bf5f3e66a.psmdcp" Id="R9331435d8b974607" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>SIA50</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Demographic Characteristics of Individuals</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>10/27/2020 11:00:00 AM</x:t>
+    <x:t>27/10/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Note: The composition of the NUTS regions changed in 2016 and took effect for the SILC survey from 2017. Data from 2012 to 2016 has also been revised to reflect these changes. Please see background notes of the 2017 SILC release for additional information. </x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SIA50/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>SILC</x:t>
   </x:si>
   <x:si>
     <x:t>Survey of Income and Living Conditions (SILC) 2004 to 2019</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -460,323 +460,154 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...271 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V04140" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Region" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02305V02776" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Deciles" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J265" totalsRowShown="0">
   <x:autoFilter ref="A1:J265"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02196V04140"/>
     <x:tableColumn id="6" name="Region"/>
     <x:tableColumn id="7" name="C02305V02776"/>
     <x:tableColumn id="8" name="Deciles"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1047,51 +878,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SIA50/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1280,51 +1111,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J265"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="39.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="21.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="7.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -9794,51 +9625,51 @@
       <x:c r="G265" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I265" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J265" s="0">
         <x:v>12.9</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -9855,51 +9686,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J265" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="SIA50"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Demographic Characteristics of Individuals"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="8">
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
@@ -10034,27 +9865,3196 @@
         <x:n v="6.3"/>
         <x:n v="14.5"/>
         <x:n v="12.1"/>
         <x:n v="14.4"/>
         <x:n v="13.1"/>
         <x:n v="6.1"/>
         <x:n v="5.1"/>
         <x:n v="9.6"/>
         <x:n v="6.6"/>
         <x:n v="14"/>
         <x:n v="13.2"/>
         <x:n v="12.5"/>
         <x:n v="7.2"/>
         <x:n v="9.4"/>
         <x:n v="6.8"/>
         <x:n v="14.7"/>
         <x:n v="7.6"/>
         <x:n v="5.3"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="-"/>
+    <s v="All deciles"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="01"/>
+    <s v="1st decile"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="02"/>
+    <s v="2nd decile"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="03"/>
+    <s v="3rd decile"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="04"/>
+    <s v="4th decile"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="05"/>
+    <s v="5th decile"/>
+    <s v="%"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="06"/>
+    <s v="6th decile"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="07"/>
+    <s v="7th decile"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="08"/>
+    <s v="8th decile"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="09"/>
+    <s v="9th decile"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="10"/>
+    <s v="10th decile"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="-"/>
+    <s v="All deciles"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="01"/>
+    <s v="1st decile"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="02"/>
+    <s v="2nd decile"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="03"/>
+    <s v="3rd decile"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="04"/>
+    <s v="4th decile"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="05"/>
+    <s v="5th decile"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="06"/>
+    <s v="6th decile"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="07"/>
+    <s v="7th decile"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="08"/>
+    <s v="8th decile"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="09"/>
+    <s v="9th decile"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="10"/>
+    <s v="10th decile"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="-"/>
+    <s v="All deciles"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="01"/>
+    <s v="1st decile"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="02"/>
+    <s v="2nd decile"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="03"/>
+    <s v="3rd decile"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="04"/>
+    <s v="4th decile"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="05"/>
+    <s v="5th decile"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="06"/>
+    <s v="6th decile"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="07"/>
+    <s v="7th decile"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="08"/>
+    <s v="8th decile"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="09"/>
+    <s v="9th decile"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="10"/>
+    <s v="10th decile"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="-"/>
+    <s v="All deciles"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="01"/>
+    <s v="1st decile"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="02"/>
+    <s v="2nd decile"/>
+    <s v="%"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="03"/>
+    <s v="3rd decile"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="04"/>
+    <s v="4th decile"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="05"/>
+    <s v="5th decile"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="06"/>
+    <s v="6th decile"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="07"/>
+    <s v="7th decile"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="08"/>
+    <s v="8th decile"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="09"/>
+    <s v="9th decile"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="10"/>
+    <s v="10th decile"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="-"/>
+    <s v="All deciles"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="01"/>
+    <s v="1st decile"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="02"/>
+    <s v="2nd decile"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="03"/>
+    <s v="3rd decile"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="04"/>
+    <s v="4th decile"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="05"/>
+    <s v="5th decile"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="06"/>
+    <s v="6th decile"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="07"/>
+    <s v="7th decile"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="08"/>
+    <s v="8th decile"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="09"/>
+    <s v="9th decile"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="10"/>
+    <s v="10th decile"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="-"/>
+    <s v="All deciles"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="01"/>
+    <s v="1st decile"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="02"/>
+    <s v="2nd decile"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="03"/>
+    <s v="3rd decile"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="04"/>
+    <s v="4th decile"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="05"/>
+    <s v="5th decile"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="06"/>
+    <s v="6th decile"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="07"/>
+    <s v="7th decile"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="08"/>
+    <s v="8th decile"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="09"/>
+    <s v="9th decile"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="10"/>
+    <s v="10th decile"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="-"/>
+    <s v="All deciles"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="01"/>
+    <s v="1st decile"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="02"/>
+    <s v="2nd decile"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="03"/>
+    <s v="3rd decile"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="04"/>
+    <s v="4th decile"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="05"/>
+    <s v="5th decile"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="06"/>
+    <s v="6th decile"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="07"/>
+    <s v="7th decile"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="08"/>
+    <s v="8th decile"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="09"/>
+    <s v="9th decile"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="10"/>
+    <s v="10th decile"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="-"/>
+    <s v="All deciles"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="01"/>
+    <s v="1st decile"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="02"/>
+    <s v="2nd decile"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="03"/>
+    <s v="3rd decile"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="04"/>
+    <s v="4th decile"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="05"/>
+    <s v="5th decile"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="06"/>
+    <s v="6th decile"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="07"/>
+    <s v="7th decile"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="08"/>
+    <s v="8th decile"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="09"/>
+    <s v="9th decile"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="10"/>
+    <s v="10th decile"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="-"/>
+    <s v="All deciles"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="01"/>
+    <s v="1st decile"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="02"/>
+    <s v="2nd decile"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="03"/>
+    <s v="3rd decile"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="04"/>
+    <s v="4th decile"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="05"/>
+    <s v="5th decile"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="06"/>
+    <s v="6th decile"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="07"/>
+    <s v="7th decile"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="08"/>
+    <s v="8th decile"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="09"/>
+    <s v="9th decile"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="10"/>
+    <s v="10th decile"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="-"/>
+    <s v="All deciles"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="01"/>
+    <s v="1st decile"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="02"/>
+    <s v="2nd decile"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="03"/>
+    <s v="3rd decile"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="04"/>
+    <s v="4th decile"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="05"/>
+    <s v="5th decile"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="06"/>
+    <s v="6th decile"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="07"/>
+    <s v="7th decile"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="08"/>
+    <s v="8th decile"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="09"/>
+    <s v="9th decile"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="10"/>
+    <s v="10th decile"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="-"/>
+    <s v="All deciles"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="01"/>
+    <s v="1st decile"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="02"/>
+    <s v="2nd decile"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="03"/>
+    <s v="3rd decile"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="04"/>
+    <s v="4th decile"/>
+    <s v="%"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="05"/>
+    <s v="5th decile"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="06"/>
+    <s v="6th decile"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="07"/>
+    <s v="7th decile"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="08"/>
+    <s v="8th decile"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="09"/>
+    <s v="9th decile"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="10"/>
+    <s v="10th decile"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="-"/>
+    <s v="All deciles"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="01"/>
+    <s v="1st decile"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="02"/>
+    <s v="2nd decile"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="03"/>
+    <s v="3rd decile"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="04"/>
+    <s v="4th decile"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="05"/>
+    <s v="5th decile"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="06"/>
+    <s v="6th decile"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="07"/>
+    <s v="7th decile"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="08"/>
+    <s v="8th decile"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="09"/>
+    <s v="9th decile"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="10"/>
+    <s v="10th decile"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="-"/>
+    <s v="All deciles"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="01"/>
+    <s v="1st decile"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="02"/>
+    <s v="2nd decile"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="03"/>
+    <s v="3rd decile"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="04"/>
+    <s v="4th decile"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="05"/>
+    <s v="5th decile"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="06"/>
+    <s v="6th decile"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="07"/>
+    <s v="7th decile"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="08"/>
+    <s v="8th decile"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="09"/>
+    <s v="9th decile"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="10"/>
+    <s v="10th decile"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="-"/>
+    <s v="All deciles"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="01"/>
+    <s v="1st decile"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="02"/>
+    <s v="2nd decile"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="03"/>
+    <s v="3rd decile"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="04"/>
+    <s v="4th decile"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="05"/>
+    <s v="5th decile"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="06"/>
+    <s v="6th decile"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="07"/>
+    <s v="7th decile"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="08"/>
+    <s v="8th decile"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="09"/>
+    <s v="9th decile"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="10"/>
+    <s v="10th decile"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="-"/>
+    <s v="All deciles"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="01"/>
+    <s v="1st decile"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="02"/>
+    <s v="2nd decile"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="03"/>
+    <s v="3rd decile"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="04"/>
+    <s v="4th decile"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="05"/>
+    <s v="5th decile"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="06"/>
+    <s v="6th decile"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="07"/>
+    <s v="7th decile"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="08"/>
+    <s v="8th decile"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="09"/>
+    <s v="9th decile"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="10"/>
+    <s v="10th decile"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="-"/>
+    <s v="All deciles"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="01"/>
+    <s v="1st decile"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="02"/>
+    <s v="2nd decile"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="03"/>
+    <s v="3rd decile"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="04"/>
+    <s v="4th decile"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="05"/>
+    <s v="5th decile"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="06"/>
+    <s v="6th decile"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="07"/>
+    <s v="7th decile"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="08"/>
+    <s v="8th decile"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="09"/>
+    <s v="9th decile"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="10"/>
+    <s v="10th decile"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="-"/>
+    <s v="All deciles"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="01"/>
+    <s v="1st decile"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="02"/>
+    <s v="2nd decile"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="03"/>
+    <s v="3rd decile"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="04"/>
+    <s v="4th decile"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="05"/>
+    <s v="5th decile"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="06"/>
+    <s v="6th decile"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="07"/>
+    <s v="7th decile"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="08"/>
+    <s v="8th decile"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="09"/>
+    <s v="9th decile"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="10"/>
+    <s v="10th decile"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="-"/>
+    <s v="All deciles"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="01"/>
+    <s v="1st decile"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="02"/>
+    <s v="2nd decile"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="03"/>
+    <s v="3rd decile"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="04"/>
+    <s v="4th decile"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="05"/>
+    <s v="5th decile"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="06"/>
+    <s v="6th decile"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="07"/>
+    <s v="7th decile"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="08"/>
+    <s v="8th decile"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="09"/>
+    <s v="9th decile"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="10"/>
+    <s v="10th decile"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="-"/>
+    <s v="All deciles"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="01"/>
+    <s v="1st decile"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="02"/>
+    <s v="2nd decile"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="03"/>
+    <s v="3rd decile"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="04"/>
+    <s v="4th decile"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="05"/>
+    <s v="5th decile"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="06"/>
+    <s v="6th decile"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="07"/>
+    <s v="7th decile"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="08"/>
+    <s v="8th decile"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="09"/>
+    <s v="9th decile"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="10"/>
+    <s v="10th decile"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="-"/>
+    <s v="All deciles"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="01"/>
+    <s v="1st decile"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="02"/>
+    <s v="2nd decile"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="03"/>
+    <s v="3rd decile"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="04"/>
+    <s v="4th decile"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="05"/>
+    <s v="5th decile"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="06"/>
+    <s v="6th decile"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="07"/>
+    <s v="7th decile"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="08"/>
+    <s v="8th decile"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="09"/>
+    <s v="9th decile"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="10"/>
+    <s v="10th decile"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="-"/>
+    <s v="All deciles"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="01"/>
+    <s v="1st decile"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="02"/>
+    <s v="2nd decile"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="03"/>
+    <s v="3rd decile"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="04"/>
+    <s v="4th decile"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="05"/>
+    <s v="5th decile"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="06"/>
+    <s v="6th decile"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="07"/>
+    <s v="7th decile"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="08"/>
+    <s v="8th decile"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="09"/>
+    <s v="9th decile"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="10"/>
+    <s v="10th decile"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="-"/>
+    <s v="All deciles"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="01"/>
+    <s v="1st decile"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="02"/>
+    <s v="2nd decile"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="03"/>
+    <s v="3rd decile"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="04"/>
+    <s v="4th decile"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="05"/>
+    <s v="5th decile"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="06"/>
+    <s v="6th decile"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="07"/>
+    <s v="7th decile"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="08"/>
+    <s v="8th decile"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="09"/>
+    <s v="9th decile"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE04"/>
+    <s v="Northern and Western"/>
+    <s v="10"/>
+    <s v="10th decile"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="-"/>
+    <s v="All deciles"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="01"/>
+    <s v="1st decile"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="02"/>
+    <s v="2nd decile"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="03"/>
+    <s v="3rd decile"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="04"/>
+    <s v="4th decile"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="05"/>
+    <s v="5th decile"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="06"/>
+    <s v="6th decile"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="07"/>
+    <s v="7th decile"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="08"/>
+    <s v="8th decile"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="09"/>
+    <s v="9th decile"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE05"/>
+    <s v="Southern"/>
+    <s v="10"/>
+    <s v="10th decile"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="-"/>
+    <s v="All deciles"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="01"/>
+    <s v="1st decile"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="02"/>
+    <s v="2nd decile"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="03"/>
+    <s v="3rd decile"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="04"/>
+    <s v="4th decile"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="05"/>
+    <s v="5th decile"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="06"/>
+    <s v="6th decile"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="07"/>
+    <s v="7th decile"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="08"/>
+    <s v="8th decile"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="09"/>
+    <s v="9th decile"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="SIA50"/>
+    <s v="Demographic Characteristics of Individuals"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE06"/>
+    <s v="Eastern and Midland"/>
+    <s v="10"/>
+    <s v="10th decile"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+</pivotCacheRecords>
 </file>