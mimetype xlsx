--- v0 (2025-10-07)
+++ v1 (2025-11-26)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80e95e34ef424542" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1e10188d0af54adba0d821cc1510156e.psmdcp" Id="R5dece3fa60eb473c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c0ad808260f442c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/949ed60f46264635b922ee1605497f89.psmdcp" Id="Ra6d48d6447d249bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>