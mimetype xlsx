--- v1 (2025-11-26)
+++ v2 (2026-03-07)
@@ -1,136 +1,136 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c0ad808260f442c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/949ed60f46264635b922ee1605497f89.psmdcp" Id="Ra6d48d6447d249bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d957ce9392e4eb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fb21cd2e28f344eabbe09fed0420ae81.psmdcp" Id="R4454efdd681f4e64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>SIA34</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Profile of the Population at Risk of Poverty, Experiencing Deprivation and in Consistent Poverty</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/31/2024 11:00:00 AM</x:t>
+    <x:t>31/07/2024 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>2018 estimates for urban/rural have been revised. Profile of the population at risk of poverty: includes all social transfers, 60% median income threshold. Profile of the population experiencing deprivation: an individual is defined as being deprived if they experience two or more forms of enforced deprivation (enforced deprivation rate).&lt;br&gt;.. Data not available/not applicable/enforced deprivation rate data (experienced two or more types of enforced deprivation) is not available prior to 2009 See background notes(https://www.cso.ie/en/methods/socialconditions/silc/)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SIA34/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>SILC</x:t>
   </x:si>
   <x:si>
     <x:t>Survey of Income and Living Conditions (SILC) 2004 to 2019</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
-    <x:t>Eva O'Regan</x:t>
+    <x:t>Lianora Bermingham</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>icw@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
-    <x:t>(+353) 21 453 5243</x:t>
+    <x:t>(+353) 21 453 5665</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>
@@ -237,50 +237,53 @@
     <x:t>2015</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>SIA34C2</x:t>
   </x:si>
   <x:si>
     <x:t>At Risk of Poverty</x:t>
   </x:si>
   <x:si>
     <x:t>SIA34C3</x:t>
   </x:si>
   <x:si>
     <x:t>In Enforced Deprivation</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>SIA34C4</x:t>
   </x:si>
   <x:si>
     <x:t>In Consistent Poverty</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
@@ -424,283 +427,138 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...231 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02106V02545" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Urban and Rural" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H113" totalsRowShown="0">
   <x:autoFilter ref="A1:H113"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02106V02545"/>
     <x:tableColumn id="6" name="Urban and Rural"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -969,51 +827,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SIA34/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1202,51 +1060,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H113"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="17.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -2726,211 +2584,235 @@
         <x:v>28.7</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8">
       <x:c r="A58" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H58" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="59" spans="1:8">
       <x:c r="A59" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H59" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
       <x:c r="A60" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H60" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H61" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H62" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="63" spans="1:8">
       <x:c r="A63" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H63" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="64" spans="1:8">
       <x:c r="A64" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H64" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="65" spans="1:8">
       <x:c r="A65" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H65" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H66" s="0">
         <x:v>61.5</x:v>
@@ -3410,789 +3292,789 @@
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H85" s="0">
         <x:v>23.3</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H86" s="0">
         <x:v>63.9</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H87" s="0">
         <x:v>36.1</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H88" s="0">
         <x:v>69.4</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H89" s="0">
         <x:v>30.6</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H90" s="0">
         <x:v>61.8</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H91" s="0">
         <x:v>38.2</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H92" s="0">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H93" s="0">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H94" s="0">
         <x:v>63.3</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H95" s="0">
         <x:v>36.7</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H96" s="0">
         <x:v>60.3</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H97" s="0">
         <x:v>39.7</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H98" s="0">
         <x:v>62.8</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H99" s="0">
         <x:v>37.2</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H100" s="0">
         <x:v>49.7</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H101" s="0">
         <x:v>50.3</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H102" s="0">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8">
       <x:c r="A103" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H103" s="0">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H104" s="0">
         <x:v>65.6</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H105" s="0">
         <x:v>34.4</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8">
       <x:c r="A106" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H106" s="0">
         <x:v>72.5</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H107" s="0">
         <x:v>27.5</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H108" s="0">
         <x:v>75.2</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H109" s="0">
         <x:v>24.8</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8">
       <x:c r="A110" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H110" s="0">
         <x:v>72.2</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8">
       <x:c r="A111" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H111" s="0">
         <x:v>27.8</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8">
       <x:c r="A112" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H112" s="0">
         <x:v>82.4</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8">
       <x:c r="A113" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H113" s="0">
         <x:v>17.6</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -4209,51 +4091,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H113" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="4">
         <x:s v="SIA34C1"/>
         <x:s v="SIA34C2"/>
         <x:s v="SIA34C3"/>
         <x:s v="SIA34C4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="4">
         <x:s v="Profile of the Population"/>
         <x:s v="At Risk of Poverty"/>
         <x:s v="In Enforced Deprivation"/>
         <x:s v="In Consistent Poverty"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="14">
         <x:s v="2006"/>
         <x:s v="2007"/>
         <x:s v="2008"/>
         <x:s v="2009"/>
         <x:s v="2010"/>
@@ -4381,27 +4263,1148 @@
         <x:n v="38.2"/>
         <x:n v="57"/>
         <x:n v="43"/>
         <x:n v="63.3"/>
         <x:n v="36.7"/>
         <x:n v="62.8"/>
         <x:n v="37.2"/>
         <x:n v="49.7"/>
         <x:n v="50.3"/>
         <x:n v="63"/>
         <x:n v="72.5"/>
         <x:n v="27.5"/>
         <x:n v="75.2"/>
         <x:n v="24.8"/>
         <x:n v="72.2"/>
         <x:n v="27.8"/>
         <x:n v="82.4"/>
         <x:n v="17.6"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="SIA34C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="62.5"/>
+  </r>
+  <r>
+    <s v="SIA34C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="37.5"/>
+  </r>
+  <r>
+    <s v="SIA34C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="63.1"/>
+  </r>
+  <r>
+    <s v="SIA34C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="SIA34C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="62.7"/>
+  </r>
+  <r>
+    <s v="SIA34C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="SIA34C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="62.2"/>
+  </r>
+  <r>
+    <s v="SIA34C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="37.8"/>
+  </r>
+  <r>
+    <s v="SIA34C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="60.8"/>
+  </r>
+  <r>
+    <s v="SIA34C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="39.2"/>
+  </r>
+  <r>
+    <s v="SIA34C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="59.4"/>
+  </r>
+  <r>
+    <s v="SIA34C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="40.6"/>
+  </r>
+  <r>
+    <s v="SIA34C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="60.6"/>
+  </r>
+  <r>
+    <s v="SIA34C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="39.4"/>
+  </r>
+  <r>
+    <s v="SIA34C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="60.3"/>
+  </r>
+  <r>
+    <s v="SIA34C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="39.7"/>
+  </r>
+  <r>
+    <s v="SIA34C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="63.7"/>
+  </r>
+  <r>
+    <s v="SIA34C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="36.3"/>
+  </r>
+  <r>
+    <s v="SIA34C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="65.6"/>
+  </r>
+  <r>
+    <s v="SIA34C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="34.4"/>
+  </r>
+  <r>
+    <s v="SIA34C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="67.8"/>
+  </r>
+  <r>
+    <s v="SIA34C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="32.2"/>
+  </r>
+  <r>
+    <s v="SIA34C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="68.6"/>
+  </r>
+  <r>
+    <s v="SIA34C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="31.4"/>
+  </r>
+  <r>
+    <s v="SIA34C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="SIA34C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="SIA34C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="69.1"/>
+  </r>
+  <r>
+    <s v="SIA34C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="30.9"/>
+  </r>
+  <r>
+    <s v="SIA34C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="52.6"/>
+  </r>
+  <r>
+    <s v="SIA34C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="47.4"/>
+  </r>
+  <r>
+    <s v="SIA34C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="57.6"/>
+  </r>
+  <r>
+    <s v="SIA34C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="42.4"/>
+  </r>
+  <r>
+    <s v="SIA34C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="51.6"/>
+  </r>
+  <r>
+    <s v="SIA34C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="48.4"/>
+  </r>
+  <r>
+    <s v="SIA34C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="52.3"/>
+  </r>
+  <r>
+    <s v="SIA34C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="47.7"/>
+  </r>
+  <r>
+    <s v="SIA34C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="51.7"/>
+  </r>
+  <r>
+    <s v="SIA34C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="48.3"/>
+  </r>
+  <r>
+    <s v="SIA34C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="54.7"/>
+  </r>
+  <r>
+    <s v="SIA34C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="45.3"/>
+  </r>
+  <r>
+    <s v="SIA34C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="55.5"/>
+  </r>
+  <r>
+    <s v="SIA34C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="44.5"/>
+  </r>
+  <r>
+    <s v="SIA34C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="SIA34C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="SIA34C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="58.6"/>
+  </r>
+  <r>
+    <s v="SIA34C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="41.4"/>
+  </r>
+  <r>
+    <s v="SIA34C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="61.4"/>
+  </r>
+  <r>
+    <s v="SIA34C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="38.6"/>
+  </r>
+  <r>
+    <s v="SIA34C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="66.4"/>
+  </r>
+  <r>
+    <s v="SIA34C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="33.6"/>
+  </r>
+  <r>
+    <s v="SIA34C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="65.7"/>
+  </r>
+  <r>
+    <s v="SIA34C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="34.3"/>
+  </r>
+  <r>
+    <s v="SIA34C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="68.6"/>
+  </r>
+  <r>
+    <s v="SIA34C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="31.4"/>
+  </r>
+  <r>
+    <s v="SIA34C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="71.3"/>
+  </r>
+  <r>
+    <s v="SIA34C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="28.7"/>
+  </r>
+  <r>
+    <s v="SIA34C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA34C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA34C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA34C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA34C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA34C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA34C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA34C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA34C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="61.5"/>
+  </r>
+  <r>
+    <s v="SIA34C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="38.5"/>
+  </r>
+  <r>
+    <s v="SIA34C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="65.8"/>
+  </r>
+  <r>
+    <s v="SIA34C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="34.2"/>
+  </r>
+  <r>
+    <s v="SIA34C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="SIA34C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="SIA34C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="59.4"/>
+  </r>
+  <r>
+    <s v="SIA34C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="40.6"/>
+  </r>
+  <r>
+    <s v="SIA34C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="63.9"/>
+  </r>
+  <r>
+    <s v="SIA34C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="36.1"/>
+  </r>
+  <r>
+    <s v="SIA34C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="67.8"/>
+  </r>
+  <r>
+    <s v="SIA34C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="32.2"/>
+  </r>
+  <r>
+    <s v="SIA34C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="72.6"/>
+  </r>
+  <r>
+    <s v="SIA34C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="27.4"/>
+  </r>
+  <r>
+    <s v="SIA34C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="73.5"/>
+  </r>
+  <r>
+    <s v="SIA34C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="26.5"/>
+  </r>
+  <r>
+    <s v="SIA34C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="SIA34C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="SIA34C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="76.7"/>
+  </r>
+  <r>
+    <s v="SIA34C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="SIA34C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="63.9"/>
+  </r>
+  <r>
+    <s v="SIA34C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="36.1"/>
+  </r>
+  <r>
+    <s v="SIA34C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="69.4"/>
+  </r>
+  <r>
+    <s v="SIA34C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="30.6"/>
+  </r>
+  <r>
+    <s v="SIA34C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="61.8"/>
+  </r>
+  <r>
+    <s v="SIA34C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="38.2"/>
+  </r>
+  <r>
+    <s v="SIA34C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="SIA34C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="SIA34C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="63.3"/>
+  </r>
+  <r>
+    <s v="SIA34C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="36.7"/>
+  </r>
+  <r>
+    <s v="SIA34C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="60.3"/>
+  </r>
+  <r>
+    <s v="SIA34C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="39.7"/>
+  </r>
+  <r>
+    <s v="SIA34C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="62.8"/>
+  </r>
+  <r>
+    <s v="SIA34C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="37.2"/>
+  </r>
+  <r>
+    <s v="SIA34C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="49.7"/>
+  </r>
+  <r>
+    <s v="SIA34C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="50.3"/>
+  </r>
+  <r>
+    <s v="SIA34C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="SIA34C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="SIA34C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="65.6"/>
+  </r>
+  <r>
+    <s v="SIA34C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="34.4"/>
+  </r>
+  <r>
+    <s v="SIA34C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="72.5"/>
+  </r>
+  <r>
+    <s v="SIA34C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="27.5"/>
+  </r>
+  <r>
+    <s v="SIA34C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="75.2"/>
+  </r>
+  <r>
+    <s v="SIA34C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="24.8"/>
+  </r>
+  <r>
+    <s v="SIA34C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="72.2"/>
+  </r>
+  <r>
+    <s v="SIA34C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="27.8"/>
+  </r>
+  <r>
+    <s v="SIA34C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Urban areas"/>
+    <s v="%"/>
+    <n v="82.4"/>
+  </r>
+  <r>
+    <s v="SIA34C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="5"/>
+    <s v="Rural areas"/>
+    <s v="%"/>
+    <n v="17.6"/>
+  </r>
+</pivotCacheRecords>
 </file>