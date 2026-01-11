--- v0 (2025-11-09)
+++ v1 (2026-01-11)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R516da6281142434f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6ace0dd3cb3d43a38731a7b9b5529467.psmdcp" Id="Rc754e33201c4470f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54483e1c802e49e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c3d0a5cbc6b247f8a0925d69cea12b65.psmdcp" Id="R91b6af319b514239" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>SIA33</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Profile of the Population at Risk of Poverty, Experiencing Deprivation and in Consistent Poverty</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/31/2024 11:00:00 AM</x:t>
+    <x:t>31/07/2024 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Profile of the population at risk of poverty: includes all social transfers, 60% median income threshold. Profile of the population experiencing deprivation: an individual is defined as being deprived if they experience two or more forms of enforced deprivation (enforced deprivation rate).&lt;br&gt;.. Data not available/not applicable/enforced deprivation rate data (experienced two or more types of enforced deprivation) is not available prior to 2009 See background notes(https://www.cso.ie/en/methods/socialconditions/silc/)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SIA33/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>SILC</x:t>
   </x:si>
   <x:si>
     <x:t>Survey of Income and Living Conditions (SILC) 2004 to 2019</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -240,50 +240,53 @@
     <x:t>2014</x:t>
   </x:si>
   <x:si>
     <x:t>2015</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>SIA33C2</x:t>
   </x:si>
   <x:si>
     <x:t>At Risk of Poverty</x:t>
   </x:si>
   <x:si>
     <x:t>SIA33C3</x:t>
   </x:si>
   <x:si>
     <x:t>In Enforced Deprivation</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>SIA33C4</x:t>
   </x:si>
   <x:si>
     <x:t>In Consistent Poverty</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
@@ -427,283 +430,138 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...231 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01783V03119" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Tenure Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H157" totalsRowShown="0">
   <x:autoFilter ref="A1:H157"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C01783V03119"/>
     <x:tableColumn id="6" name="Tenure Status"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -972,51 +830,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SIA33/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1205,51 +1063,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H157"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="40.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -3301,303 +3159,339 @@
         <x:v>36.9</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H80" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H81" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H82" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H83" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H84" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H85" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H86" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H87" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H88" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H89" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H90" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H91" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H92" s="0">
         <x:v>48</x:v>
@@ -4259,1075 +4153,1075 @@
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H118" s="0">
         <x:v>33.7</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H119" s="0">
         <x:v>33.8</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H120" s="0">
         <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H121" s="0">
         <x:v>57.9</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H122" s="0">
         <x:v>37.2</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H123" s="0">
         <x:v>9.7</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H124" s="0">
         <x:v>53.1</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H125" s="0">
         <x:v>41.9</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H126" s="0">
         <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H127" s="0">
         <x:v>51.7</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H128" s="0">
         <x:v>33.8</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H129" s="0">
         <x:v>17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H130" s="0">
         <x:v>49.1</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H131" s="0">
         <x:v>39.5</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8">
       <x:c r="A132" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H132" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H133" s="0">
         <x:v>40.5</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H134" s="0">
         <x:v>38.9</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H135" s="0">
         <x:v>14.8</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H136" s="0">
         <x:v>46.4</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H137" s="0">
         <x:v>44.4</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H138" s="0">
         <x:v>18.5</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H139" s="0">
         <x:v>37.1</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H140" s="0">
         <x:v>43.2</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H141" s="0">
         <x:v>18.1</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8">
       <x:c r="A142" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H142" s="0">
         <x:v>38.7</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8">
       <x:c r="A143" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H143" s="0">
         <x:v>40.3</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H144" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H145" s="0">
         <x:v>40.7</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8">
       <x:c r="A146" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H146" s="0">
         <x:v>37.1</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8">
       <x:c r="A147" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H147" s="0">
         <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8">
       <x:c r="A148" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H148" s="0">
         <x:v>45.6</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8">
       <x:c r="A149" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H149" s="0">
         <x:v>33.7</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8">
       <x:c r="A150" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H150" s="0">
         <x:v>22.6</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8">
       <x:c r="A151" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H151" s="0">
         <x:v>43.7</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8">
       <x:c r="A152" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H152" s="0">
         <x:v>36.1</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8">
       <x:c r="A153" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H153" s="0">
         <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8">
       <x:c r="A154" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H154" s="0">
         <x:v>43.8</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8">
       <x:c r="A155" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H155" s="0">
         <x:v>31.5</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8">
       <x:c r="A156" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H156" s="0">
         <x:v>24.1</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8">
       <x:c r="A157" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H157" s="0">
         <x:v>44.4</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -5344,51 +5238,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H157" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="4">
         <x:s v="SIA33C1"/>
         <x:s v="SIA33C2"/>
         <x:s v="SIA33C3"/>
         <x:s v="SIA33C4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="4">
         <x:s v="Profile of the Population"/>
         <x:s v="At Risk of Poverty"/>
         <x:s v="In Enforced Deprivation"/>
         <x:s v="In Consistent Poverty"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="13">
         <x:s v="2006"/>
         <x:s v="2007"/>
         <x:s v="2008"/>
         <x:s v="2009"/>
         <x:s v="2010"/>
@@ -5544,27 +5438,1588 @@
         <x:n v="51.7"/>
         <x:n v="17.2"/>
         <x:n v="49.1"/>
         <x:n v="39.5"/>
         <x:n v="40.5"/>
         <x:n v="38.9"/>
         <x:n v="37.1"/>
         <x:n v="43.2"/>
         <x:n v="38.7"/>
         <x:n v="40.3"/>
         <x:n v="19"/>
         <x:n v="40.7"/>
         <x:n v="22.6"/>
         <x:n v="43.7"/>
         <x:n v="36.1"/>
         <x:n v="20.1"/>
         <x:n v="43.8"/>
         <x:n v="24.1"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="SIA33C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="SIA33C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="SIA33C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="SIA33C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="78.1"/>
+  </r>
+  <r>
+    <s v="SIA33C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="SIA33C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="SIA33C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="76.9"/>
+  </r>
+  <r>
+    <s v="SIA33C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="SIA33C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="SIA33C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="73.7"/>
+  </r>
+  <r>
+    <s v="SIA33C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="SIA33C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="SIA33C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="73.3"/>
+  </r>
+  <r>
+    <s v="SIA33C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="SIA33C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="SIA33C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="68.8"/>
+  </r>
+  <r>
+    <s v="SIA33C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="SIA33C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="SIA33C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="69.6"/>
+  </r>
+  <r>
+    <s v="SIA33C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="SIA33C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="SIA33C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="69.9"/>
+  </r>
+  <r>
+    <s v="SIA33C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="16.4"/>
+  </r>
+  <r>
+    <s v="SIA33C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="SIA33C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="68.4"/>
+  </r>
+  <r>
+    <s v="SIA33C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="SIA33C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="SIA33C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="69.3"/>
+  </r>
+  <r>
+    <s v="SIA33C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="SIA33C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="SIA33C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="69.5"/>
+  </r>
+  <r>
+    <s v="SIA33C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="SIA33C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="SIA33C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="69.5"/>
+  </r>
+  <r>
+    <s v="SIA33C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="SIA33C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="17.7"/>
+  </r>
+  <r>
+    <s v="SIA33C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="70.4"/>
+  </r>
+  <r>
+    <s v="SIA33C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="SIA33C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="17.6"/>
+  </r>
+  <r>
+    <s v="SIA33C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="56.6"/>
+  </r>
+  <r>
+    <s v="SIA33C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="SIA33C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="SIA33C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="53.9"/>
+  </r>
+  <r>
+    <s v="SIA33C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="SIA33C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="33.4"/>
+  </r>
+  <r>
+    <s v="SIA33C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="61.4"/>
+  </r>
+  <r>
+    <s v="SIA33C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="SIA33C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="27.4"/>
+  </r>
+  <r>
+    <s v="SIA33C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="SIA33C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="SIA33C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="33.7"/>
+  </r>
+  <r>
+    <s v="SIA33C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="57.5"/>
+  </r>
+  <r>
+    <s v="SIA33C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="SIA33C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="26.3"/>
+  </r>
+  <r>
+    <s v="SIA33C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="46.8"/>
+  </r>
+  <r>
+    <s v="SIA33C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="19.3"/>
+  </r>
+  <r>
+    <s v="SIA33C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="33.9"/>
+  </r>
+  <r>
+    <s v="SIA33C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="SIA33C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="17.3"/>
+  </r>
+  <r>
+    <s v="SIA33C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="30.8"/>
+  </r>
+  <r>
+    <s v="SIA33C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="50.6"/>
+  </r>
+  <r>
+    <s v="SIA33C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="17.1"/>
+  </r>
+  <r>
+    <s v="SIA33C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="32.3"/>
+  </r>
+  <r>
+    <s v="SIA33C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="46.4"/>
+  </r>
+  <r>
+    <s v="SIA33C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="19.6"/>
+  </r>
+  <r>
+    <s v="SIA33C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="SIA33C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="45.6"/>
+  </r>
+  <r>
+    <s v="SIA33C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="SIA33C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="35.9"/>
+  </r>
+  <r>
+    <s v="SIA33C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="44.4"/>
+  </r>
+  <r>
+    <s v="SIA33C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="20.2"/>
+  </r>
+  <r>
+    <s v="SIA33C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="35.4"/>
+  </r>
+  <r>
+    <s v="SIA33C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="43.6"/>
+  </r>
+  <r>
+    <s v="SIA33C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="21.2"/>
+  </r>
+  <r>
+    <s v="SIA33C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="35.2"/>
+  </r>
+  <r>
+    <s v="SIA33C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="45.9"/>
+  </r>
+  <r>
+    <s v="SIA33C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="17.3"/>
+  </r>
+  <r>
+    <s v="SIA33C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="36.9"/>
+  </r>
+  <r>
+    <s v="SIA33C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA33C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA33C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA33C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA33C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA33C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA33C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA33C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA33C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA33C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA33C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA33C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA33C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="SIA33C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="SIA33C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="34.5"/>
+  </r>
+  <r>
+    <s v="SIA33C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="49.4"/>
+  </r>
+  <r>
+    <s v="SIA33C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="19.1"/>
+  </r>
+  <r>
+    <s v="SIA33C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="31.5"/>
+  </r>
+  <r>
+    <s v="SIA33C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="51.5"/>
+  </r>
+  <r>
+    <s v="SIA33C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="20.2"/>
+  </r>
+  <r>
+    <s v="SIA33C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="28.3"/>
+  </r>
+  <r>
+    <s v="SIA33C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="SIA33C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="SIA33C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="25.1"/>
+  </r>
+  <r>
+    <s v="SIA33C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="52.3"/>
+  </r>
+  <r>
+    <s v="SIA33C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="18.8"/>
+  </r>
+  <r>
+    <s v="SIA33C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="28.9"/>
+  </r>
+  <r>
+    <s v="SIA33C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="49.9"/>
+  </r>
+  <r>
+    <s v="SIA33C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="SIA33C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="31.7"/>
+  </r>
+  <r>
+    <s v="SIA33C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="46.3"/>
+  </r>
+  <r>
+    <s v="SIA33C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="18.1"/>
+  </r>
+  <r>
+    <s v="SIA33C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="35.6"/>
+  </r>
+  <r>
+    <s v="SIA33C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="46.5"/>
+  </r>
+  <r>
+    <s v="SIA33C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="SIA33C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="35.4"/>
+  </r>
+  <r>
+    <s v="SIA33C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="46.4"/>
+  </r>
+  <r>
+    <s v="SIA33C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="SIA33C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="33.7"/>
+  </r>
+  <r>
+    <s v="SIA33C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="33.8"/>
+  </r>
+  <r>
+    <s v="SIA33C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="SIA33C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="57.9"/>
+  </r>
+  <r>
+    <s v="SIA33C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="37.2"/>
+  </r>
+  <r>
+    <s v="SIA33C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="SIA33C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="53.1"/>
+  </r>
+  <r>
+    <s v="SIA33C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="41.9"/>
+  </r>
+  <r>
+    <s v="SIA33C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="SIA33C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="51.7"/>
+  </r>
+  <r>
+    <s v="SIA33C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="33.8"/>
+  </r>
+  <r>
+    <s v="SIA33C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="17.2"/>
+  </r>
+  <r>
+    <s v="SIA33C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="49.1"/>
+  </r>
+  <r>
+    <s v="SIA33C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="39.5"/>
+  </r>
+  <r>
+    <s v="SIA33C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="SIA33C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="40.5"/>
+  </r>
+  <r>
+    <s v="SIA33C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="38.9"/>
+  </r>
+  <r>
+    <s v="SIA33C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="SIA33C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="46.4"/>
+  </r>
+  <r>
+    <s v="SIA33C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="44.4"/>
+  </r>
+  <r>
+    <s v="SIA33C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="SIA33C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="37.1"/>
+  </r>
+  <r>
+    <s v="SIA33C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="43.2"/>
+  </r>
+  <r>
+    <s v="SIA33C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="18.1"/>
+  </r>
+  <r>
+    <s v="SIA33C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="38.7"/>
+  </r>
+  <r>
+    <s v="SIA33C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="40.3"/>
+  </r>
+  <r>
+    <s v="SIA33C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="SIA33C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="40.7"/>
+  </r>
+  <r>
+    <s v="SIA33C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="37.1"/>
+  </r>
+  <r>
+    <s v="SIA33C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="17.3"/>
+  </r>
+  <r>
+    <s v="SIA33C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="45.6"/>
+  </r>
+  <r>
+    <s v="SIA33C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="33.7"/>
+  </r>
+  <r>
+    <s v="SIA33C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="SIA33C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="43.7"/>
+  </r>
+  <r>
+    <s v="SIA33C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="36.1"/>
+  </r>
+  <r>
+    <s v="SIA33C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="SIA33C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="43.8"/>
+  </r>
+  <r>
+    <s v="SIA33C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Owner-occupied"/>
+    <s v="%"/>
+    <n v="31.5"/>
+  </r>
+  <r>
+    <s v="SIA33C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="%"/>
+    <n v="24.1"/>
+  </r>
+  <r>
+    <s v="SIA33C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="%"/>
+    <n v="44.4"/>
+  </r>
+</pivotCacheRecords>
 </file>