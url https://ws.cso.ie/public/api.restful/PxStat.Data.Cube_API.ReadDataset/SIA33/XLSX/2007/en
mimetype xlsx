--- v1 (2026-01-11)
+++ v2 (2026-03-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54483e1c802e49e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c3d0a5cbc6b247f8a0925d69cea12b65.psmdcp" Id="R91b6af319b514239" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb542b5817957435c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/afe5fed381654ede9dd61b3b4b4c3eac.psmdcp" Id="Rd03967309b464e6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
@@ -74,63 +74,63 @@
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Profile of the population at risk of poverty: includes all social transfers, 60% median income threshold. Profile of the population experiencing deprivation: an individual is defined as being deprived if they experience two or more forms of enforced deprivation (enforced deprivation rate).&lt;br&gt;.. Data not available/not applicable/enforced deprivation rate data (experienced two or more types of enforced deprivation) is not available prior to 2009 See background notes(https://www.cso.ie/en/methods/socialconditions/silc/)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SIA33/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>SILC</x:t>
   </x:si>
   <x:si>
     <x:t>Survey of Income and Living Conditions (SILC) 2004 to 2019</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
-    <x:t>Eva O'Regan</x:t>
+    <x:t>Lianora Bermingham</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>icw@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
-    <x:t>(+353) 21 453 5243</x:t>
+    <x:t>(+353) 21 453 5665</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>