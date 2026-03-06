--- v0 (2025-11-09)
+++ v1 (2026-03-06)
@@ -1,136 +1,136 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R752125c283124749" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/837cbe584fc245bc9430e2da6728f2f8.psmdcp" Id="R7ff7a5eb77d24da9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1092eb998234062" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/854a88f2fd944d1ca442aa0266454281.psmdcp" Id="R972fd2e2fb0b46cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>SIA31</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Profile of the Population at Risk of Poverty, Experiencing Deprivation and in Consistent Poverty</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/31/2024 11:00:00 AM</x:t>
+    <x:t>31/07/2024 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Profile of the population at risk of poverty: includes all social transfers, 60% median income threshold.&lt;br&gt;Profile of the population experiencing deprivation: an individual is defined as being deprived if they experience two or more forms of enforced deprivation (enforced deprivation rate).&lt;br&gt;.. Data not available/not applicable/enforced deprivation rate data (experienced two or more types of enforced deprivation) is not available prior to 2009 See background notes(https://www.cso.ie/en/methods/socialconditions/silc/)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SIA31/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>SILC</x:t>
   </x:si>
   <x:si>
     <x:t>Survey of Income and Living Conditions (SILC) 2004 to 2019</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
-    <x:t>Eva O'Regan</x:t>
+    <x:t>Lianora Bermingham</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>icw@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
-    <x:t>(+353) 21 453 5243</x:t>
+    <x:t>(+353) 21 453 5665</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>
@@ -275,50 +275,53 @@
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>SIA31C2</x:t>
   </x:si>
   <x:si>
     <x:t>At Risk of Poverty</x:t>
   </x:si>
   <x:si>
     <x:t>SIA31C3</x:t>
   </x:si>
   <x:si>
     <x:t>In Enforced Deprivation</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>SIA31C4</x:t>
   </x:si>
   <x:si>
     <x:t>In Consistent Poverty</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
@@ -460,331 +463,150 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...279 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01781V03128" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Household Composition" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H449" totalsRowShown="0">
   <x:autoFilter ref="A1:H449"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C01781V03128"/>
     <x:tableColumn id="6" name="Household Composition"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1053,51 +875,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SIA31/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1286,51 +1108,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H449"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="43.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -7178,763 +7000,859 @@
         <x:v>16.2</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8">
       <x:c r="A226" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H226" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="227" spans="1:8">
       <x:c r="A227" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H227" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="228" spans="1:8">
       <x:c r="A228" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H228" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="229" spans="1:8">
       <x:c r="A229" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H229" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="230" spans="1:8">
       <x:c r="A230" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H230" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="231" spans="1:8">
       <x:c r="A231" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H231" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="232" spans="1:8">
       <x:c r="A232" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H232" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="233" spans="1:8">
       <x:c r="A233" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H233" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="234" spans="1:8">
       <x:c r="A234" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H234" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="235" spans="1:8">
       <x:c r="A235" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H235" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="236" spans="1:8">
       <x:c r="A236" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H236" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="237" spans="1:8">
       <x:c r="A237" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H237" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="238" spans="1:8">
       <x:c r="A238" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H238" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="239" spans="1:8">
       <x:c r="A239" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H239" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="240" spans="1:8">
       <x:c r="A240" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H240" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="241" spans="1:8">
       <x:c r="A241" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H241" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="242" spans="1:8">
       <x:c r="A242" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H242" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="243" spans="1:8">
       <x:c r="A243" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H243" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="244" spans="1:8">
       <x:c r="A244" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H244" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="245" spans="1:8">
       <x:c r="A245" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H245" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="246" spans="1:8">
       <x:c r="A246" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H246" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="247" spans="1:8">
       <x:c r="A247" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H247" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="248" spans="1:8">
       <x:c r="A248" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H248" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="249" spans="1:8">
       <x:c r="A249" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H249" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="250" spans="1:8">
       <x:c r="A250" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H250" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="251" spans="1:8">
       <x:c r="A251" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H251" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="252" spans="1:8">
       <x:c r="A252" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H252" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="253" spans="1:8">
       <x:c r="A253" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H253" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="254" spans="1:8">
       <x:c r="A254" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H254" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="255" spans="1:8">
       <x:c r="A255" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H255" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="256" spans="1:8">
       <x:c r="A256" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H256" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="257" spans="1:8">
       <x:c r="A257" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H257" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
     </x:row>
     <x:row r="258" spans="1:8">
       <x:c r="A258" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H258" s="0">
         <x:v>2.6</x:v>
@@ -9974,2973 +9892,2973 @@
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E337" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H337" s="0">
         <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:8">
       <x:c r="A338" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H338" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:8">
       <x:c r="A339" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E339" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H339" s="0">
         <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:8">
       <x:c r="A340" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E340" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F340" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G340" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H340" s="0">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:8">
       <x:c r="A341" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H341" s="0">
         <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:8">
       <x:c r="A342" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H342" s="0">
         <x:v>10.7</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:8">
       <x:c r="A343" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E343" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H343" s="0">
         <x:v>32.8</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:8">
       <x:c r="A344" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H344" s="0">
         <x:v>17.2</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:8">
       <x:c r="A345" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E345" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F345" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H345" s="0">
         <x:v>21.1</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:8">
       <x:c r="A346" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D346" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E346" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F346" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G346" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H346" s="0">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:8">
       <x:c r="A347" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E347" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H347" s="0">
         <x:v>9.7</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:8">
       <x:c r="A348" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E348" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H348" s="0">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:8">
       <x:c r="A349" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E349" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F349" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H349" s="0">
         <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:8">
       <x:c r="A350" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H350" s="0">
         <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:8">
       <x:c r="A351" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E351" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H351" s="0">
         <x:v>28.4</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:8">
       <x:c r="A352" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E352" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H352" s="0">
         <x:v>15.5</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:8">
       <x:c r="A353" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H353" s="0">
         <x:v>25.2</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:8">
       <x:c r="A354" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C354" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D354" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E354" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F354" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H354" s="0">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:8">
       <x:c r="A355" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H355" s="0">
         <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:8">
       <x:c r="A356" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H356" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:8">
       <x:c r="A357" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E357" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H357" s="0">
         <x:v>11.2</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:8">
       <x:c r="A358" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E358" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H358" s="0">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:8">
       <x:c r="A359" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E359" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H359" s="0">
         <x:v>29.1</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:8">
       <x:c r="A360" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E360" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H360" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:8">
       <x:c r="A361" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E361" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H361" s="0">
         <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:8">
       <x:c r="A362" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E362" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F362" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H362" s="0">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:8">
       <x:c r="A363" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H363" s="0">
         <x:v>5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:8">
       <x:c r="A364" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E364" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F364" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H364" s="0">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:8">
       <x:c r="A365" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E365" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H365" s="0">
         <x:v>5.7</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:8">
       <x:c r="A366" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E366" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F366" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H366" s="0">
         <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:8">
       <x:c r="A367" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E367" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F367" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H367" s="0">
         <x:v>22.3</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:8">
       <x:c r="A368" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E368" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F368" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H368" s="0">
         <x:v>32.7</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:8">
       <x:c r="A369" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F369" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H369" s="0">
         <x:v>24.6</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:8">
       <x:c r="A370" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H370" s="0">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:8">
       <x:c r="A371" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E371" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H371" s="0">
         <x:v>7.8</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:8">
       <x:c r="A372" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E372" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F372" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G372" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H372" s="0">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:8">
       <x:c r="A373" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E373" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F373" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H373" s="0">
         <x:v>9.9</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:8">
       <x:c r="A374" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E374" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H374" s="0">
         <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:8">
       <x:c r="A375" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E375" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F375" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H375" s="0">
         <x:v>15.7</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:8">
       <x:c r="A376" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E376" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F376" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G376" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H376" s="0">
         <x:v>34.8</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:8">
       <x:c r="A377" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E377" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F377" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H377" s="0">
         <x:v>25.3</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:8">
       <x:c r="A378" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F378" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H378" s="0">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:8">
       <x:c r="A379" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F379" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H379" s="0">
         <x:v>6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:8">
       <x:c r="A380" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C380" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D380" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E380" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F380" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H380" s="0">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:8">
       <x:c r="A381" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D381" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E381" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F381" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H381" s="0">
         <x:v>8.1</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:8">
       <x:c r="A382" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D382" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E382" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F382" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H382" s="0">
         <x:v>5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:8">
       <x:c r="A383" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C383" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D383" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E383" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H383" s="0">
         <x:v>16.6</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:8">
       <x:c r="A384" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C384" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D384" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E384" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F384" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G384" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H384" s="0">
         <x:v>36.4</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:8">
       <x:c r="A385" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D385" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E385" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F385" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H385" s="0">
         <x:v>25.1</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:8">
       <x:c r="A386" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C386" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D386" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E386" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F386" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G386" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H386" s="0">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:8">
       <x:c r="A387" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E387" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F387" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H387" s="0">
         <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:8">
       <x:c r="A388" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E388" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H388" s="0">
         <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:8">
       <x:c r="A389" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E389" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H389" s="0">
         <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:8">
       <x:c r="A390" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E390" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H390" s="0">
         <x:v>9.9</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:8">
       <x:c r="A391" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E391" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H391" s="0">
         <x:v>14.8</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:8">
       <x:c r="A392" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E392" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H392" s="0">
         <x:v>29.5</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:8">
       <x:c r="A393" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E393" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F393" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H393" s="0">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:8">
       <x:c r="A394" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E394" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H394" s="0">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:8">
       <x:c r="A395" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E395" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F395" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H395" s="0">
         <x:v>7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:8">
       <x:c r="A396" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D396" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E396" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H396" s="0">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:8">
       <x:c r="A397" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E397" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H397" s="0">
         <x:v>6.7</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:8">
       <x:c r="A398" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E398" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H398" s="0">
         <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:8">
       <x:c r="A399" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D399" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E399" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F399" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H399" s="0">
         <x:v>17.8</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:8">
       <x:c r="A400" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D400" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E400" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F400" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G400" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H400" s="0">
         <x:v>26.1</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:8">
       <x:c r="A401" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C401" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D401" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E401" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F401" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H401" s="0">
         <x:v>31.7</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:8">
       <x:c r="A402" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D402" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E402" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F402" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G402" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H402" s="0">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:8">
       <x:c r="A403" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C403" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D403" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E403" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F403" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H403" s="0">
         <x:v>7.8</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:8">
       <x:c r="A404" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C404" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D404" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E404" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F404" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G404" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H404" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:8">
       <x:c r="A405" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C405" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D405" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E405" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F405" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H405" s="0">
         <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:8">
       <x:c r="A406" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C406" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D406" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E406" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F406" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G406" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H406" s="0">
         <x:v>6.8</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:8">
       <x:c r="A407" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C407" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D407" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E407" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F407" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H407" s="0">
         <x:v>15.2</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:8">
       <x:c r="A408" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D408" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E408" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F408" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G408" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H408" s="0">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:8">
       <x:c r="A409" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D409" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E409" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F409" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H409" s="0">
         <x:v>26.7</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:8">
       <x:c r="A410" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C410" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D410" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E410" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F410" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G410" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H410" s="0">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:8">
       <x:c r="A411" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C411" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D411" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E411" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F411" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H411" s="0">
         <x:v>9.7</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:8">
       <x:c r="A412" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C412" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D412" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E412" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F412" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G412" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H412" s="0">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:8">
       <x:c r="A413" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C413" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D413" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E413" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F413" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H413" s="0">
         <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:8">
       <x:c r="A414" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D414" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E414" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F414" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H414" s="0">
         <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:8">
       <x:c r="A415" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C415" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D415" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E415" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F415" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H415" s="0">
         <x:v>13.3</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:8">
       <x:c r="A416" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C416" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D416" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E416" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F416" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G416" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H416" s="0">
         <x:v>32.1</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:8">
       <x:c r="A417" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D417" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E417" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F417" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H417" s="0">
         <x:v>25.7</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:8">
       <x:c r="A418" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D418" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E418" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F418" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G418" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H418" s="0">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:8">
       <x:c r="A419" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E419" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H419" s="0">
         <x:v>9.6</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:8">
       <x:c r="A420" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E420" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H420" s="0">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:8">
       <x:c r="A421" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E421" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H421" s="0">
         <x:v>6.7</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:8">
       <x:c r="A422" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D422" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E422" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F422" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G422" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H422" s="0">
         <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:8">
       <x:c r="A423" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C423" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D423" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E423" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F423" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H423" s="0">
         <x:v>14.3</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:8">
       <x:c r="A424" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C424" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D424" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E424" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F424" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G424" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H424" s="0">
         <x:v>27.8</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:8">
       <x:c r="A425" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C425" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D425" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E425" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F425" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H425" s="0">
         <x:v>31.6</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:8">
       <x:c r="A426" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C426" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D426" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E426" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F426" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G426" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H426" s="0">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:8">
       <x:c r="A427" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D427" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E427" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F427" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H427" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:8">
       <x:c r="A428" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D428" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E428" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F428" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G428" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H428" s="0">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:8">
       <x:c r="A429" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C429" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D429" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E429" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F429" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H429" s="0">
         <x:v>8.2</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:8">
       <x:c r="A430" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C430" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D430" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E430" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F430" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G430" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H430" s="0">
         <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:8">
       <x:c r="A431" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C431" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D431" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E431" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F431" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H431" s="0">
         <x:v>17.8</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:8">
       <x:c r="A432" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C432" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D432" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E432" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F432" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G432" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H432" s="0">
         <x:v>19.9</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:8">
       <x:c r="A433" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C433" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D433" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E433" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F433" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H433" s="0">
         <x:v>27.7</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:8">
       <x:c r="A434" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C434" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D434" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E434" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F434" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G434" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H434" s="0">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:8">
       <x:c r="A435" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C435" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D435" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E435" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F435" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H435" s="0">
         <x:v>12.2</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:8">
       <x:c r="A436" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C436" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D436" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E436" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F436" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G436" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H436" s="0">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:8">
       <x:c r="A437" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C437" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D437" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E437" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F437" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H437" s="0">
         <x:v>9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:8">
       <x:c r="A438" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C438" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D438" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E438" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F438" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G438" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H438" s="0">
         <x:v>9.6</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:8">
       <x:c r="A439" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C439" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D439" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E439" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F439" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H439" s="0">
         <x:v>20.9</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:8">
       <x:c r="A440" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C440" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D440" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E440" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F440" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G440" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H440" s="0">
         <x:v>29.3</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:8">
       <x:c r="A441" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C441" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D441" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E441" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F441" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H441" s="0">
         <x:v>14.3</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:8">
       <x:c r="A442" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C442" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D442" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E442" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F442" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G442" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H442" s="0">
         <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:8">
       <x:c r="A443" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C443" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D443" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E443" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F443" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H443" s="0">
         <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:8">
       <x:c r="A444" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C444" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D444" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E444" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F444" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G444" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H444" s="0">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:8">
       <x:c r="A445" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C445" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D445" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E445" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F445" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H445" s="0">
         <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:8">
       <x:c r="A446" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C446" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D446" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E446" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F446" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G446" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H446" s="0">
         <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:8">
       <x:c r="A447" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C447" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D447" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E447" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F447" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H447" s="0">
         <x:v>18.7</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:8">
       <x:c r="A448" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C448" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D448" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E448" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F448" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G448" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H448" s="0">
         <x:v>37.1</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:8">
       <x:c r="A449" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C449" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D449" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E449" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F449" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H449" s="0">
         <x:v>15.5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -12957,51 +12875,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H449" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="4">
         <x:s v="SIA31C1"/>
         <x:s v="SIA31C2"/>
         <x:s v="SIA31C3"/>
         <x:s v="SIA31C4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="4">
         <x:s v="Profile of the Population"/>
         <x:s v="At Risk of Poverty"/>
         <x:s v="In Enforced Deprivation"/>
         <x:s v="In Consistent Poverty"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="14">
         <x:s v="2006"/>
         <x:s v="2007"/>
         <x:s v="2008"/>
         <x:s v="2009"/>
         <x:s v="2010"/>
@@ -13262,27 +13180,4508 @@
         <x:n v="1.2"/>
         <x:n v="6.8"/>
         <x:n v="15.2"/>
         <x:n v="34"/>
         <x:n v="26.7"/>
         <x:n v="1.6"/>
         <x:n v="8.5"/>
         <x:n v="32.1"/>
         <x:n v="6.6"/>
         <x:n v="14.3"/>
         <x:n v="27.8"/>
         <x:n v="14"/>
         <x:n v="19.9"/>
         <x:n v="9.5"/>
         <x:n v="20.9"/>
         <x:n v="29.3"/>
         <x:n v="9.4"/>
         <x:n v="37.1"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="29.4"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="30.9"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="31.7"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="19.5"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="34.4"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="32.8"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="33.3"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="33.4"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="33.4"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="33.5"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="32.9"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="31.6"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="31.2"/>
+  </r>
+  <r>
+    <s v="SIA31C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="28.1"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="25.6"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="25.7"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="25.5"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="26.9"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="24.3"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="33.6"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="22.8"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="33.4"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="24.6"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="24.5"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="24.6"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="27.7"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="27.7"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="24.4"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="30.5"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="24.9"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="20.4"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="25.6"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="23.4"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="19.8"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="SIA31C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="36.2"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="38.5"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="20.6"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="34.8"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="35.2"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="20.6"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="36.7"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="35.7"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="21.1"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="25.6"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="28.5"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="17.2"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="18.7"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="31.9"/>
+  </r>
+  <r>
+    <s v="SIA31C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="32.8"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="17.2"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="21.1"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="25.2"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="29.1"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="22.3"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="24.6"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="34.8"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="25.3"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="25.1"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="29.5"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="26.1"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="31.7"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="26.7"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="32.1"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="25.7"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="27.8"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="31.6"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="27.7"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="18.7"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="37.1"/>
+  </r>
+  <r>
+    <s v="SIA31C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+</pivotCacheRecords>
 </file>