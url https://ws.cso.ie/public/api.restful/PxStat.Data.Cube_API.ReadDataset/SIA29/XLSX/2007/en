--- v0 (2025-11-10)
+++ v1 (2026-03-06)
@@ -1,136 +1,136 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78f50ccc9f364097" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bc25824062424466975cb40731ff4021.psmdcp" Id="R802c141149e8433c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f82bf29d17c402e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/230948584cc341e19e6fcedbc94aee9a.psmdcp" Id="R85a9f447216348b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>SIA29</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Profile of the Population at Risk of Poverty, Experiencing Deprivation and in Consistent Poverty</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/31/2024 11:00:00 AM</x:t>
+    <x:t>31/07/2024 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Profile of the population at risk of poverty: includes all social transfers, 60% median income threshold.&lt;br&gt;Profile of the population experiencing deprivation: an individual is defined as being deprived if they experience two or more forms of enforced deprivation (enforced deprivation rate).&lt;br&gt;.. Data not available/not applicable/enforced deprivation rate data (experienced two or more types of enforced deprivation) is not available prior to 2009 See background notes(https://www.cso.ie/en/methods/socialconditions/silc/)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SIA29/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>SILC</x:t>
   </x:si>
   <x:si>
     <x:t>Survey of Income and Living Conditions (SILC) 2004 to 2019</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
-    <x:t>Eva O'Regan</x:t>
+    <x:t>Lianora Bermingham</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>icw@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
-    <x:t>(+353) 21 453 5243</x:t>
+    <x:t>(+353) 21 453 5665</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>
@@ -267,50 +267,53 @@
     <x:t>2015</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>SIA29C2</x:t>
   </x:si>
   <x:si>
     <x:t>At Risk of Poverty</x:t>
   </x:si>
   <x:si>
     <x:t>SIA29C3</x:t>
   </x:si>
   <x:si>
     <x:t>In Enforced Deprivation</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>SIA29C4</x:t>
   </x:si>
   <x:si>
     <x:t>In Consistent Poverty</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
@@ -454,323 +457,148 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...271 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02028V02456" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Principal Economic Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H393" totalsRowShown="0">
   <x:autoFilter ref="A1:H393"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02028V02456"/>
     <x:tableColumn id="6" name="Principal Economic Status"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1039,51 +867,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SIA29/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1272,51 +1100,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H393"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="48.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -6436,671 +6264,755 @@
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8">
       <x:c r="A198" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H198" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="199" spans="1:8">
       <x:c r="A199" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H199" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="200" spans="1:8">
       <x:c r="A200" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H200" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="201" spans="1:8">
       <x:c r="A201" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H201" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="202" spans="1:8">
       <x:c r="A202" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H202" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="203" spans="1:8">
       <x:c r="A203" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H203" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="204" spans="1:8">
       <x:c r="A204" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H204" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="205" spans="1:8">
       <x:c r="A205" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H205" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="206" spans="1:8">
       <x:c r="A206" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H206" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="207" spans="1:8">
       <x:c r="A207" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H207" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="208" spans="1:8">
       <x:c r="A208" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H208" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="209" spans="1:8">
       <x:c r="A209" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H209" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="210" spans="1:8">
       <x:c r="A210" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H210" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="211" spans="1:8">
       <x:c r="A211" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H211" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="212" spans="1:8">
       <x:c r="A212" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H212" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="213" spans="1:8">
       <x:c r="A213" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H213" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="214" spans="1:8">
       <x:c r="A214" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H214" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="215" spans="1:8">
       <x:c r="A215" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H215" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="216" spans="1:8">
       <x:c r="A216" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H216" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="217" spans="1:8">
       <x:c r="A217" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H217" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="218" spans="1:8">
       <x:c r="A218" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H218" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="219" spans="1:8">
       <x:c r="A219" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H219" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="220" spans="1:8">
       <x:c r="A220" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H220" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="221" spans="1:8">
       <x:c r="A221" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H221" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="222" spans="1:8">
       <x:c r="A222" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H222" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="223" spans="1:8">
       <x:c r="A223" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H223" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="224" spans="1:8">
       <x:c r="A224" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H224" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="225" spans="1:8">
       <x:c r="A225" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H225" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
     </x:row>
     <x:row r="226" spans="1:8">
       <x:c r="A226" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H226" s="0">
         <x:v>19.4</x:v>
@@ -8880,2609 +8792,2609 @@
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H295" s="0">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H296" s="0">
         <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:8">
       <x:c r="A297" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E297" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H297" s="0">
         <x:v>10.9</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8">
       <x:c r="A298" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H298" s="0">
         <x:v>14.4</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:8">
       <x:c r="A299" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H299" s="0">
         <x:v>16.8</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:8">
       <x:c r="A300" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H300" s="0">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:8">
       <x:c r="A301" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H301" s="0">
         <x:v>9.3</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:8">
       <x:c r="A302" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H302" s="0">
         <x:v>33.6</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:8">
       <x:c r="A303" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H303" s="0">
         <x:v>10.2</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:8">
       <x:c r="A304" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H304" s="0">
         <x:v>13.4</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:8">
       <x:c r="A305" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H305" s="0">
         <x:v>13.6</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:8">
       <x:c r="A306" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H306" s="0">
         <x:v>15.7</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8">
       <x:c r="A307" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H307" s="0">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:8">
       <x:c r="A308" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H308" s="0">
         <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:8">
       <x:c r="A309" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H309" s="0">
         <x:v>33.3</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:8">
       <x:c r="A310" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H310" s="0">
         <x:v>10.5</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:8">
       <x:c r="A311" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H311" s="0">
         <x:v>11.7</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:8">
       <x:c r="A312" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H312" s="0">
         <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:8">
       <x:c r="A313" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H313" s="0">
         <x:v>20.6</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:8">
       <x:c r="A314" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H314" s="0">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:8">
       <x:c r="A315" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H315" s="0">
         <x:v>11.5</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:8">
       <x:c r="A316" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H316" s="0">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:8">
       <x:c r="A317" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H317" s="0">
         <x:v>7.6</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:8">
       <x:c r="A318" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H318" s="0">
         <x:v>15.5</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8">
       <x:c r="A319" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H319" s="0">
         <x:v>16.5</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:8">
       <x:c r="A320" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H320" s="0">
         <x:v>16.5</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:8">
       <x:c r="A321" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H321" s="0">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:8">
       <x:c r="A322" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H322" s="0">
         <x:v>6.7</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:8">
       <x:c r="A323" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H323" s="0">
         <x:v>33.9</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:8">
       <x:c r="A324" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H324" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:8">
       <x:c r="A325" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H325" s="0">
         <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:8">
       <x:c r="A326" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H326" s="0">
         <x:v>10.4</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:8">
       <x:c r="A327" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H327" s="0">
         <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:8">
       <x:c r="A328" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E328" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H328" s="0">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:8">
       <x:c r="A329" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E329" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H329" s="0">
         <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:8">
       <x:c r="A330" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E330" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H330" s="0">
         <x:v>33.6</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:8">
       <x:c r="A331" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E331" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H331" s="0">
         <x:v>10.6</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:8">
       <x:c r="A332" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H332" s="0">
         <x:v>20.6</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:8">
       <x:c r="A333" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H333" s="0">
         <x:v>11.4</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:8">
       <x:c r="A334" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D334" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E334" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F334" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H334" s="0">
         <x:v>16.3</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:8">
       <x:c r="A335" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E335" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H335" s="0">
         <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:8">
       <x:c r="A336" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E336" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H336" s="0">
         <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:8">
       <x:c r="A337" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E337" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H337" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:8">
       <x:c r="A338" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H338" s="0">
         <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:8">
       <x:c r="A339" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E339" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H339" s="0">
         <x:v>22.7</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:8">
       <x:c r="A340" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E340" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F340" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G340" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H340" s="0">
         <x:v>11.1</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:8">
       <x:c r="A341" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H341" s="0">
         <x:v>15.5</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:8">
       <x:c r="A342" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H342" s="0">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:8">
       <x:c r="A343" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E343" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H343" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:8">
       <x:c r="A344" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H344" s="0">
         <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:8">
       <x:c r="A345" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E345" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F345" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H345" s="0">
         <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:8">
       <x:c r="A346" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D346" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E346" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F346" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G346" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H346" s="0">
         <x:v>24.1</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:8">
       <x:c r="A347" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E347" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H347" s="0">
         <x:v>14.7</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:8">
       <x:c r="A348" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E348" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H348" s="0">
         <x:v>13.3</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:8">
       <x:c r="A349" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E349" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F349" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H349" s="0">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:8">
       <x:c r="A350" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H350" s="0">
         <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:8">
       <x:c r="A351" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E351" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H351" s="0">
         <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:8">
       <x:c r="A352" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E352" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H352" s="0">
         <x:v>10.6</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:8">
       <x:c r="A353" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H353" s="0">
         <x:v>20.4</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:8">
       <x:c r="A354" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C354" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D354" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E354" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F354" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H354" s="0">
         <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:8">
       <x:c r="A355" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H355" s="0">
         <x:v>15.7</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:8">
       <x:c r="A356" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H356" s="0">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:8">
       <x:c r="A357" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E357" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H357" s="0">
         <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:8">
       <x:c r="A358" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E358" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H358" s="0">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:8">
       <x:c r="A359" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E359" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H359" s="0">
         <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:8">
       <x:c r="A360" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E360" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H360" s="0">
         <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:8">
       <x:c r="A361" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E361" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H361" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:8">
       <x:c r="A362" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E362" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F362" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H362" s="0">
         <x:v>14.3</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:8">
       <x:c r="A363" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H363" s="0">
         <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:8">
       <x:c r="A364" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E364" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F364" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H364" s="0">
         <x:v>10.5</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:8">
       <x:c r="A365" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E365" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H365" s="0">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:8">
       <x:c r="A366" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E366" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F366" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H366" s="0">
         <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:8">
       <x:c r="A367" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E367" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F367" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H367" s="0">
         <x:v>15.5</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:8">
       <x:c r="A368" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E368" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F368" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H368" s="0">
         <x:v>15.1</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:8">
       <x:c r="A369" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F369" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H369" s="0">
         <x:v>13.7</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:8">
       <x:c r="A370" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H370" s="0">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:8">
       <x:c r="A371" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E371" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H371" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:8">
       <x:c r="A372" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E372" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F372" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G372" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H372" s="0">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:8">
       <x:c r="A373" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E373" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F373" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H373" s="0">
         <x:v>8.7</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:8">
       <x:c r="A374" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E374" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H374" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:8">
       <x:c r="A375" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E375" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F375" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H375" s="0">
         <x:v>16.6</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:8">
       <x:c r="A376" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E376" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F376" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G376" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H376" s="0">
         <x:v>12.5</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:8">
       <x:c r="A377" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E377" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F377" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H377" s="0">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:8">
       <x:c r="A378" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F378" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H378" s="0">
         <x:v>14.3</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:8">
       <x:c r="A379" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F379" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H379" s="0">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:8">
       <x:c r="A380" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C380" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D380" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E380" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F380" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H380" s="0">
         <x:v>12.2</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:8">
       <x:c r="A381" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D381" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E381" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F381" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H381" s="0">
         <x:v>18.4</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:8">
       <x:c r="A382" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D382" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E382" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F382" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H382" s="0">
         <x:v>10.5</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:8">
       <x:c r="A383" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C383" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D383" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E383" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H383" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:8">
       <x:c r="A384" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C384" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D384" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E384" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F384" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G384" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H384" s="0">
         <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:8">
       <x:c r="A385" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D385" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E385" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F385" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H385" s="0">
         <x:v>13.7</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:8">
       <x:c r="A386" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C386" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D386" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E386" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F386" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G386" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H386" s="0">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:8">
       <x:c r="A387" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E387" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F387" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H387" s="0">
         <x:v>10.5</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:8">
       <x:c r="A388" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E388" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H388" s="0">
         <x:v>14.6</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:8">
       <x:c r="A389" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E389" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H389" s="0">
         <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:8">
       <x:c r="A390" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E390" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H390" s="0">
         <x:v>13.7</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:8">
       <x:c r="A391" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E391" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H391" s="0">
         <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:8">
       <x:c r="A392" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E392" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H392" s="0">
         <x:v>13.9</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:8">
       <x:c r="A393" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E393" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F393" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H393" s="0">
         <x:v>1.9</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -11499,51 +11411,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H393" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="4">
         <x:s v="SIA29C1"/>
         <x:s v="SIA29C2"/>
         <x:s v="SIA29C3"/>
         <x:s v="SIA29C4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="4">
         <x:s v="Profile of the Population"/>
         <x:s v="At Risk of Poverty"/>
         <x:s v="In Enforced Deprivation"/>
         <x:s v="In Consistent Poverty"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="14">
         <x:s v="2006"/>
         <x:s v="2007"/>
         <x:s v="2008"/>
         <x:s v="2009"/>
         <x:s v="2010"/>
@@ -11776,27 +11688,3948 @@
         <x:n v="34"/>
         <x:n v="16.5"/>
         <x:n v="33.9"/>
         <x:n v="7"/>
         <x:n v="20.5"/>
         <x:n v="10.4"/>
         <x:n v="16.7"/>
         <x:n v="11.4"/>
         <x:n v="16.3"/>
         <x:n v="31"/>
         <x:n v="11.1"/>
         <x:n v="2.4"/>
         <x:n v="6.3"/>
         <x:n v="16"/>
         <x:n v="3.5"/>
         <x:n v="2.1"/>
         <x:n v="12.5"/>
         <x:n v="13.9"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="48.1"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="22.3"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="41.5"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="40.6"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="36.7"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="22.8"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="23.9"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="39.3"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="22.7"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="39.2"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="40.1"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="42.2"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="43.7"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="44.5"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="SIA29C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="26.6"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="18.7"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="25.9"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="18.9"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="27.6"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="17.3"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="25.8"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="19.2"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="20.4"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="SIA29C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="19.4"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="32.4"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="31.8"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="25.5"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="24.1"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="26.2"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="27.5"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="27.2"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="SIA29C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="33.6"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="33.3"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="20.6"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="33.9"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="33.6"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="20.6"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="22.7"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="24.1"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="20.4"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="17.3"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="SIA29C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="7"/>
+    <s v="Other"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+</pivotCacheRecords>
 </file>