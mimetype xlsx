--- v0 (2025-11-10)
+++ v1 (2026-03-06)
@@ -1,136 +1,136 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9806d11b2b04a27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/21b56cb45a0c4daabaf1da5a3a6e710c.psmdcp" Id="R63d1afae0175437d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8107c26ab83f45fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c47aab0064704466bc2190273621c1a1.psmdcp" Id="R0ed52d0db0924e32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>SIA28</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Profile of the Population at Risk of Poverty, Experiencing Deprivation and in Consistent Poverty</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/31/2024 11:00:00 AM</x:t>
+    <x:t>31/07/2024 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Profile of the population at risk of poverty: includes all social transfers, 60% median income threshold.&lt;br&gt;Profile of the population experiencing deprivation: an individual is defined as being deprived if they experience two or more forms of enforced deprivation (enforced deprivation rate).&lt;br&gt;.. Data not available/not applicable/enforced deprivation rate data (experienced two or more types of enforced deprivation) is not available prior to 2009 See background notes(https://www.cso.ie/en/methods/socialconditions/silc/)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SIA28/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>SILC</x:t>
   </x:si>
   <x:si>
     <x:t>Survey of Income and Living Conditions (SILC) 2004 to 2019</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
-    <x:t>Eva O'Regan</x:t>
+    <x:t>Lianora Bermingham</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>icw@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
-    <x:t>(+353) 21 453 5243</x:t>
+    <x:t>(+353) 21 453 5665</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>
@@ -249,50 +249,53 @@
     <x:t>2015</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>SIA28C2</x:t>
   </x:si>
   <x:si>
     <x:t>At Risk of Poverty</x:t>
   </x:si>
   <x:si>
     <x:t>SIA28C3</x:t>
   </x:si>
   <x:si>
     <x:t>In Enforced Deprivation</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>SIA28C4</x:t>
   </x:si>
   <x:si>
     <x:t>In Consistent Poverty</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
@@ -436,299 +439,142 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...247 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V02508" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H225" totalsRowShown="0">
   <x:autoFilter ref="A1:H225"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02076V02508"/>
     <x:tableColumn id="6" name="Age Group"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -997,51 +843,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SIA28/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1230,51 +1076,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H225"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="16.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -4210,395 +4056,443 @@
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8">
       <x:c r="A114" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H114" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="115" spans="1:8">
       <x:c r="A115" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H115" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="116" spans="1:8">
       <x:c r="A116" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H116" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H117" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H118" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H119" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H120" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H121" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H122" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H123" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H124" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H125" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H126" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H127" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H128" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H129" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H130" s="0">
         <x:v>36.4</x:v>
@@ -5598,1517 +5492,1517 @@
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H169" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8">
       <x:c r="A170" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H170" s="0">
         <x:v>42.1</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8">
       <x:c r="A171" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H171" s="0">
         <x:v>54.2</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8">
       <x:c r="A172" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H172" s="0">
         <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8">
       <x:c r="A173" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H173" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8">
       <x:c r="A174" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H174" s="0">
         <x:v>39.1</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8">
       <x:c r="A175" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H175" s="0">
         <x:v>56.6</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8">
       <x:c r="A176" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H176" s="0">
         <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8">
       <x:c r="A177" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H177" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8">
       <x:c r="A178" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H178" s="0">
         <x:v>38.7</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8">
       <x:c r="A179" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H179" s="0">
         <x:v>57.8</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8">
       <x:c r="A180" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H180" s="0">
         <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8">
       <x:c r="A181" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H181" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8">
       <x:c r="A182" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H182" s="0">
         <x:v>41.9</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8">
       <x:c r="A183" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H183" s="0">
         <x:v>55.8</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8">
       <x:c r="A184" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H184" s="0">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8">
       <x:c r="A185" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H185" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8">
       <x:c r="A186" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H186" s="0">
         <x:v>37.6</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8">
       <x:c r="A187" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H187" s="0">
         <x:v>60.7</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8">
       <x:c r="A188" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H188" s="0">
         <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8">
       <x:c r="A189" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H189" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8">
       <x:c r="A190" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H190" s="0">
         <x:v>36.2</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8">
       <x:c r="A191" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H191" s="0">
         <x:v>60.6</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8">
       <x:c r="A192" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H192" s="0">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8">
       <x:c r="A193" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H193" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8">
       <x:c r="A194" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H194" s="0">
         <x:v>33.2</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8">
       <x:c r="A195" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H195" s="0">
         <x:v>63.2</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8">
       <x:c r="A196" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H196" s="0">
         <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8">
       <x:c r="A197" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H197" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8">
       <x:c r="A198" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H198" s="0">
         <x:v>37.2</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8">
       <x:c r="A199" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H199" s="0">
         <x:v>59.9</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8">
       <x:c r="A200" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H200" s="0">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8">
       <x:c r="A201" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H201" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8">
       <x:c r="A202" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H202" s="0">
         <x:v>37.8</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8">
       <x:c r="A203" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H203" s="0">
         <x:v>58.9</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8">
       <x:c r="A204" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H204" s="0">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8">
       <x:c r="A205" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H205" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8">
       <x:c r="A206" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H206" s="0">
         <x:v>33.7</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8">
       <x:c r="A207" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H207" s="0">
         <x:v>61.9</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8">
       <x:c r="A208" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H208" s="0">
         <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8">
       <x:c r="A209" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H209" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8">
       <x:c r="A210" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H210" s="0">
         <x:v>35.1</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8">
       <x:c r="A211" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H211" s="0">
         <x:v>61.9</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8">
       <x:c r="A212" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H212" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8">
       <x:c r="A213" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H213" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8">
       <x:c r="A214" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H214" s="0">
         <x:v>33.7</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8">
       <x:c r="A215" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H215" s="0">
         <x:v>62.8</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8">
       <x:c r="A216" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H216" s="0">
         <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8">
       <x:c r="A217" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H217" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8">
       <x:c r="A218" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H218" s="0">
         <x:v>35.4</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8">
       <x:c r="A219" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H219" s="0">
         <x:v>60.3</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8">
       <x:c r="A220" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H220" s="0">
         <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8">
       <x:c r="A221" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H221" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8">
       <x:c r="A222" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H222" s="0">
         <x:v>37.6</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8">
       <x:c r="A223" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H223" s="0">
         <x:v>56.3</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8">
       <x:c r="A224" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H224" s="0">
         <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8">
       <x:c r="A225" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H225" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -7125,51 +7019,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H225" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="4">
         <x:s v="SIA28C1"/>
         <x:s v="SIA28C2"/>
         <x:s v="SIA28C3"/>
         <x:s v="SIA28C4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="4">
         <x:s v="Profile of the Population"/>
         <x:s v="At Risk of Poverty"/>
         <x:s v="In Enforced Deprivation"/>
         <x:s v="In Consistent Poverty"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="14">
         <x:s v="2006"/>
         <x:s v="2007"/>
         <x:s v="2008"/>
         <x:s v="2009"/>
         <x:s v="2010"/>
@@ -7332,27 +7226,2268 @@
         <x:n v="2.3"/>
         <x:n v="37.6"/>
         <x:n v="60.7"/>
         <x:n v="1.7"/>
         <x:n v="36.2"/>
         <x:n v="60.6"/>
         <x:n v="3.3"/>
         <x:n v="33.2"/>
         <x:n v="37.2"/>
         <x:n v="2.9"/>
         <x:n v="37.8"/>
         <x:n v="33.7"/>
         <x:n v="35.1"/>
         <x:n v="3"/>
         <x:n v="62.8"/>
         <x:n v="35.4"/>
         <x:n v="60.3"/>
         <x:n v="6.1"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="26.6"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="62.3"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="27.2"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="26.1"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="26.4"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="62.5"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="61.5"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="25.2"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="63.2"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="25.1"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="62.9"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="25.2"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="62.4"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="25.2"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="62.1"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="25.1"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="61.8"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="24.8"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="61.9"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="24.7"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="61.6"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="24.8"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="61.3"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="24.4"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="61.4"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="SIA28C1"/>
+    <s v="Profile of the Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="34.8"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="56.3"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="56.4"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="58.9"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="34.9"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="57.6"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="33.9"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="59.3"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="31.7"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="61.2"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="29.9"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="61.3"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="31.1"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="61.7"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="30.9"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="61.1"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="29.6"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="61.9"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="30.8"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="61.1"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="30.3"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="62.2"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="59.3"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="30.4"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="57.9"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="SIA28C2"/>
+    <s v="At Risk of Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="58.7"/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="35.2"/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="59.4"/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="31.7"/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="62.3"/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="32.2"/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="61.3"/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="32.9"/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="60.8"/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="32.1"/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="59.9"/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="31.2"/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="60.5"/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="31.7"/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="61.3"/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="33.6"/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="58.9"/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="33.1"/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="SIA28C3"/>
+    <s v="In Enforced Deprivation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="42.1"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="54.2"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="39.1"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="56.6"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="38.7"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="57.8"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="41.9"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="55.8"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="37.6"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="60.7"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="36.2"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="60.6"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="63.2"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="37.2"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="59.9"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="37.8"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="58.9"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="33.7"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="61.9"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="61.9"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="33.7"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="62.8"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="35.4"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="60.3"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="221"/>
+    <s v="0 - 17 years"/>
+    <s v="%"/>
+    <n v="37.6"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3505"/>
+    <s v="18 - 64 years"/>
+    <s v="%"/>
+    <n v="56.3"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="575"/>
+    <s v="65 years and over"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="SIA28C4"/>
+    <s v="In Consistent Poverty"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+</pivotCacheRecords>
 </file>