--- v0 (2025-11-07)
+++ v1 (2026-02-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde9fe63d6faa43b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7e81b7ce7b4247338cb6bcb9ab090eef.psmdcp" Id="Rd66da9d888aa49fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9d2d96116ad4a13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/18d5ea9b24284013a315844e073b772f.psmdcp" Id="R2dd62986b4e84dfb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>SIA21</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Composition of Average Weekly Household and Equivalised Income</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>10/27/2020 11:00:00 AM</x:t>
+    <x:t>27/10/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Deflator base year 2012Household income is averaged over households while equivalised income is averaged over individuals within the household [url= &lt;a href="https://www.cso.ie/en/methods/socialconditions/silc/" target="_blank"&gt;https://www.cso.ie/en/methods/socialconditions/silc/&lt;/a&gt;] See background notes[/url]</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SIA21/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>SILC</x:t>
   </x:si>
   <x:si>
     <x:t>Survey of Income and Living Conditions (SILC) 2004 to 2019</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -511,387 +511,164 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...335 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02891V03483" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Income" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="18">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H793" totalsRowShown="0">
   <x:autoFilter ref="A1:H793"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02891V03483"/>
     <x:tableColumn id="6" name="Type of Income"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1160,51 +937,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SIA21/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1393,51 +1170,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H793"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="26.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="66.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -22043,51 +21820,51 @@
       <x:c r="E793" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F793" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G793" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H793" s="0">
         <x:v>522.84</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -22104,51 +21881,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H793" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="4">
         <x:s v="SIA21C1"/>
         <x:s v="SIA21C2"/>
         <x:s v="SIA21C3"/>
         <x:s v="SIA21C4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="4">
         <x:s v="Nominal Household Income"/>
         <x:s v="Nominal Equivalised Income"/>
         <x:s v="Real Household Income"/>
         <x:s v="Real Equivalised Income"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="11">
         <x:s v="2009"/>
         <x:s v="2010"/>
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
@@ -22881,27 +22658,7948 @@
         <x:n v="504.8"/>
         <x:n v="419.81"/>
         <x:n v="48.34"/>
         <x:n v="73.84"/>
         <x:n v="13.39"/>
         <x:n v="555.37"/>
         <x:n v="16.54"/>
         <x:n v="34.51"/>
         <x:n v="30.03"/>
         <x:n v="31.1"/>
         <x:n v="5.77"/>
         <x:n v="21.61"/>
         <x:n v="139.57"/>
         <x:n v="694.93"/>
         <x:n v="121.78"/>
         <x:n v="1.97"/>
         <x:n v="172.09"/>
         <x:n v="522.84"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="599.7"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="64.8"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="105.25"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="26.4"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="796.16"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="45.78"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="63.41"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="52.58"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="67.91"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="10.58"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="46.78"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="287.05"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="1083.21"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="133.58"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="64.8"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="4.05"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="202.43"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="880.78"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="560.89"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="64.17"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="90.51"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="23.33"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="738.9"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="59.73"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="68.88"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="53.69"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="61.48"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="44.04"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="298.52"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="1037.42"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="139.81"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="64.17"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="6.48"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="210.46"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="826.96"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="571.72"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="62.46"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="75.77"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="18.75"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="728.69"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="62.16"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="65.99"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="50.71"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="12.14"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="38.06"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="286.06"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="1014.75"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="146.5"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="62.46"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="4.35"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="213.31"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="801.43"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="559.73"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="61.51"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="69.64"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="23.53"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="714.41"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="61.16"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="64.16"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="55.87"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="52.98"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="10.61"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="35.92"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="280.71"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="995.12"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="136.25"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="61.51"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="3.97"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="201.73"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="793.39"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="588.13"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="66.95"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="77.95"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="22.42"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="755.45"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="57.86"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="68.48"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="54.67"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="52.82"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="9.98"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="38.13"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="281.95"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="1037.39"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="157.42"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="66.95"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="4.96"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="229.34"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="808.05"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="608.43"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="70.82"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="86.36"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="28.87"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="794.48"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="51.59"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="71.15"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="55.22"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="50.99"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="8.41"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="36.87"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="274.25"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="1068.73"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="167.5"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="70.82"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="5.14"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="243.47"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="825.26"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="641.96"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="73.82"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="97.37"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="23.24"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="836.38"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="47.06"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="73.88"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="56.43"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="52.4"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="7.71"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="37.54"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="275.02"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="1111.4"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="173.7"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="73.82"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="252.41"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="858.99"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="682.53"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="77.26"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="94.42"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="26.21"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="880.42"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="44.7"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="74.95"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="57.94"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="50.84"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="8.44"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="38.5"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="275.36"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="1155.78"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="185.65"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="77.26"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="5.37"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="268.27"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="887.51"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="707.95"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="82.52"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="127.31"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="28.29"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="946.07"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="39.02"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="75.77"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="54.3"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="48.88"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="7.06"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="36.68"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="261.71"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="1207.78"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="189.96"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="82.52"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="6.29"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="278.77"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="929.01"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="760.1"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="88.25"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="169.6"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="30.41"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="1048.35"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="32.18"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="74.57"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="59.46"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="51.55"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="35.56"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="264.13"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="1312.48"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="232.92"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="88.25"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="5.13"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="326.31"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="986.17"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="792.99"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="90.75"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="143.61"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="27.44"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="1054.78"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="31.28"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="80.66"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="68.42"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="52.62"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="11.14"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="44.38"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="288.49"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="1343.27"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="230.38"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="90.75"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="4.17"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="325.3"/>
+  </r>
+  <r>
+    <s v="SIA21C1"/>
+    <s v="Nominal Household Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="1017.98"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="308.68"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="33.63"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="55.99"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="12.58"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="410.88"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="23.44"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="26.78"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="39.74"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="5.05"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="22.5"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="140.51"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="551.39"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="68.69"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="33.63"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="2.04"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="104.36"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="447.03"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="292.83"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="33.81"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="48.64"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="11.46"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="386.74"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="31.4"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="29.98"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="23.69"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="36.23"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="5.19"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="21.43"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="147.92"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="534.66"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="73.37"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="33.81"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="3.23"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="110.4"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="424.26"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="299.13"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="33.18"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="40.01"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="381.21"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="32.67"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="28.47"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="22.37"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="33.49"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="6.07"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="18.58"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="141.65"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="522.87"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="76.68"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="33.18"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="2.12"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="111.99"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="410.88"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="295.95"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="32.72"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="11.27"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="376.33"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="32.15"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="28.06"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="24.62"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="30.97"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="5.28"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="17.56"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="138.63"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="514.96"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="71.98"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="32.72"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="1.93"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="106.62"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="408.34"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="309.32"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="35.43"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="41.24"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="10.71"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="396.7"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="30.46"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="29.63"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="24.06"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="30.63"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="5.04"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="18.49"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="138.31"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="535.01"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="82.18"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="35.43"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="2.37"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="119.98"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="415.03"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="319.61"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="37.46"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="45.96"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="13.51"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="416.54"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="27.03"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="30.66"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="24.09"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="29.44"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="4.17"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="17.98"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="133.36"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="549.9"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="87.64"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="37.46"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="2.39"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="127.5"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="422.41"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="339.03"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="39.42"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="50.48"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="10.93"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="439.88"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="24.75"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="31.82"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="24.59"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="30.32"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="3.87"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="18.16"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="133.5"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="573.38"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="91.15"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="39.42"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="2.33"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="132.91"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="440.47"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="359.65"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="41.02"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="48.05"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="12.43"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="461.15"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="23.24"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="32.11"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="25.23"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="29.54"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="4.15"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="18.88"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="133.15"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="594.3"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="96.95"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="41.02"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="2.48"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="140.45"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="453.85"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="374.59"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="44.08"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="66.25"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="13.53"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="498.45"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="20.64"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="32.77"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="23.79"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="29.12"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="3.47"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="18.05"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="127.84"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="626.29"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="100.41"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="44.08"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="3.01"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="147.5"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="478.79"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="406.08"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="47.24"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="87.58"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="14.44"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="555.34"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="17.41"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="32.36"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="26.41"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="31.33"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="5.72"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="17.66"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="130.88"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="686.22"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="123.38"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="47.24"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="2.64"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="173.26"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="512.96"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="429.96"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="49.51"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="75.62"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="13.71"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="568.79"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="16.94"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="35.34"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="30.76"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="31.85"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="5.91"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="22.13"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="142.94"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="711.73"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="124.72"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="49.51"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="2.02"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="176.25"/>
+  </r>
+  <r>
+    <s v="SIA21C2"/>
+    <s v="Nominal Equivalised Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="535.48"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="599.7"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="64.8"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="105.25"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="26.4"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="796.16"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="45.78"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="63.41"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="52.58"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="67.91"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="10.58"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="46.78"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="287.05"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="1083.21"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="133.58"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="64.8"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="4.05"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="202.43"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="880.78"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="581.47"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="66.53"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="93.83"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="24.19"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="766.02"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="61.92"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="71.41"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="55.66"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="63.74"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="11.09"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="45.66"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="309.48"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="1075.49"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="144.94"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="66.53"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="6.72"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="218.18"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="857.31"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="584.53"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="63.86"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="77.47"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="19.17"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="745.01"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="63.55"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="67.47"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="51.85"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="58.28"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="12.41"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="38.91"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="292.47"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="1037.48"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="149.78"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="63.86"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="4.45"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="218.09"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="819.38"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="559.73"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="61.51"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="69.64"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="23.53"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="714.41"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="61.16"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="64.16"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="55.87"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="52.98"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="10.61"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="35.92"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="280.71"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="995.12"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="136.25"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="61.51"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="3.97"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="201.73"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="793.39"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="582.19"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="66.27"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="77.16"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="22.19"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="747.82"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="57.28"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="67.79"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="54.12"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="52.29"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="9.88"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="37.74"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="279.1"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="1026.91"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="155.83"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="66.27"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="4.91"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="227.02"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="799.89"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="600.64"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="69.91"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="85.25"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="28.5"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="784.31"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="50.93"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="70.24"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="54.51"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="50.34"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="270.74"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="1055.05"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="165.36"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="69.91"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="5.07"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="240.35"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="814.7"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="634.64"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="72.98"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="96.26"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="22.98"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="826.85"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="46.52"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="73.04"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="55.79"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="51.8"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="7.62"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="37.11"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="271.88"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="1098.73"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="171.72"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="72.98"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="4.84"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="249.53"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="849.2"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="675.3"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="76.44"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="93.42"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="25.93"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="871.09"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="44.23"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="74.16"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="57.33"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="50.3"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="8.35"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="38.09"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="272.44"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="1143.53"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="183.68"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="76.44"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="5.31"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="265.43"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="878.1"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="699.1"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="81.49"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="125.72"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="27.94"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="934.24"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="38.53"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="74.82"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="53.62"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="48.27"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="6.97"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="36.22"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="258.44"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="1192.68"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="187.59"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="81.49"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="6.21"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="275.29"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="917.4"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="748.01"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="86.85"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="166.9"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="29.93"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="1031.68"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="31.67"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="73.38"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="58.51"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="50.73"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="10.63"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="34.99"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="259.93"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="1291.61"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="229.22"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="86.85"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="5.05"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="321.12"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="970.49"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="774.28"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="88.61"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="140.22"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="26.79"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="1029.89"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="30.54"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="78.76"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="66.81"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="51.38"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="10.88"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="43.33"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="281.68"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="1311.57"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="224.94"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="88.61"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="4.07"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="317.62"/>
+  </r>
+  <r>
+    <s v="SIA21C3"/>
+    <s v="Real Household Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="993.96"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="308.68"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="33.63"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="55.99"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="12.58"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="410.88"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="23.44"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="26.78"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="39.74"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="5.05"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="22.5"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="140.51"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="551.39"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="68.69"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="33.63"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="2.04"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="104.36"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="447.03"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="303.58"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="35.05"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="50.43"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="11.88"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="400.93"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="32.55"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="31.08"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="24.56"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="37.56"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="5.38"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="22.22"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="153.35"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="554.28"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="76.06"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="35.05"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="3.35"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="114.45"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="439.83"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="305.83"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="33.92"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="40.91"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="389.75"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="33.4"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="29.11"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="22.87"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="34.24"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="6.21"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="144.82"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="534.58"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="78.4"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="33.92"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="2.17"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="114.5"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="420.08"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="295.95"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="32.72"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="11.27"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="376.33"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="32.15"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="28.06"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="24.62"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="30.97"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="5.28"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="17.56"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="138.63"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="514.96"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="71.98"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="32.72"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="1.93"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="106.62"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="408.34"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="306.2"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="35.07"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="40.82"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="392.69"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="30.15"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="29.33"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="23.82"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="30.32"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="4.99"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="136.91"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="529.61"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="81.35"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="35.07"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="2.35"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="118.77"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="410.84"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="315.52"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="36.98"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="45.37"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="13.34"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="411.21"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="26.68"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="30.27"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="23.78"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="29.06"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="4.12"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="17.75"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="131.65"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="542.86"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="86.52"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="36.98"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="2.36"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="125.87"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="335.17"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="38.97"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="49.9"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="10.81"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="434.87"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="24.47"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="31.46"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="24.31"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="29.97"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="3.83"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="17.95"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="131.98"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="566.84"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="90.11"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="38.97"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="131.39"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="435.45"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="355.84"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="40.59"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="47.54"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="456.26"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="22.99"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="31.77"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="24.96"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="29.23"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="4.11"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="18.68"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="131.74"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="95.92"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="40.59"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="2.45"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="138.96"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="449.04"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="369.91"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="43.53"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="65.42"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="13.36"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="492.22"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="20.38"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="32.36"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="23.49"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="28.76"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="3.43"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="17.82"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="126.24"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="618.46"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="99.15"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="43.53"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="2.97"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="145.66"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="472.81"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="399.62"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="46.49"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="86.19"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="14.21"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="546.51"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="17.13"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="31.85"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="25.99"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="30.83"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="5.63"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="17.38"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="128.8"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="675.31"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="121.42"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="46.49"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="170.51"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="504.8"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="Direct income:  employee income"/>
+    <s v="Euro"/>
+    <n v="419.81"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="Direct income:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="48.34"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="Direct income:  cash benefits or losses from self-employment"/>
+    <s v="Euro"/>
+    <n v="73.84"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="Direct income:  other"/>
+    <s v="Euro"/>
+    <n v="13.39"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="05"/>
+    <s v="Direct income:  total"/>
+    <s v="Euro"/>
+    <n v="555.37"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="Social transfers:  unemployment related benefits"/>
+    <s v="Euro"/>
+    <n v="16.54"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="Social transfers:  old-age related payments"/>
+    <s v="Euro"/>
+    <n v="34.51"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="Social transfers:  occupational pension"/>
+    <s v="Euro"/>
+    <n v="30.03"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="Social transfers:  family/children related allowances"/>
+    <s v="Euro"/>
+    <n v="31.1"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Social transfers:  housing allowances"/>
+    <s v="Euro"/>
+    <n v="5.77"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="Social transfers:  other"/>
+    <s v="Euro"/>
+    <n v="21.61"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="Social transfers:  total"/>
+    <s v="Euro"/>
+    <n v="139.57"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="Gross income"/>
+    <s v="Euro"/>
+    <n v="694.93"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="14"/>
+    <s v="Tax and social contributions:  tax on income and social contributions"/>
+    <s v="Euro"/>
+    <n v="121.78"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="15"/>
+    <s v="Tax and social contributions:  employer's social insurance contributions"/>
+    <s v="Euro"/>
+    <n v="48.34"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="16"/>
+    <s v="Tax and social contributions:  regular inter-household cash transfers paid"/>
+    <s v="Euro"/>
+    <n v="1.97"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="17"/>
+    <s v="Tax and social contributions:  total"/>
+    <s v="Euro"/>
+    <n v="172.09"/>
+  </r>
+  <r>
+    <s v="SIA21C4"/>
+    <s v="Real Equivalised Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="18"/>
+    <s v="Net disposable income"/>
+    <s v="Euro"/>
+    <n v="522.84"/>
+  </r>
+</pivotCacheRecords>
 </file>