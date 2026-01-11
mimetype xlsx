--- v0 (2025-11-07)
+++ v1 (2026-01-11)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re857b783ca6447be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e1f9e995a4364a168605617a74245eb0.psmdcp" Id="Rbdf776ea1a2947e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ac9f5a6c38d417b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/89d19efe4bbb4110bccfb523e26b264b.psmdcp" Id="R8baa6cfbffb84211" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>SIA16</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Income and Poverty Rates</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/31/2024 11:00:00 AM</x:t>
+    <x:t>31/07/2024 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Deflator Base Year = 2012 (Median Real Household Disposable Income, Mean Real Household Disposable Income, Median Equivalised Real Disposable Income and Mean Equivalised Real Disposable Income).&lt;br&gt;&lt;br&gt;Enforced Deprivation Rate: An individual is defined as being deprived if they experience two or more forms of enforced deprivation.&lt;br&gt;&lt;br&gt;Median Real, Mean Real, Median Nominal and Mean Nominal Household Disposable Incomes are averaged over households. While Median Equivalised Real, Mean Equivalised Real, Median Equivalised Nominal and Mean Equivalised Nominal Disposable Incomes are averaged over individuals within the household See background notes(https://www.cso.ie/en/methods/socialconditions/silc/)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SIA16/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>SILC</x:t>
   </x:si>
   <x:si>
     <x:t>Survey of Income and Living Conditions (SILC) 2004 to 2019</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -511,403 +511,168 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...351 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01781V03128" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Household Composition" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H1409" totalsRowShown="0">
   <x:autoFilter ref="A1:H1409"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C01781V03128"/>
     <x:tableColumn id="6" name="Household Composition"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1176,51 +941,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SIA16/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1409,51 +1174,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H1409"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="43.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="43.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -38075,51 +37840,51 @@
       <x:c r="E1409" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F1409" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G1409" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H1409" s="0">
         <x:v>5.2</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -38136,51 +37901,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H1409" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="11">
         <x:s v="SIA16C01"/>
         <x:s v="SIA16C02"/>
         <x:s v="SIA16C03"/>
         <x:s v="SIA16C04"/>
         <x:s v="SIA16C05"/>
         <x:s v="SIA16C06"/>
         <x:s v="SIA16C07"/>
         <x:s v="SIA16C08"/>
         <x:s v="SIA16C09"/>
         <x:s v="SIA16C10"/>
         <x:s v="SIA16C11"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="11">
         <x:s v="Median Real Household Disposable Income"/>
         <x:s v="Mean Real Household Disposable Income"/>
         <x:s v="Median Nominal Household Disposable Income"/>
         <x:s v="Mean Nominal Household Disposable Income"/>
         <x:s v="Median Equivalised Real Disposable Income"/>
         <x:s v="Mean Equivalised Real Disposable Income"/>
@@ -39326,27 +39091,14108 @@
         <x:n v="26.3"/>
         <x:n v="6.8"/>
         <x:n v="3.8"/>
         <x:n v="23.1"/>
         <x:n v="8.1"/>
         <x:n v="3.7"/>
         <x:n v="17.7"/>
         <x:n v="2.5"/>
         <x:n v="13.2"/>
         <x:n v="1.4"/>
         <x:n v="6.5"/>
         <x:n v="20"/>
         <x:n v="2.1"/>
         <x:n v="20.7"/>
         <x:n v="3.9"/>
         <x:n v="4.8"/>
         <x:n v="4.5"/>
         <x:n v="4.2"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="11602"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="16235"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="22173"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="39591"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="62507"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="20040"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="48878"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="59922"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="12104"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="19879"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="22862"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="42206"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="61406"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="21527"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="49111"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="60188"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="12618"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="20572"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="24453"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="40557"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="65353"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="23056"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="49708"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="60925"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="13414"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="21525"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="26801"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="43957"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="68795"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="25711"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="54752"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="66495"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="14239"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="19811"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="27305"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="43226"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="66409"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="23697"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="52021"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="63078"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="14544"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="19345"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="29461"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="41772"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="61005"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="22809"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="47717"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="60687"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="15026"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="17304"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="30533"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="40875"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="58703"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="27249"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="46552"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="56991"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="14838"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="19026"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="29079"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="42494"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="51157"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="22497"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="44720"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="53194"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="13920"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="18357"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="27402"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="39216"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="50502"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="22047"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="43574"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="50848"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="13696"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="16300"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="29303"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="39204"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="49239"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="22696"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="45581"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="50646"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="13936"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="18013"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="28412"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="39444"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="49957"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="22191"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="46075"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="52502"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="13837"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="16611"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="31460"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="41470"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="58117"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="23259"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="48065"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="58173"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="14045"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="17295"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="31732"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="41681"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="57854"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="21981"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="52394"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="57155"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="14545"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="18838"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="31222"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="46699"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="59218"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="24565"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="53587"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="57180"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="15160"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="20957"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="35380"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="49456"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="68620"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="28501"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="55548"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="74208"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="15833"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="23491"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="36577"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="49610"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="69446"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="29578"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="57262"/>
+  </r>
+  <r>
+    <s v="SIA16C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="73507"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="14517"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="22552"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="27973"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="44231"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="68507"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="22459"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="54559"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="69544"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="15142"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="25123"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="29023"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="47456"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="68350"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="23291"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="59001"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="65219"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="15701"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="25791"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="30739"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="52816"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="73646"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="24765"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="56630"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="71054"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="16896"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="26913"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="33683"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="51925"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="75908"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="27984"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="60982"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="78680"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="17792"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="26435"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="35873"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="50376"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="72316"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="29294"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="58306"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="73155"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="17985"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="25364"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="37184"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="47882"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="68593"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="24898"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="54138"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="70329"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="19042"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="23090"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="36050"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="47611"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="70608"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="28959"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="53957"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="64035"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="18602"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="23832"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="35572"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="46844"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="57413"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="25493"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="52600"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="58700"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="17438"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="23032"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="34365"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="44649"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="59100"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="24207"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="51083"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="56618"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="17639"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="23004"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="34676"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="45736"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="57673"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="25753"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="52818"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="57040"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="17664"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="24166"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="34007"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="46166"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="58476"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="24613"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="53923"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="60165"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="18940"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="24309"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="36113"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="47320"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="61688"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="24846"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="56695"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="62324"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="18893"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="26190"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="36748"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="48452"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="65444"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="25034"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="58779"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="66375"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="20309"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="27125"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="37329"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="53509"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="67922"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="26872"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="62676"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="68027"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="20539"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="26476"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="41215"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="59186"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="77521"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="31057"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="62930"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="79892"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="21429"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="27840"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="43180"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="56232"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="82536"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="32431"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="67069"/>
+  </r>
+  <r>
+    <s v="SIA16C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="78671"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="10068"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="14088"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="19241"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="34355"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="54241"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="17390"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="42414"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="51998"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="10754"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="17662"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="20313"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="37500"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="54559"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="19127"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="43635"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="53477"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="11567"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="18858"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="22415"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="37178"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="59907"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="21135"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="45566"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="55848"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="12868"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="20649"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="25711"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="42169"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="65997"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="24665"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="52525"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="63790"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="14292"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="19885"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="27406"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="43387"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="66656"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="23785"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="52214"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="63312"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="14544"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="19345"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="29461"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="41772"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="61005"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="22809"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="47717"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="60687"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="14494"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="16691"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="29452"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="39428"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="56625"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="26284"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="44904"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="54973"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="14513"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="18609"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="28442"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="41563"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="50036"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="22004"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="43740"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="52029"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="13920"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="18357"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="27402"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="39216"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="50502"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="22047"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="43574"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="50848"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="13836"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="16466"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="29602"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="39604"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="49741"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="22928"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="46046"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="51163"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="14117"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="18247"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="28780"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="39955"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="50605"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="22479"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="46672"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="53183"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="13997"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="16803"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="31823"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="41948"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="58787"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="23527"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="48619"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="58844"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="14195"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="17480"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="32072"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="42128"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="58474"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="22216"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="52955"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="57767"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="14729"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="19076"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="31617"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="47290"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="59968"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="24876"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="54265"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="57904"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="15405"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="21296"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="35952"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="50255"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="69729"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="28961"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="56445"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="75407"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="16216"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="24059"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="37461"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="50809"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="71125"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="30293"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="58646"/>
+  </r>
+  <r>
+    <s v="SIA16C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="75284"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="12597"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="19570"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="24274"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="38382"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="59447"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="19489"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="47344"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="60347"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="13454"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="22322"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="25787"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="42164"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="60729"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="20694"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="52422"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="57947"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="14393"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="23642"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="28178"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="48415"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="67509"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="22701"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="51911"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="65133"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="16209"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="25818"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="32313"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="49813"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="72820"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="26846"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="58502"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="75480"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="17858"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="26533"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="36006"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="50563"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="72585"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="29403"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="58523"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="73427"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="17985"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="25364"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="37184"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="47882"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="68593"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="24898"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="54138"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="70329"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="18368"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="22273"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="34774"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="45926"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="68108"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="27934"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="52047"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="61768"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="18194"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="23310"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="34793"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="45818"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="56155"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="24934"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="51448"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="57414"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="17438"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="23032"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="34365"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="44649"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="59100"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="24207"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="51083"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="56618"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="17819"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="23239"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="35030"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="46203"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="58261"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="26016"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="53357"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="57622"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="17893"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="24479"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="34448"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="46765"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="59234"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="24932"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="54622"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="60945"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="19158"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="24589"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="36529"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="47866"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="62399"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="25133"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="57349"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="63043"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="19095"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="26471"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="37142"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="48971"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="66145"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="25302"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="59409"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="67086"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="20566"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="27468"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="37802"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="54186"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="68782"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="27212"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="63469"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="68888"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="20871"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="26904"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="41881"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="60142"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="78774"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="31559"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="63947"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="81183"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="21947"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="28513"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="44224"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="57591"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="84531"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="33215"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="68690"/>
+  </r>
+  <r>
+    <s v="SIA16C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="80573"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="11593"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="16235"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="13357"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="23900"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="23208"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="11016"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="20747"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="16784"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="12104"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="19879"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="13773"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="25425"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="23430"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="12511"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="20674"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="16681"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="12618"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="20572"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="14730"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="24433"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="24129"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="12250"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="21227"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="17079"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="13377"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="21244"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="16146"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="26477"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="25354"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="14310"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="22608"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="18794"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="14239"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="19811"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="16448"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="26040"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="23788"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="14140"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="22766"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="18956"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="14544"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="19345"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="17748"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="25164"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="23552"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="13272"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="21367"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="18738"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="15026"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="17304"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="18393"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="24624"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="24207"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="13916"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="20113"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="17295"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="14838"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="19026"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="17518"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="25599"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="20313"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="14539"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="20224"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="16455"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="13920"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="18357"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="16507"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="23624"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="20016"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="13165"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="19154"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="15105"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="13696"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="16300"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="17653"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="23617"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="19622"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="12931"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="19625"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="15222"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="13936"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="18013"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="17115"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="23762"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="18380"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="12755"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="19931"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="15663"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="13837"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="16611"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="18951"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="24982"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="20776"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="13952"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="20626"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="15972"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="14045"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="17295"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="19115"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="25109"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="21219"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="13693"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="22334"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="17075"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="14545"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="18838"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="18808"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="28132"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="22714"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="14197"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="23108"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="17551"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="15160"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="20957"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="21314"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="29793"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="25358"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="16503"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="23307"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="20890"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="15833"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="23491"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="22034"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="29886"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="26627"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="17867"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="24654"/>
+  </r>
+  <r>
+    <s v="SIA16C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="21556"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="14508"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="22546"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="16852"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="26642"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="25021"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="12839"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="22944"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="19805"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="15142"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="25123"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="17485"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="28588"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="25033"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="13703"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="24628"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="18710"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="15701"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="25791"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="18518"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="31817"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="26812"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="13916"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="24002"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="20244"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="16892"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="26862"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="20291"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="31273"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="28001"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="15300"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="25736"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="22819"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="17792"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="26435"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="21610"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="30347"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="26428"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="17842"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="25344"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="22360"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="17985"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="25364"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="22400"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="28845"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="25771"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="15162"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="23956"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="21713"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="19042"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="23090"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="21717"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="28681"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="27140"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="16262"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="22984"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="19410"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="18602"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="23832"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="21428"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="28235"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="22095"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="16353"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="23020"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="18584"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="17438"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="23032"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="20709"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="26889"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="22615"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="15657"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="22411"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="17429"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="17639"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="23004"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="20889"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="27552"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="22074"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="15042"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="22642"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="17142"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="17664"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="24166"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="20486"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="27811"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="21850"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="14444"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="23000"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="18208"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="18940"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="24309"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="21755"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="28506"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="23175"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="14890"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="24162"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="18474"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="18893"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="26190"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="22138"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="29187"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="24732"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="14681"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="24865"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="19534"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="20309"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="27125"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="22487"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="32234"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="25553"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="15208"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="26408"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="20343"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="20539"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="26476"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="24828"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="35654"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="29301"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="17938"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="26491"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="23322"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="21429"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="27840"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="26012"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="33875"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="30576"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="19450"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="28337"/>
+  </r>
+  <r>
+    <s v="SIA16C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="23029"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="10060"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="14088"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="11591"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="20739"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="20139"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="9559"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="18003"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="14564"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="10754"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="17662"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="12237"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="22590"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="20817"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="11116"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="18369"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="14821"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="11567"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="18858"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="13503"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="22397"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="22118"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="11229"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="19458"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="15656"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="12833"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="20380"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="15489"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="25400"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="24323"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="13728"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="21688"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="18030"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="14292"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="19885"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="16509"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="26137"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="23876"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="14193"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="22851"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="19026"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="14544"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="19345"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="17748"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="25164"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="23552"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="13272"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="21367"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="18738"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="14494"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="16691"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="17742"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="23752"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="23350"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="13423"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="19401"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="16683"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="14513"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="18609"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="17134"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="25038"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="19868"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="14220"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="19781"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="16094"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="13920"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="18357"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="16507"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="23624"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="20016"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="13165"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="19154"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="15105"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="13836"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="16466"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="17833"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="23858"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="19822"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="13063"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="19825"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="15377"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="14117"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="18247"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="17337"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="24070"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="18618"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="12920"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="20189"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="15866"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="13997"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="16803"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="19170"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="25270"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="21016"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="14113"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="20864"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="16156"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="14195"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="17480"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="19320"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="25378"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="21446"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="13840"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="22573"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="17258"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="14729"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="19076"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="19046"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="28488"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="23002"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="14377"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="23401"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="17773"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="15405"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="21296"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="21658"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="30274"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="25768"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="16770"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="23684"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="21228"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="16216"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="24059"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="22567"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="30608"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="27271"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="18299"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="25250"/>
+  </r>
+  <r>
+    <s v="SIA16C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="22077"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="12589"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="19564"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="14623"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="23119"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="21712"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="11141"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="19910"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="17186"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="13454"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="22322"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="15535"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="25400"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="22242"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="12175"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="21882"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="16624"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="14393"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="23642"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="16975"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="29166"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="24578"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="12756"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="22002"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="18557"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="16205"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="25769"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="19466"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="30001"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="26862"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="14678"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="24689"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="21891"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="17858"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="26533"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="21690"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="30460"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="26526"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="17908"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="25438"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="22443"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="17985"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="25364"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="22400"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="28845"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="25771"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="15162"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="23956"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="21713"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="18368"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="22273"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="20948"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="27666"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="26179"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="15686"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="22170"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="18723"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="18194"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="23310"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="20959"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="27616"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="21611"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="15995"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="22516"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="18177"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="17438"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="23032"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="20709"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="26889"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="22615"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="15657"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="22411"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="17429"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="17819"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="23239"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="21102"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="27833"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="22299"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="15195"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="22873"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="17317"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="17893"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="24479"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="20752"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="28172"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="22133"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="14631"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="23298"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="18444"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="19158"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="24589"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="22006"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="28835"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="23442"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="15062"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="24441"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="18687"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="19095"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="26471"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="22375"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="29500"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="24997"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="14838"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="25131"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="19743"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="20566"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="27468"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="22772"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="32642"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="25876"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="15401"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="26742"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="20600"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="20871"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="26904"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="25229"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="36230"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="29774"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="18228"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="26919"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="23699"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="21947"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="28513"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="Euro"/>
+    <n v="26641"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="Euro"/>
+    <n v="34694"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="Euro"/>
+    <n v="31315"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="19920"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="Euro"/>
+    <n v="29022"/>
+  </r>
+  <r>
+    <s v="SIA16C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="Euro"/>
+    <n v="23586"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="33.9"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="24.8"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="50.8"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="22.3"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="26.1"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="30.3"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="44.5"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="19.3"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="45.6"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="23.9"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="29.6"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="37.6"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="25.7"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="35.5"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="19.2"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="24.7"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="20.6"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="24.3"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="21.2"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="28.4"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="30.2"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="28.5"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="35.6"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="26.6"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="26.4"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="34.6"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="24.7"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="34.8"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="33.9"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="21.2"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="39.4"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="23.5"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="34.2"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="39.9"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="24.4"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="19.7"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="33.5"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="17.6"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="28.8"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="SIA16C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="25.2"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="52.7"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="51.5"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="19.4"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="35.6"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="20.6"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="35.9"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="25.1"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="44.1"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="17.2"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="50.3"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="23.9"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="28.6"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="27.8"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="25.9"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="27.2"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="35.2"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="21.2"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="49.3"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="25.9"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="35.6"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="23.5"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="24.4"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="24.2"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="63.3"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="31.2"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="37.1"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="20.3"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="58.8"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="30.5"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="37.8"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="32.1"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="20.2"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="57.5"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="25.2"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="29.1"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="48.3"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="31.3"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="32.1"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="44.5"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="27.4"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="23.9"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="42.7"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="45.4"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="17.1"/>
+  </r>
+  <r>
+    <s v="SIA16C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="22.1"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="29.6"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="12.4"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="33.9"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="16.4"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="17.1"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="26.3"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="23.1"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="17.7"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="2.5"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="23.9"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="23.2"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="20.7"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="19.2"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="17.1"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="SIA16C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+</pivotCacheRecords>
 </file>