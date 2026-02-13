--- v0 (2025-11-05)
+++ v1 (2026-02-13)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf07749a7787f4f66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ca2ea9b0add44af3ad0f48b8d292c9b3.psmdcp" Id="Rf2037d7485244a15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6bd3c6e695147a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f1db39c84c6c4517818818b88660872f.psmdcp" Id="R36ea8bb9e2b243cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>SIA15</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Income and Poverty Rates</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/31/2024 11:00:00 AM</x:t>
+    <x:t>31/07/2024 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Deflator Base Year = 2012 (Median Real Household Disposable Income, Mean Real Household Disposable Income, Median Equivalised Real Disposable Income and Mean Equivalised Real Disposable Income).&lt;br&gt;&lt;br&gt;Enforced Deprivation Rate: An individual is defined as being deprived if they experience two or more forms of enforced deprivation.&lt;br&gt;&lt;br&gt;Median Real, Mean Real, Median Nominal and Mean Nominal Household Disposable Incomes are averaged over households. While Median Equivalised Real, Mean Equivalised Real, Median Equivalised Nominal and Mean Equivalised Nominal Disposable Incomes are averaged over individuals within the household.&lt;br&gt;&lt;br&gt;Sex, Age Group, Principal Economic Status (aged 16 years and over) and Highest Level of Education Completed refers to that of the head of household in the At Risk of Poverty Rate, Deprivation Rate and Consistent Poverty Rate figures See background notes(https://www.cso.ie/en/methods/socialconditions/silc/)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SIA15/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>SILC</x:t>
   </x:si>
   <x:si>
     <x:t>Survey of Income and Living Conditions (SILC) 2004 to 2019</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -499,387 +499,164 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...335 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02352V02829" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Highest Level of Education Completed" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H1057" totalsRowShown="0">
   <x:autoFilter ref="A1:H1057"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02352V02829"/>
     <x:tableColumn id="6" name="Highest Level of Education Completed"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1148,51 +925,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SIA15/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1381,51 +1158,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H1057"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="43.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="37.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -28895,51 +28672,51 @@
       <x:c r="E1057" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F1057" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G1057" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H1057" s="0">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -28956,51 +28733,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H1057" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="11">
         <x:s v="SIA15C01"/>
         <x:s v="SIA15C02"/>
         <x:s v="SIA15C03"/>
         <x:s v="SIA15C04"/>
         <x:s v="SIA15C05"/>
         <x:s v="SIA15C06"/>
         <x:s v="SIA15C07"/>
         <x:s v="SIA15C08"/>
         <x:s v="SIA15C09"/>
         <x:s v="SIA15C10"/>
         <x:s v="SIA15C11"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="11">
         <x:s v="Median Real Household Disposable Income"/>
         <x:s v="Mean Real Household Disposable Income"/>
         <x:s v="Median Nominal Household Disposable Income"/>
         <x:s v="Mean Nominal Household Disposable Income"/>
         <x:s v="Median Equivalised Real Disposable Income"/>
         <x:s v="Mean Equivalised Real Disposable Income"/>
@@ -29967,27 +29744,10588 @@
         <x:n v="11.1"/>
         <x:n v="7.5"/>
         <x:n v="9.9"/>
         <x:n v="14.8"/>
         <x:n v="11.6"/>
         <x:n v="1.3"/>
         <x:n v="8.4"/>
         <x:n v="11.8"/>
         <x:n v="8.3"/>
         <x:n v="11"/>
         <x:n v="3.2"/>
         <x:n v="1.6"/>
         <x:n v="9.2"/>
         <x:n v="10.6"/>
         <x:n v="3.1"/>
         <x:n v="1.4"/>
         <x:n v="2.8"/>
         <x:n v="0.8"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="20165"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="37167"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="44014"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="48980"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="60851"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="43700"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="21157"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="35341"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="43332"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="46276"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="60662"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="45000"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="22235"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="36966"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="43325"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="48770"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="60604"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="44175"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="23768"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="38426"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="47028"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="55041"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="64534"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="45777"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="25077"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="37710"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="48489"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="57282"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="68117"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="42002"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="24536"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="35985"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="41379"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="58206"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="60633"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="44063"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="25130"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="33683"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="40012"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="47895"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="59549"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="37915"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="23868"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="31415"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="37695"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="45930"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="59973"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="35892"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="21984"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="31185"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="33742"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="40555"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="57513"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="33164"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="23179"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="29501"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="34818"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="44218"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="59868"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="31390"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="23933"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="29196"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="34157"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="42632"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="57736"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="33071"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="23877"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="30610"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="37848"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="45396"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="59961"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="36463"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="23461"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="30904"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="39103"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="48391"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="60598"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="39352"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="23492"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="32750"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="38997"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="49968"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="64103"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="38387"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="23714"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="34264"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="41961"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="50466"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="65422"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="44970"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="25901"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="34645"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="40795"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="48569"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="65234"/>
+  </r>
+  <r>
+    <s v="SIA15C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="45488"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="28740"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="44274"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="48277"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="54057"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="72334"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="47282"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="29462"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="42616"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="49059"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="51914"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="75580"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="48265"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="30330"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="46100"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="50563"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="55789"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="74798"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="51253"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="31499"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="46264"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="54327"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="60247"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="77564"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="52390"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="31478"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="43449"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="53400"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="60581"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="75406"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="47896"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="30224"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="40648"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="47912"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="65036"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="69401"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="49982"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="30533"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="39422"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="47709"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="55668"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="66258"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="42764"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="28120"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="34372"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="42016"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="50562"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="66165"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="40420"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="26030"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="34518"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="39223"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="47335"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="63852"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="38528"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="26590"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="33216"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="39155"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="49223"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="67286"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="35750"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="26875"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="34661"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="41074"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="51208"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="65943"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="37374"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="27894"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="35494"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="42607"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="52874"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="65535"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="41780"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="27774"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="35501"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="44581"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="55228"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="68229"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="43352"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="27820"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="38196"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="45219"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="56259"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="72117"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="44557"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="27914"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="40438"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="48994"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="56442"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="75420"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="48493"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="30069"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="42393"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="48355"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="55866"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="74705"/>
+  </r>
+  <r>
+    <s v="SIA15C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="49475"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="17498"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="32252"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="38193"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="42503"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="52804"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="37921"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="18798"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="31400"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="38500"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="41116"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="53898"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="39982"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="20382"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="33886"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="39715"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="44706"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="55554"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="40494"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="22801"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="36863"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="45115"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="52802"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="61909"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="43915"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="25170"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="37850"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="48669"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="57495"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="68370"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="42158"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="24536"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="35985"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="41379"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="58206"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="60633"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="44063"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="24240"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="32491"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="38596"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="46199"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="57441"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="36573"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="23345"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="30727"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="36869"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="44924"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="58659"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="35106"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="21984"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="31185"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="33742"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="40555"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="57513"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="33164"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="23416"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="29802"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="35173"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="44669"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="60479"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="31710"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="24243"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="29575"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="34600"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="43185"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="58485"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="33500"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="24152"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="30963"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="38284"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="45919"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="60652"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="36883"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="23712"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="31235"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="39522"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="48909"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="61247"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="39774"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="23789"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="33165"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="39491"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="50600"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="64914"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="38873"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="24097"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="34818"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="42639"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="51281"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="66479"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="45697"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="26527"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="35482"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="41781"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="49743"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="66811"/>
+  </r>
+  <r>
+    <s v="SIA15C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="46587"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="24939"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="38419"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="41893"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="46908"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="62768"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="41029"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="26177"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="37864"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="43589"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="46125"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="67152"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="42883"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="27803"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="42259"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="46350"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="51140"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="68565"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="46982"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="30218"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="44382"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="52117"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="57796"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="74409"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="50259"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="31595"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="43610"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="53598"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="60806"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="75686"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="48074"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="30224"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="40648"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="47912"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="65036"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="69401"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="49982"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="29452"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="38026"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="46020"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="53697"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="63912"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="41250"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="27504"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="33619"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="41095"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="49454"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="64715"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="39534"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="26030"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="34518"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="39223"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="47335"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="63852"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="38528"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="26861"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="33555"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="39554"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="49725"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="67973"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="36115"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="27223"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="35110"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="41607"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="51872"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="66798"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="37859"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="28216"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="35903"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="43098"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="53484"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="66291"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="42262"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="28072"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="35881"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="45059"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="55820"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="68960"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="43816"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="28172"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="38679"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="45791"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="56971"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="73030"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="45121"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="28365"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="41091"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="49786"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="57354"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="76639"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="49276"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="30796"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="43418"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="49524"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="57216"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="76511"/>
+  </r>
+  <r>
+    <s v="SIA15C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="50671"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="12554"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="16984"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="20025"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="23915"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="30752"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="20968"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="13598"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="16851"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="20045"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="22781"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="30023"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="20603"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="13693"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="17904"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="20320"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="24115"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="32358"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="21935"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="15146"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="18407"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="20543"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="27891"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="34208"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="22250"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="15034"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="18213"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="22135"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="25032"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="31715"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="20812"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="15128"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="17847"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="21367"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="26431"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="31738"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="21341"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="15459"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="17295"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="20293"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="24942"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="31709"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="19294"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="15151"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="16178"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="18628"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="24457"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="31242"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="17999"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="14316"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="15667"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="17982"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="21811"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="30290"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="17702"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="14428"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="14824"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="17566"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="22357"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="29815"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="16347"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="14389"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="15345"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="17455"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="23098"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="30080"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="17032"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="14614"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="16328"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="18559"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="24567"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="31780"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="18629"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="14814"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="16892"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="19476"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="24952"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="31869"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="19472"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="15104"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="17254"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="19920"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="25252"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="34050"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="19905"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="16342"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="19187"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="22236"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="25539"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="33610"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="22132"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="16420"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="19348"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="22797"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="26857"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="34615"/>
+  </r>
+  <r>
+    <s v="SIA15C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="22376"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="15353"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="19358"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="22408"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="25663"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="35365"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="22467"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="15762"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="19311"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="22264"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="24711"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="37102"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="22185"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="16381"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="20779"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="23962"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="26631"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="37075"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="23442"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="17591"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="20401"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="24159"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="29595"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="38903"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="24926"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="17508"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="19815"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="25558"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="27783"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="36415"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="23186"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="17582"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="19806"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="23597"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="27837"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="35552"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="23810"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="17555"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="19700"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="22853"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="27724"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="35788"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="22250"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="16568"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="17941"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="20861"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="26254"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="33989"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="20443"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="15798"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="17553"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="19945"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="24227"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="33440"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="19241"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="15995"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="17101"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="19967"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="25352"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="33518"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="18375"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="15820"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="17600"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="20035"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="26558"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="33025"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="19154"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="16851"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="18394"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="20425"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="26803"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="33848"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="20993"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="16791"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="19121"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="21722"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="27604"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="35260"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="21291"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="17192"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="19972"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="22549"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="29051"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="37024"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="22333"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="17807"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="22086"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="25513"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="29590"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="37469"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="24235"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="18535"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="22487"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="26156"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="30124"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="38026"/>
+  </r>
+  <r>
+    <s v="SIA15C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="24650"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="10894"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="14738"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="17377"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="20752"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="26685"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="18195"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="12082"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="14972"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="17810"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="20241"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="26675"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="18306"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="12552"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="16412"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="18627"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="22106"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="29662"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="20107"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="14530"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="17658"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="19707"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="26757"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="32817"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="21345"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="15090"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="18281"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="22217"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="25125"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="31833"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="20889"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="15128"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="17847"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="21367"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="26431"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="31738"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="21341"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="14912"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="16683"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="19575"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="24059"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="30586"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="18611"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="14819"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="15824"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="18220"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="23921"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="30558"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="17605"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="14316"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="15667"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="17982"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="21811"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="30290"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="17702"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="14575"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="14975"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="17745"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="22585"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="30119"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="16514"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="14576"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="15544"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="17681"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="23397"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="30470"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="17253"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="14783"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="16516"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="18773"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="24850"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="32146"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="18844"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="14973"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="17073"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="19685"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="25219"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="32210"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="19681"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="15295"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="17472"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="20172"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="25572"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="34481"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="20157"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="16606"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="19497"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="22595"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="25952"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="34153"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="22490"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="16817"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="19816"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="23348"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="27506"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="35452"/>
+  </r>
+  <r>
+    <s v="SIA15C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="22917"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="13323"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="16798"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="19445"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="22269"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="30688"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="19496"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="14004"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="17158"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="19781"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="21956"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="32965"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="19711"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="15016"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="19048"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="21965"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="24412"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="33986"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="21489"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="16875"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="19571"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="23176"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="28391"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="37321"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="23912"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="17573"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="19889"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="25653"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="27886"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="36550"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="23272"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="17582"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="19806"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="23597"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="27837"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="35552"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="23810"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="16934"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="19003"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="22044"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="26743"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="34521"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="21462"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="16205"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="17548"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="20404"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="25679"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="33244"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="19995"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="15798"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="17553"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="19945"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="24227"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="33440"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="19241"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="16158"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="17275"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="20171"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="25611"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="33860"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="18562"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="16025"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="17828"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="20295"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="26902"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="33453"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="19402"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="17045"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="18606"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="20661"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="27112"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="34238"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="21235"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="16971"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="19326"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="21955"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="27900"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="35638"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="21519"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="17410"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="20225"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="22834"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="29419"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="37493"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="22616"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="18095"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="22443"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="25925"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="30068"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="38074"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="24627"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="Euro"/>
+    <n v="18983"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="Euro"/>
+    <n v="23031"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="Euro"/>
+    <n v="26788"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="Euro"/>
+    <n v="30852"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="Euro"/>
+    <n v="38945"/>
+  </r>
+  <r>
+    <s v="SIA15C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="Euro"/>
+    <n v="25246"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="34.4"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="22.5"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="25.8"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="20.4"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="18.6"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="19.5"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="18.6"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="18.9"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="22.7"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="18.7"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="24.1"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="18.8"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="21.1"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="21.8"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="20.6"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="22.7"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="19.4"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="22.8"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="17.9"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="20.3"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="23.1"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="24.4"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="21.8"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="21.2"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="SIA15C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="20.3"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="22.9"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="19.2"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="20.2"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="24.9"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="26.5"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="24.8"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="19.8"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="27.8"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="26.7"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="32.9"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="31.5"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="24.4"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="20.1"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="32.2"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="34.8"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="37.5"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="28.6"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="24.6"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="34.6"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="35.2"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="36.6"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="27.5"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="29.5"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="25.6"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="26.6"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="23.5"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="22.1"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="26.4"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="23.4"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="18.7"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="17.4"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="19.3"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="20.6"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="SIA15C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="21.1"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Primary or below"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="21"/>
+    <s v="Lower secondary"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="22"/>
+    <s v="Upper secondary"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X41"/>
+    <s v="Third level non-degree"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X42"/>
+    <s v="Third level degree or higher"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="SIA15C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="X44"/>
+    <s v="Post leaving certificate"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+</pivotCacheRecords>
 </file>