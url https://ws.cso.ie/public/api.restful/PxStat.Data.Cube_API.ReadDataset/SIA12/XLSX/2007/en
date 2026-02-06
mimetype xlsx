--- v0 (2025-11-11)
+++ v1 (2026-02-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6311de25be6346bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1c67741ec72c4b3eb0aec41c3c1976d7.psmdcp" Id="Rd4a55626bdad4500" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d39a4262e1045d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/551326a5e7054a21a013122fee469468.psmdcp" Id="R22315a7045d54bc0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>SIA12</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Income and Poverty Rates</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/31/2024 11:00:00 AM</x:t>
+    <x:t>31/07/2024 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Deflator Base Year = 2012 (Median Real Household Disposable Income, Mean Real Household Disposable Income, Median Equivalised Real Disposable Income and Mean Equivalised Real Disposable Income).&lt;br&gt;&lt;br&gt;Enforced Deprivation Rate: An individual is defined as being deprived if they experience two or more forms of enforced deprivation. &lt;br&gt;&lt;br&gt;Median Real, Mean Real, Median Nominal and Mean Nominal Household Disposable Incomes are averaged over households. WHILE Median Equivalised Real, Mean Equivalised Real, Median Equivalised Nominal and Mean Equivalised Nominal Disposable Incomes are averaged over individuals within the household. &lt;br&gt;&lt;br&gt;Sex, Age Group, Principal Economic Status (aged 16 years and over) and Highest Level of Education Completed refers to that of the head of household in the At Risk of Poverty Rate, Enforced Deprivation Rate and Consistent Poverty Rate figures See background notes(https://www.cso.ie/en/methods/socialconditions/silc/)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SIA12/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>SILC</x:t>
   </x:si>
   <x:si>
     <x:t>Survey of Income and Living Conditions (SILC) 2004 to 2019</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -481,363 +481,158 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H529" totalsRowShown="0">
   <x:autoFilter ref="A1:H529"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1106,51 +901,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SIA12/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1339,51 +1134,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H529"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="43.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -15125,51 +14920,51 @@
       <x:c r="E529" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F529" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H529" s="0">
         <x:v>5.6</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -15186,51 +14981,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H529" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="11">
         <x:s v="SIA12C01"/>
         <x:s v="SIA12C02"/>
         <x:s v="SIA12C03"/>
         <x:s v="SIA12C04"/>
         <x:s v="SIA12C05"/>
         <x:s v="SIA12C06"/>
         <x:s v="SIA12C07"/>
         <x:s v="SIA12C08"/>
         <x:s v="SIA12C09"/>
         <x:s v="SIA12C10"/>
         <x:s v="SIA12C11"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="11">
         <x:s v="Median Real Household Disposable Income"/>
         <x:s v="Mean Real Household Disposable Income"/>
         <x:s v="Median Nominal Household Disposable Income"/>
         <x:s v="Mean Nominal Household Disposable Income"/>
         <x:s v="Median Equivalised Real Disposable Income"/>
         <x:s v="Mean Equivalised Real Disposable Income"/>
@@ -15744,27 +15539,5308 @@
         <x:n v="5.5"/>
         <x:n v="5.4"/>
         <x:n v="6.3"/>
         <x:n v="5.8"/>
         <x:n v="6.8"/>
         <x:n v="6.9"/>
         <x:n v="8.2"/>
         <x:n v="8.4"/>
         <x:n v="8.1"/>
         <x:n v="9"/>
         <x:n v="8.5"/>
         <x:n v="9.4"/>
         <x:n v="8.3"/>
         <x:n v="8.8"/>
         <x:n v="7.6"/>
         <x:n v="8.7"/>
         <x:n v="5.6"/>
         <x:n v="6.2"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="36908"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="41807"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="27787"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="36979"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="43331"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="29165"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="38106"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="43599"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="30013"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="40500"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="46188"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="32797"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="40279"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="46671"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="32434"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="38255"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="42360"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="31942"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="36575"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="40752"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="31484"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="36005"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="40086"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="30152"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="33785"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="37453"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="29093"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="34088"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="37130"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="30407"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="34853"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="38069"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="30814"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="36975"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="40902"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="31757"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="38540"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="42400"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="32857"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="39005"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="43954"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="34136"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="42183"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="48229"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="34711"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="42524"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="48781"/>
+  </r>
+  <r>
+    <s v="SIA12C01"/>
+    <s v="Median Real Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="36159"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="44518"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="49393"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="37269"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="45579"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="50318"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="38731"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="47613"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="52980"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="39991"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="50023"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="55670"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="42098"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="48862"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="54023"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="41316"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="45959"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="50570"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="39413"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="44735"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="48497"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="39835"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="42756"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="47129"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="36741"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="41399"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="45550"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="35952"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="41738"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="44827"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="37769"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="42516"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="46285"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="37670"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="44316"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="48060"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="39382"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="45819"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="49587"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="40692"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="47870"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="52237"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="42017"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="50640"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="55197"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="43962"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="51864"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="57115"/>
+  </r>
+  <r>
+    <s v="SIA12C02"/>
+    <s v="Mean Real Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="44742"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="32027"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="36278"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="24112"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="32856"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="38499"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="25913"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="34931"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="39966"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="27512"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="38853"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="44309"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="31463"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="40429"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="46844"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="32554"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="38255"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="42360"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="31942"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="35280"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="39309"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="30369"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="35216"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="39208"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="29491"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="33785"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="37453"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="29093"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="34436"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="37509"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="30717"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="35305"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="38563"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="31214"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="37401"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="41374"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="32123"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="38953"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="42854"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="33209"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="39499"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="44510"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="34568"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="42865"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="49008"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="35272"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="43552"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="49960"/>
+  </r>
+  <r>
+    <s v="SIA12C03"/>
+    <s v="Median Nominal Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="37033"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="38631"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="42861"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="32340"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="40497"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="44707"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="34412"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="43646"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="48565"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="36659"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="47988"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="53406"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="40386"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="49043"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="54224"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="41469"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="45959"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="50570"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="39413"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="43151"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="46780"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="38425"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="41819"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="46096"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="35936"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="41399"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="45550"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="35952"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="42164"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="45284"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="38154"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="43067"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="46885"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="38158"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="44827"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="48614"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="39836"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="46310"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="50118"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="41128"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="48476"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="52898"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="42549"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="51458"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="56089"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="44672"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="53118"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="58496"/>
+  </r>
+  <r>
+    <s v="SIA12C04"/>
+    <s v="Mean Nominal Household Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="45823"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="18586"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="19207"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="17859"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="18792"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="19488"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="18216"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="19211"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="19786"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="18636"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="20633"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="20938"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="20091"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="20681"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="21029"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="20127"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="20107"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="20568"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="19699"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="19273"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="19730"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="18881"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="18555"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="19209"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="17988"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="17937"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="18204"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="17703"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="17801"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="18122"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="17567"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="18150"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="18310"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="17875"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="19239"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="19665"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="18846"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="20115"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="20471"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="19690"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="20608"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="20888"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="20291"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="22508"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="22991"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="21973"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="23413"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="23497"/>
+  </r>
+  <r>
+    <s v="SIA12C05"/>
+    <s v="Median Equivalised Real Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="23304"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="21634"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="22244"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="21031"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="22249"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="22835"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="21667"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="23159"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="23871"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="22447"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="24611"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="25066"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="24156"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="24290"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="24549"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="24032"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="23326"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="23627"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="23029"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="22950"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="23143"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="22761"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="21920"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="22204"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="21641"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="21307"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="21385"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="21231"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="21437"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="21679"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="21201"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="21759"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="21974"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="21549"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="22722"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="23092"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="22359"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="23431"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="23575"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="23288"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="24671"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="25107"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="24243"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="26340"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="26650"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="26037"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="27282"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="27293"/>
+  </r>
+  <r>
+    <s v="SIA12C06"/>
+    <s v="Mean Equivalised Real Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="27271"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="16128"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="16667"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="15497"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="16697"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="17315"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="16185"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="17610"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="18137"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="17083"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="19794"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="20086"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="19274"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="20758"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="21107"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="20202"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="20107"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="20568"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="19699"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="18591"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="19032"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="18213"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="18148"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="18788"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="17594"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="17937"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="18204"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="17703"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="17983"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="18307"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="17746"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="18385"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="18547"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="18107"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="19461"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="19892"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="19063"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="20331"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="20690"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="19901"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="20869"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="21152"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="20548"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="22872"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="23362"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="22328"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="23979"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="24065"/>
+  </r>
+  <r>
+    <s v="SIA12C07"/>
+    <s v="Median Equivalised Nominal Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="23867"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="18773"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="19302"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="18250"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="19768"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="20289"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="19251"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="21229"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="21882"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="20577"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="23610"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="24046"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="23173"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="24380"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="24640"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="24121"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="23326"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="23627"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="23029"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="22138"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="22324"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="21955"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="21440"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="21718"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="21167"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="21307"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="21385"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="21231"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="21656"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="21900"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="21417"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="22041"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="22259"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="21828"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="22984"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="23358"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="22617"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="23682"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="23828"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="23538"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="24983"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="25425"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="24550"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="26766"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="27081"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="26458"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Euro"/>
+    <n v="27941"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Euro"/>
+    <n v="27953"/>
+  </r>
+  <r>
+    <s v="SIA12C08"/>
+    <s v="Mean Equivalised Nominal Disposable Income"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Euro"/>
+    <n v="27930"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="19.4"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="20.8"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="17.4"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="16.4"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="16.4"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="SIA12C09"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="12.7"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="17.1"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="23.5"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="24.5"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="26.6"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="27.5"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="30.5"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="29.6"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="31.5"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="28.9"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="27.9"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="25.4"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="24.3"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="26.5"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="20.2"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="21.7"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="18.8"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="19.5"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="17.4"/>
+  </r>
+  <r>
+    <s v="SIA12C10"/>
+    <s v="Enforced Deprivation Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="SIA12C11"/>
+    <s v="Consistent Poverty Rate"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+</pivotCacheRecords>
 </file>