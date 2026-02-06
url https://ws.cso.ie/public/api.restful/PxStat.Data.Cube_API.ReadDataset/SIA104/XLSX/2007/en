--- v0 (2025-11-06)
+++ v1 (2026-02-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde0e91e6e50d4691" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2e63649a0b2e44519de60f489dee0315.psmdcp" Id="R8685dfa47eeb43ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R168f4828461848c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4f3e2e1b3f8142d8800fce16da0f3e86.psmdcp" Id="Rbb27f1fe81a240f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>SIA104</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Poverty and Deprivation Rates Before and After Rent and Mortgage Interest</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>3/20/2025 11:00:00 AM</x:t>
+    <x:t>20/03/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>The data for 2020 to 2022 in this table was updated on 07/03/2024 due to changes made to weights, reflecting updated household population benchmarks, because of the availability of Census 2022 data. SeeInformation Note.(https://www.cso.ie/en/releasesandpublications/in/silc/informationnotecensusrevisions-silc2020to2022/)&lt;br&gt;&lt;br&gt;See background notes(https://www.cso.ie/en/methods/socialconditions/silc/).</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SIA104/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>SILC2020</x:t>
   </x:si>
   <x:si>
     <x:t>Survey of Income and Living Conditions (SILC) from 2020 onwards</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -421,243 +421,128 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...191 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01781V03128" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Household Composition" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H81" totalsRowShown="0">
   <x:autoFilter ref="A1:H81"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C01781V03128"/>
     <x:tableColumn id="6" name="Household Composition"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -926,51 +811,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SIA104/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1159,51 +1044,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H81"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="50.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="43.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -3297,51 +3182,51 @@
       <x:c r="E81" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H81" s="0">
         <x:v>18.4</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -3358,51 +3243,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H81" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="SIA104C01"/>
         <x:s v="SIA104C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="At Risk of Poverty Rate"/>
         <x:s v="At Risk of Poverty Rate after rent and mortgage interest"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="5">
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
         <x:s v="2024"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
       <x:sharedItems count="5">
@@ -3503,27 +3388,828 @@
         <x:n v="18.2"/>
         <x:n v="12.9"/>
         <x:n v="62.6"/>
         <x:n v="24.7"/>
         <x:n v="22.3"/>
         <x:n v="41.5"/>
         <x:n v="10.9"/>
         <x:n v="10.7"/>
         <x:n v="5.2"/>
         <x:n v="44.5"/>
         <x:n v="22"/>
         <x:n v="35.9"/>
         <x:n v="36.7"/>
         <x:n v="14.4"/>
         <x:n v="7"/>
         <x:n v="50.4"/>
         <x:n v="20.3"/>
         <x:n v="18.4"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="26.9"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="19.8"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="29.1"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="27.3"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="20.6"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="41.3"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="32.5"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="17.3"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="27.1"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="19.2"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="25.9"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="24.2"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="13.3"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="28.1"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="37.8"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="50.3"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="23.7"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="37.9"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="42.7"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="51.9"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="18.7"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="23.4"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="46.3"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="62.6"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="24.7"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="22.3"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="29.1"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="41.5"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="44.5"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="20.6"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="35.9"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="36.7"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="50.4"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="20.3"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="18.4"/>
+  </r>
+</pivotCacheRecords>
 </file>