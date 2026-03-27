--- v1 (2026-02-06)
+++ v2 (2026-03-27)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R168f4828461848c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4f3e2e1b3f8142d8800fce16da0f3e86.psmdcp" Id="Rbb27f1fe81a240f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45aaf541071a4463" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/97bd8475e73546d7b42d50a0f86e345b.psmdcp" Id="Re477958954ff43bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>SIA104</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Poverty and Deprivation Rates Before and After Rent and Mortgage Interest</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>20/03/2025 11:00:00</x:t>
+    <x:t>11/03/2026 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>The data for 2020 to 2022 in this table was updated on 07/03/2024 due to changes made to weights, reflecting updated household population benchmarks, because of the availability of Census 2022 data. SeeInformation Note.(https://www.cso.ie/en/releasesandpublications/in/silc/informationnotecensusrevisions-silc2020to2022/)&lt;br&gt;&lt;br&gt;See background notes(https://www.cso.ie/en/methods/socialconditions/silc/).</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SIA104/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>SILC2020</x:t>
   </x:si>
   <x:si>
     <x:t>Survey of Income and Living Conditions (SILC) from 2020 onwards</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -234,50 +234,53 @@
     <x:t>1 adult, with children under 18 years</x:t>
   </x:si>
   <x:si>
     <x:t>07</x:t>
   </x:si>
   <x:si>
     <x:t>2 adults, with 1-3 children under 18 years</x:t>
   </x:si>
   <x:si>
     <x:t>08</x:t>
   </x:si>
   <x:si>
     <x:t>Other households with children under 18 years</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025</x:t>
   </x:si>
   <x:si>
     <x:t>SIA104C02</x:t>
   </x:si>
   <x:si>
     <x:t>At Risk of Poverty Rate after rent and mortgage interest</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
@@ -437,117 +440,119 @@
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
   <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
   <pivotFields count="8">
     <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="2">
         <item x="0"/>
         <item x="1"/>
       </items>
     </pivotField>
     <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="2">
         <item x="0"/>
         <item x="1"/>
       </items>
     </pivotField>
     <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="5">
+      <items count="6">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
+        <item x="5"/>
       </items>
     </pivotField>
     <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="5">
+      <items count="6">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
+        <item x="5"/>
       </items>
     </pivotField>
     <pivotField name="C01781V03128" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="8">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
       </items>
     </pivotField>
     <pivotField name="Household Composition" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="8">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
       </items>
     </pivotField>
     <pivotField showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
   </pivotFields>
   <rowFields count="6">
     <field x="0"/>
     <field x="1"/>
     <field x="2"/>
     <field x="3"/>
     <field x="4"/>
     <field x="5"/>
   </rowFields>
   <dataFields count="1">
     <dataField name="VALUE" fld="7"/>
   </dataFields>
   <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
       <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
     </ext>
   </extLst>
 </pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H81" totalsRowShown="0">
-  <x:autoFilter ref="A1:H81"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H97" totalsRowShown="0">
+  <x:autoFilter ref="A1:H97"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C01781V03128"/>
     <x:tableColumn id="6" name="Household Composition"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1048,51 +1053,51 @@
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H81"/>
+  <x:dimension ref="A1:H97"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="50.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="43.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -2132,1086 +2137,1502 @@
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H41" s="0">
         <x:v>13.3</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B42" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C42" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="B42" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D42" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H42" s="0">
-        <x:v>28.1</x:v>
+        <x:v>30.3</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B43" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C43" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="B43" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D43" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H43" s="0">
-        <x:v>37.8</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B44" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C44" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="B44" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D44" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H44" s="0">
-        <x:v>6.3</x:v>
+        <x:v>11.4</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8">
       <x:c r="A45" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B45" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C45" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="B45" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D45" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H45" s="0">
-        <x:v>16.7</x:v>
+        <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8">
       <x:c r="A46" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B46" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C46" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="B46" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D46" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H46" s="0">
-        <x:v>9.6</x:v>
+        <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8">
       <x:c r="A47" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B47" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C47" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="B47" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D47" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H47" s="0">
-        <x:v>50.3</x:v>
+        <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B48" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C48" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="B48" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D48" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H48" s="0">
-        <x:v>18.3</x:v>
+        <x:v>13.6</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B49" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C49" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="B49" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D49" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H49" s="0">
-        <x:v>23.7</x:v>
+        <x:v>16.8</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H50" s="0">
-        <x:v>37.9</x:v>
+        <x:v>28.1</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H51" s="0">
-        <x:v>42.7</x:v>
+        <x:v>37.8</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H52" s="0">
-        <x:v>11.2</x:v>
+        <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H53" s="0">
-        <x:v>13.6</x:v>
+        <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H54" s="0">
-        <x:v>10.1</x:v>
+        <x:v>9.6</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8">
       <x:c r="A55" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H55" s="0">
-        <x:v>51.9</x:v>
+        <x:v>50.3</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8">
       <x:c r="A56" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H56" s="0">
-        <x:v>18.7</x:v>
+        <x:v>18.3</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="A57" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H57" s="0">
-        <x:v>23.4</x:v>
+        <x:v>23.7</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8">
       <x:c r="A58" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H58" s="0">
-        <x:v>46.3</x:v>
+        <x:v>37.9</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8">
       <x:c r="A59" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H59" s="0">
-        <x:v>44</x:v>
+        <x:v>42.7</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
       <x:c r="A60" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H60" s="0">
-        <x:v>18.2</x:v>
+        <x:v>11.2</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H61" s="0">
-        <x:v>12.9</x:v>
+        <x:v>13.6</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H62" s="0">
-        <x:v>7.4</x:v>
+        <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8">
       <x:c r="A63" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H63" s="0">
-        <x:v>62.6</x:v>
+        <x:v>51.9</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8">
       <x:c r="A64" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H64" s="0">
-        <x:v>24.7</x:v>
+        <x:v>18.7</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8">
       <x:c r="A65" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H65" s="0">
-        <x:v>22.3</x:v>
+        <x:v>23.4</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H66" s="0">
-        <x:v>29.1</x:v>
+        <x:v>46.3</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H67" s="0">
-        <x:v>41.5</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H68" s="0">
-        <x:v>10.9</x:v>
+        <x:v>18.2</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H69" s="0">
-        <x:v>10.7</x:v>
+        <x:v>12.9</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H70" s="0">
-        <x:v>5.2</x:v>
+        <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H71" s="0">
-        <x:v>44.5</x:v>
+        <x:v>62.6</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H72" s="0">
-        <x:v>20.6</x:v>
+        <x:v>24.7</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H73" s="0">
-        <x:v>22</x:v>
+        <x:v>22.3</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H74" s="0">
-        <x:v>35.9</x:v>
+        <x:v>29.1</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H75" s="0">
-        <x:v>36.7</x:v>
+        <x:v>41.5</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H76" s="0">
-        <x:v>14.4</x:v>
+        <x:v>10.9</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H77" s="0">
-        <x:v>9.2</x:v>
+        <x:v>10.7</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H78" s="0">
-        <x:v>7</x:v>
+        <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H79" s="0">
-        <x:v>50.4</x:v>
+        <x:v>44.5</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H80" s="0">
-        <x:v>20.3</x:v>
+        <x:v>20.6</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H81" s="0">
+        <x:v>22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:8">
+      <x:c r="A82" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B82" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="C82" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="D82" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="E82" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F82" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="G82" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H82" s="0">
+        <x:v>35.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:8">
+      <x:c r="A83" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B83" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="C83" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="D83" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="E83" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="F83" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="G83" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H83" s="0">
+        <x:v>36.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:8">
+      <x:c r="A84" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B84" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="C84" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="D84" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="E84" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F84" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G84" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H84" s="0">
+        <x:v>14.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:8">
+      <x:c r="A85" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B85" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="C85" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="D85" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="E85" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="F85" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G85" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H85" s="0">
+        <x:v>9.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:8">
+      <x:c r="A86" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B86" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="C86" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="D86" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="E86" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F86" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="G86" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H86" s="0">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:8">
+      <x:c r="A87" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B87" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="C87" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="D87" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="E87" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F87" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="G87" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H87" s="0">
+        <x:v>50.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:8">
+      <x:c r="A88" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B88" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="C88" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="D88" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="E88" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F88" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="G88" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H88" s="0">
+        <x:v>20.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:8">
+      <x:c r="A89" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B89" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="C89" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="D89" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="E89" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="F89" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="G89" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H89" s="0">
         <x:v>18.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:8">
+      <x:c r="A90" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B90" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="C90" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="D90" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="E90" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F90" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="G90" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H90" s="0">
+        <x:v>35.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:8">
+      <x:c r="A91" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B91" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="C91" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="D91" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="E91" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="F91" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="G91" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H91" s="0">
+        <x:v>37.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:8">
+      <x:c r="A92" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B92" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="C92" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="D92" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="E92" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F92" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G92" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H92" s="0">
+        <x:v>14.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:8">
+      <x:c r="A93" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B93" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="C93" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="D93" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="E93" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="F93" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G93" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H93" s="0">
+        <x:v>9.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:8">
+      <x:c r="A94" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B94" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="C94" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="D94" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="E94" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F94" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="G94" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H94" s="0">
+        <x:v>8.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:8">
+      <x:c r="A95" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B95" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="C95" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="D95" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="E95" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F95" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="G95" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H95" s="0">
+        <x:v>55.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:8">
+      <x:c r="A96" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B96" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="C96" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="D96" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="E96" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F96" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="G96" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H96" s="0">
+        <x:v>22.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:8">
+      <x:c r="A97" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B97" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="C97" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="D97" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="E97" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="F97" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="G97" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H97" s="0">
+        <x:v>22.3</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
@@ -3259,172 +3680,184 @@
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
     <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="SIA104C01"/>
         <x:s v="SIA104C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="At Risk of Poverty Rate"/>
         <x:s v="At Risk of Poverty Rate after rent and mortgage interest"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
-      <x:sharedItems count="5">
+      <x:sharedItems count="6">
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
         <x:s v="2024"/>
+        <x:s v="2025"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
-      <x:sharedItems count="5">
+      <x:sharedItems count="6">
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
         <x:s v="2024"/>
+        <x:s v="2025"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C01781V03128">
       <x:sharedItems count="8">
         <x:s v="09"/>
         <x:s v="10"/>
         <x:s v="11"/>
         <x:s v="12"/>
         <x:s v="13"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="08"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Household Composition">
       <x:sharedItems count="8">
         <x:s v="1 adult aged 65 years and over"/>
         <x:s v="1 adult aged less than 65 years"/>
         <x:s v="2 adults, at least 1 aged 65 years and over"/>
         <x:s v="2 adults, both aged less than 65 years"/>
         <x:s v="3 or more adults"/>
         <x:s v="1 adult, with children under 18 years"/>
         <x:s v="2 adults, with 1-3 children under 18 years"/>
         <x:s v="Other households with children under 18 years"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="%"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="3.5" maxValue="62.6" count="74">
+      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="3.5" maxValue="62.6" count="84">
         <x:n v="21.5"/>
         <x:n v="26.9"/>
         <x:n v="4.7"/>
         <x:n v="9.1"/>
         <x:n v="8.3"/>
         <x:n v="29.8"/>
         <x:n v="9.5"/>
         <x:n v="19.8"/>
         <x:n v="29.1"/>
         <x:n v="27.3"/>
         <x:n v="9.2"/>
         <x:n v="7.4"/>
         <x:n v="6.4"/>
         <x:n v="20.6"/>
         <x:n v="10.3"/>
         <x:n v="14.8"/>
         <x:n v="41.3"/>
         <x:n v="32.5"/>
         <x:n v="17.3"/>
         <x:n v="5.5"/>
         <x:n v="27"/>
         <x:n v="11.8"/>
         <x:n v="10.8"/>
         <x:n v="15.4"/>
         <x:n v="27.1"/>
         <x:n v="8.4"/>
         <x:n v="3.5"/>
         <x:n v="19.2"/>
         <x:n v="14.2"/>
         <x:n v="10.5"/>
         <x:n v="25.9"/>
         <x:n v="24"/>
         <x:n v="11.4"/>
         <x:n v="5"/>
         <x:n v="5.3"/>
         <x:n v="24.2"/>
         <x:n v="12.6"/>
         <x:n v="13.3"/>
+        <x:n v="30.3"/>
+        <x:n v="20"/>
+        <x:n v="5.2"/>
+        <x:n v="17.1"/>
+        <x:n v="13.6"/>
+        <x:n v="16.8"/>
         <x:n v="28.1"/>
         <x:n v="37.8"/>
         <x:n v="6.3"/>
         <x:n v="16.7"/>
         <x:n v="9.6"/>
         <x:n v="50.3"/>
         <x:n v="18.3"/>
         <x:n v="23.7"/>
         <x:n v="37.9"/>
         <x:n v="42.7"/>
         <x:n v="11.2"/>
-        <x:n v="13.6"/>
         <x:n v="10.1"/>
         <x:n v="51.9"/>
         <x:n v="18.7"/>
         <x:n v="23.4"/>
         <x:n v="46.3"/>
         <x:n v="44"/>
         <x:n v="18.2"/>
         <x:n v="12.9"/>
         <x:n v="62.6"/>
         <x:n v="24.7"/>
         <x:n v="22.3"/>
         <x:n v="41.5"/>
         <x:n v="10.9"/>
         <x:n v="10.7"/>
-        <x:n v="5.2"/>
         <x:n v="44.5"/>
         <x:n v="22"/>
         <x:n v="35.9"/>
         <x:n v="36.7"/>
         <x:n v="14.4"/>
         <x:n v="7"/>
         <x:n v="50.4"/>
         <x:n v="20.3"/>
         <x:n v="18.4"/>
+        <x:n v="35.8"/>
+        <x:n v="37.3"/>
+        <x:n v="9.3"/>
+        <x:n v="8.5"/>
+        <x:n v="55.6"/>
+        <x:n v="22.6"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
   <r>
     <s v="SIA104C01"/>
     <s v="At Risk of Poverty Rate"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="09"/>
     <s v="1 adult aged 65 years and over"/>
     <s v="%"/>
     <n v="21.5"/>
   </r>
   <r>
     <s v="SIA104C01"/>
     <s v="At Risk of Poverty Rate"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="10"/>
     <s v="1 adult aged less than 65 years"/>
@@ -3790,50 +4223,130 @@
     <s v="1 adult, with children under 18 years"/>
     <s v="%"/>
     <n v="24.2"/>
   </r>
   <r>
     <s v="SIA104C01"/>
     <s v="At Risk of Poverty Rate"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="07"/>
     <s v="2 adults, with 1-3 children under 18 years"/>
     <s v="%"/>
     <n v="12.6"/>
   </r>
   <r>
     <s v="SIA104C01"/>
     <s v="At Risk of Poverty Rate"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="08"/>
     <s v="Other households with children under 18 years"/>
     <s v="%"/>
     <n v="13.3"/>
   </r>
   <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="30.3"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="11.4"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="17.1"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="SIA104C01"/>
+    <s v="At Risk of Poverty Rate"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="16.8"/>
+  </r>
+  <r>
     <s v="SIA104C02"/>
     <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="09"/>
     <s v="1 adult aged 65 years and over"/>
     <s v="%"/>
     <n v="28.1"/>
   </r>
   <r>
     <s v="SIA104C02"/>
     <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="10"/>
     <s v="1 adult aged less than 65 years"/>
     <s v="%"/>
     <n v="37.8"/>
   </r>
   <r>
     <s v="SIA104C02"/>
     <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
     <s v="2020"/>
     <s v="2020"/>
     <s v="11"/>
@@ -4189,27 +4702,107 @@
     <s v="06"/>
     <s v="1 adult, with children under 18 years"/>
     <s v="%"/>
     <n v="50.4"/>
   </r>
   <r>
     <s v="SIA104C02"/>
     <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="07"/>
     <s v="2 adults, with 1-3 children under 18 years"/>
     <s v="%"/>
     <n v="20.3"/>
   </r>
   <r>
     <s v="SIA104C02"/>
     <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
     <s v="2024"/>
     <s v="2024"/>
     <s v="08"/>
     <s v="Other households with children under 18 years"/>
     <s v="%"/>
     <n v="18.4"/>
   </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="09"/>
+    <s v="1 adult aged 65 years and over"/>
+    <s v="%"/>
+    <n v="35.8"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="10"/>
+    <s v="1 adult aged less than 65 years"/>
+    <s v="%"/>
+    <n v="37.3"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="11"/>
+    <s v="2 adults, at least 1 aged 65 years and over"/>
+    <s v="%"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="12"/>
+    <s v="2 adults, both aged less than 65 years"/>
+    <s v="%"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="13"/>
+    <s v="3 or more adults"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="06"/>
+    <s v="1 adult, with children under 18 years"/>
+    <s v="%"/>
+    <n v="55.6"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="07"/>
+    <s v="2 adults, with 1-3 children under 18 years"/>
+    <s v="%"/>
+    <n v="22.6"/>
+  </r>
+  <r>
+    <s v="SIA104C02"/>
+    <s v="At Risk of Poverty Rate after rent and mortgage interest"/>
+    <s v="2025"/>
+    <s v="2025"/>
+    <s v="08"/>
+    <s v="Other households with children under 18 years"/>
+    <s v="%"/>
+    <n v="22.3"/>
+  </r>
 </pivotCacheRecords>
 </file>