--- v0 (2025-11-04)
+++ v1 (2025-12-27)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3768aa4f2f854ed0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1d06bd6c712846eaa04348d2c12b7fe1.psmdcp" Id="Race1302588e047f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R526f6c68a0ce412d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0befe9a2dcda40e3958cb695230d410c.psmdcp" Id="R3016cd6837874564" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>SHA08</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Reconciliation of HSE Gross Expenditure</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/23/2025 11:00:00 AM</x:t>
+    <x:t>23/06/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SHA08/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>SHA</x:t>
   </x:si>
   <x:si>
     <x:t>System of Health Accounts</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Elaine O'Sullivan</x:t>
   </x:si>
@@ -478,363 +478,158 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03316V04001" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="Government Funded" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H209" totalsRowShown="0">
   <x:autoFilter ref="A1:H209"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C03316V04001"/>
     <x:tableColumn id="6" name="Government Funded"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1103,51 +898,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SHA08/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1334,51 +1129,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H209"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="36.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="70.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="12.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -6800,51 +6595,51 @@
       <x:c r="E209" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H209" s="0">
         <x:v>25682.52388</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -6861,51 +6656,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H209" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="SHA08"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Reconciliation of HSE Gross Expenditure"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="13">
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
         <x:s v="2021"/>
@@ -7170,27 +6965,2108 @@
         <x:n v="2082"/>
         <x:n v="23968"/>
         <x:n v="8465.014"/>
         <x:n v="16283.989"/>
         <x:n v="24749.003"/>
         <x:n v="-1696"/>
         <x:n v="1446"/>
         <x:n v="-250"/>
         <x:n v="24499.003"/>
         <x:n v="-1117.702"/>
         <x:n v="23381.301"/>
         <x:n v="1341.69"/>
         <x:n v="199.6"/>
         <x:n v="254.755"/>
         <x:n v="243.4"/>
         <x:n v="261.7778846"/>
         <x:n v="2301.222885"/>
         <x:n v="25682.52388"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="01"/>
+    <s v="HSE AFS - Expenditure - Pay and Pensions (1)"/>
+    <s v="Euro Million"/>
+    <n v="5052"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="02"/>
+    <s v="HSE AFS - Expenditure - Non-Pay (2)"/>
+    <s v="Euro Million"/>
+    <n v="8536"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="03"/>
+    <s v=" All HSE Annual Financial Statement 2013 Gross Expenditure (3=1+2)"/>
+    <s v="Euro Million"/>
+    <n v="13588"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="04"/>
+    <s v="Exclude Non-Health Care Services (4)"/>
+    <s v="Euro Million"/>
+    <n v="-1268"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="05"/>
+    <s v="Include Non-AFS Gross Expenditure (Mainly Related to Voluntary Agencies) (5)"/>
+    <s v="Euro Million"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="06"/>
+    <s v=" All Adjustments to AFS Gross Expenditure (6=4+5)"/>
+    <s v="Euro Million"/>
+    <n v="-661"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="07"/>
+    <s v="Gross Expenditure of HSE included in SHA Expenditure (7=3+6)"/>
+    <s v="Euro Million"/>
+    <n v="12927"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="08"/>
+    <s v="Non-Government Funding of HSE (8)"/>
+    <s v="Euro Million"/>
+    <n v="-822"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="09"/>
+    <s v=" All HSE HF.1 Funded Health Care Expenditure (9=7+8)"/>
+    <s v="Euro Million"/>
+    <n v="12105"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="DSP Transfer payments (10)"/>
+    <s v="Euro Million"/>
+    <n v="603.7"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="11"/>
+    <s v="Treatment Benefits from Social Insurance Fund (11)"/>
+    <s v="Euro Million"/>
+    <n v="50.12"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="12"/>
+    <s v="Department of Health (12)"/>
+    <s v="Euro Million"/>
+    <n v="53.27"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="13"/>
+    <s v=" Tax Relief on Medical Expenses (13)"/>
+    <s v="Euro Million"/>
+    <n v="131.1"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="14"/>
+    <s v="Expenditure of Other Government Departments and Agencies (14)"/>
+    <s v="Euro Million"/>
+    <n v="181.8296768"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="15"/>
+    <s v=" All Additional Government HF.1 Funded Expenditure (15=10+11+12+13+14)"/>
+    <s v="Euro Million"/>
+    <n v="1020.019677"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="16"/>
+    <s v="Government (HF.1) Funded Current Health Care Expenditure (16=9+15)"/>
+    <s v="Euro Million"/>
+    <n v="13125.01968"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="01"/>
+    <s v="HSE AFS - Expenditure - Pay and Pensions (1)"/>
+    <s v="Euro Million"/>
+    <n v="5024"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="02"/>
+    <s v="HSE AFS - Expenditure - Non-Pay (2)"/>
+    <s v="Euro Million"/>
+    <n v="8790"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="03"/>
+    <s v=" All HSE Annual Financial Statement 2013 Gross Expenditure (3=1+2)"/>
+    <s v="Euro Million"/>
+    <n v="13814"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="04"/>
+    <s v="Exclude Non-Health Care Services (4)"/>
+    <s v="Euro Million"/>
+    <n v="-1264"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="05"/>
+    <s v="Include Non-AFS Gross Expenditure (Mainly Related to Voluntary Agencies) (5)"/>
+    <s v="Euro Million"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="06"/>
+    <s v=" All Adjustments to AFS Gross Expenditure (6=4+5)"/>
+    <s v="Euro Million"/>
+    <n v="-612"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="07"/>
+    <s v="Gross Expenditure of HSE included in SHA Expenditure (7=3+6)"/>
+    <s v="Euro Million"/>
+    <n v="13202"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="08"/>
+    <s v="Non-Government Funding of HSE (8)"/>
+    <s v="Euro Million"/>
+    <n v="-858"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="09"/>
+    <s v=" All HSE HF.1 Funded Health Care Expenditure (9=7+8)"/>
+    <s v="Euro Million"/>
+    <n v="12344"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="DSP Transfer payments (10)"/>
+    <s v="Euro Million"/>
+    <n v="624.66"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="Treatment Benefits from Social Insurance Fund (11)"/>
+    <s v="Euro Million"/>
+    <n v="44.93"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="Department of Health (12)"/>
+    <s v="Euro Million"/>
+    <n v="53.42"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="13"/>
+    <s v=" Tax Relief on Medical Expenses (13)"/>
+    <s v="Euro Million"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="14"/>
+    <s v="Expenditure of Other Government Departments and Agencies (14)"/>
+    <s v="Euro Million"/>
+    <n v="183.2604692"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="15"/>
+    <s v=" All Additional Government HF.1 Funded Expenditure (15=10+11+12+13+14)"/>
+    <s v="Euro Million"/>
+    <n v="1040.270469"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="16"/>
+    <s v="Government (HF.1) Funded Current Health Care Expenditure (16=9+15)"/>
+    <s v="Euro Million"/>
+    <n v="13384.27047"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="01"/>
+    <s v="HSE AFS - Expenditure - Pay and Pensions (1)"/>
+    <s v="Euro Million"/>
+    <n v="4871"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="02"/>
+    <s v="HSE AFS - Expenditure - Non-Pay (2)"/>
+    <s v="Euro Million"/>
+    <n v="8771"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="03"/>
+    <s v=" All HSE Annual Financial Statement 2013 Gross Expenditure (3=1+2)"/>
+    <s v="Euro Million"/>
+    <n v="13642"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="04"/>
+    <s v="Exclude Non-Health Care Services (4)"/>
+    <s v="Euro Million"/>
+    <n v="-1317"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="05"/>
+    <s v="Include Non-AFS Gross Expenditure (Mainly Related to Voluntary Agencies) (5)"/>
+    <s v="Euro Million"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="06"/>
+    <s v=" All Adjustments to AFS Gross Expenditure (6=4+5)"/>
+    <s v="Euro Million"/>
+    <n v="-779"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="07"/>
+    <s v="Gross Expenditure of HSE included in SHA Expenditure (7=3+6)"/>
+    <s v="Euro Million"/>
+    <n v="12863"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="08"/>
+    <s v="Non-Government Funding of HSE (8)"/>
+    <s v="Euro Million"/>
+    <n v="-920"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="09"/>
+    <s v=" All HSE HF.1 Funded Health Care Expenditure (9=7+8)"/>
+    <s v="Euro Million"/>
+    <n v="11943"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="DSP Transfer payments (10)"/>
+    <s v="Euro Million"/>
+    <n v="659.07"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="Treatment Benefits from Social Insurance Fund (11)"/>
+    <s v="Euro Million"/>
+    <n v="56.22"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="Department of Health (12)"/>
+    <s v="Euro Million"/>
+    <n v="81.53"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="13"/>
+    <s v=" Tax Relief on Medical Expenses (13)"/>
+    <s v="Euro Million"/>
+    <n v="136.2"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="14"/>
+    <s v="Expenditure of Other Government Departments and Agencies (14)"/>
+    <s v="Euro Million"/>
+    <n v="182.0581045"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="15"/>
+    <s v=" All Additional Government HF.1 Funded Expenditure (15=10+11+12+13+14)"/>
+    <s v="Euro Million"/>
+    <n v="1115.078104"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="16"/>
+    <s v="Government (HF.1) Funded Current Health Care Expenditure (16=9+15)"/>
+    <s v="Euro Million"/>
+    <n v="13058.0781"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="HSE AFS - Expenditure - Pay and Pensions (1)"/>
+    <s v="Euro Million"/>
+    <n v="4795"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="HSE AFS - Expenditure - Non-Pay (2)"/>
+    <s v="Euro Million"/>
+    <n v="8425"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v=" All HSE Annual Financial Statement 2013 Gross Expenditure (3=1+2)"/>
+    <s v="Euro Million"/>
+    <n v="13220"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="Exclude Non-Health Care Services (4)"/>
+    <s v="Euro Million"/>
+    <n v="-699"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="05"/>
+    <s v="Include Non-AFS Gross Expenditure (Mainly Related to Voluntary Agencies) (5)"/>
+    <s v="Euro Million"/>
+    <n v="608"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="06"/>
+    <s v=" All Adjustments to AFS Gross Expenditure (6=4+5)"/>
+    <s v="Euro Million"/>
+    <n v="-91"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="07"/>
+    <s v="Gross Expenditure of HSE included in SHA Expenditure (7=3+6)"/>
+    <s v="Euro Million"/>
+    <n v="13129"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="08"/>
+    <s v="Non-Government Funding of HSE (8)"/>
+    <s v="Euro Million"/>
+    <n v="-1040"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="09"/>
+    <s v=" All HSE HF.1 Funded Health Care Expenditure (9=7+8)"/>
+    <s v="Euro Million"/>
+    <n v="12089"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="DSP Transfer payments (10)"/>
+    <s v="Euro Million"/>
+    <n v="670.13"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="Treatment Benefits from Social Insurance Fund (11)"/>
+    <s v="Euro Million"/>
+    <n v="52.63"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="Department of Health (12)"/>
+    <s v="Euro Million"/>
+    <n v="86.28"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="13"/>
+    <s v=" Tax Relief on Medical Expenses (13)"/>
+    <s v="Euro Million"/>
+    <n v="145.9"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="14"/>
+    <s v="Expenditure of Other Government Departments and Agencies (14)"/>
+    <s v="Euro Million"/>
+    <n v="169.9870431"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="15"/>
+    <s v=" All Additional Government HF.1 Funded Expenditure (15=10+11+12+13+14)"/>
+    <s v="Euro Million"/>
+    <n v="1124.927043"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="16"/>
+    <s v="Government (HF.1) Funded Current Health Care Expenditure (16=9+15)"/>
+    <s v="Euro Million"/>
+    <n v="13213.92704"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="HSE AFS - Expenditure - Pay and Pensions (1)"/>
+    <s v="Euro Million"/>
+    <n v="4912"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="HSE AFS - Expenditure - Non-Pay (2)"/>
+    <s v="Euro Million"/>
+    <n v="8983"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v=" All HSE Annual Financial Statement 2013 Gross Expenditure (3=1+2)"/>
+    <s v="Euro Million"/>
+    <n v="13895"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="Exclude Non-Health Care Services (4)"/>
+    <s v="Euro Million"/>
+    <n v="-803"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="05"/>
+    <s v="Include Non-AFS Gross Expenditure (Mainly Related to Voluntary Agencies) (5)"/>
+    <s v="Euro Million"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="06"/>
+    <s v=" All Adjustments to AFS Gross Expenditure (6=4+5)"/>
+    <s v="Euro Million"/>
+    <n v="-160"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="07"/>
+    <s v="Gross Expenditure of HSE included in SHA Expenditure (7=3+6)"/>
+    <s v="Euro Million"/>
+    <n v="13735"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="08"/>
+    <s v="Non-Government Funding of HSE (8)"/>
+    <s v="Euro Million"/>
+    <n v="-1089"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="09"/>
+    <s v=" All HSE HF.1 Funded Health Care Expenditure (9=7+8)"/>
+    <s v="Euro Million"/>
+    <n v="12646"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="DSP Transfer payments (10)"/>
+    <s v="Euro Million"/>
+    <n v="732.02"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="Treatment Benefits from Social Insurance Fund (11)"/>
+    <s v="Euro Million"/>
+    <n v="60.12"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="Department of Health (12)"/>
+    <s v="Euro Million"/>
+    <n v="83.95"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="13"/>
+    <s v=" Tax Relief on Medical Expenses (13)"/>
+    <s v="Euro Million"/>
+    <n v="155.1"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="14"/>
+    <s v="Expenditure of Other Government Departments and Agencies (14)"/>
+    <s v="Euro Million"/>
+    <n v="173.5820185"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="15"/>
+    <s v=" All Additional Government HF.1 Funded Expenditure (15=10+11+12+13+14)"/>
+    <s v="Euro Million"/>
+    <n v="1204.772019"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="16"/>
+    <s v="Government (HF.1) Funded Current Health Care Expenditure (16=9+15)"/>
+    <s v="Euro Million"/>
+    <n v="13850.77202"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="HSE AFS - Expenditure - Pay and Pensions (1)"/>
+    <s v="Euro Million"/>
+    <n v="5111"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="HSE AFS - Expenditure - Non-Pay (2)"/>
+    <s v="Euro Million"/>
+    <n v="9467"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v=" All HSE Annual Financial Statement 2013 Gross Expenditure (3=1+2)"/>
+    <s v="Euro Million"/>
+    <n v="14578"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="Exclude Non-Health Care Services (4)"/>
+    <s v="Euro Million"/>
+    <n v="-1122"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="Include Non-AFS Gross Expenditure (Mainly Related to Voluntary Agencies) (5)"/>
+    <s v="Euro Million"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v=" All Adjustments to AFS Gross Expenditure (6=4+5)"/>
+    <s v="Euro Million"/>
+    <n v="-167"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="Gross Expenditure of HSE included in SHA Expenditure (7=3+6)"/>
+    <s v="Euro Million"/>
+    <n v="14411"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="Non-Government Funding of HSE (8)"/>
+    <s v="Euro Million"/>
+    <n v="-1077"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v=" All HSE HF.1 Funded Health Care Expenditure (9=7+8)"/>
+    <s v="Euro Million"/>
+    <n v="13334"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="DSP Transfer payments (10)"/>
+    <s v="Euro Million"/>
+    <n v="786.75"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Treatment Benefits from Social Insurance Fund (11)"/>
+    <s v="Euro Million"/>
+    <n v="63.88"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Department of Health (12)"/>
+    <s v="Euro Million"/>
+    <n v="91.29"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v=" Tax Relief on Medical Expenses (13)"/>
+    <s v="Euro Million"/>
+    <n v="164.2"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Expenditure of Other Government Departments and Agencies (14)"/>
+    <s v="Euro Million"/>
+    <n v="185.2253409"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v=" All Additional Government HF.1 Funded Expenditure (15=10+11+12+13+14)"/>
+    <s v="Euro Million"/>
+    <n v="1291.345341"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Government (HF.1) Funded Current Health Care Expenditure (16=9+15)"/>
+    <s v="Euro Million"/>
+    <n v="14625.34534"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="HSE AFS - Expenditure - Pay and Pensions (1)"/>
+    <s v="Euro Million"/>
+    <n v="5357"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="HSE AFS - Expenditure - Non-Pay (2)"/>
+    <s v="Euro Million"/>
+    <n v="9872"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v=" All HSE Annual Financial Statement 2013 Gross Expenditure (3=1+2)"/>
+    <s v="Euro Million"/>
+    <n v="15229"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="Exclude Non-Health Care Services (4)"/>
+    <s v="Euro Million"/>
+    <n v="-932"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="Include Non-AFS Gross Expenditure (Mainly Related to Voluntary Agencies) (5)"/>
+    <s v="Euro Million"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v=" All Adjustments to AFS Gross Expenditure (6=4+5)"/>
+    <s v="Euro Million"/>
+    <n v="-156"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="Gross Expenditure of HSE included in SHA Expenditure (7=3+6)"/>
+    <s v="Euro Million"/>
+    <n v="15073"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="Non-Government Funding of HSE (8)"/>
+    <s v="Euro Million"/>
+    <n v="-1010"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v=" All HSE HF.1 Funded Health Care Expenditure (9=7+8)"/>
+    <s v="Euro Million"/>
+    <n v="14063"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="DSP Transfer payments (10)"/>
+    <s v="Euro Million"/>
+    <n v="881.36"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Treatment Benefits from Social Insurance Fund (11)"/>
+    <s v="Euro Million"/>
+    <n v="77.55"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Department of Health (12)"/>
+    <s v="Euro Million"/>
+    <n v="103.95"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v=" Tax Relief on Medical Expenses (13)"/>
+    <s v="Euro Million"/>
+    <n v="172.5"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Expenditure of Other Government Departments and Agencies (14)"/>
+    <s v="Euro Million"/>
+    <n v="189.1016211"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v=" All Additional Government HF.1 Funded Expenditure (15=10+11+12+13+14)"/>
+    <s v="Euro Million"/>
+    <n v="1424.461621"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Government (HF.1) Funded Current Health Care Expenditure (16=9+15)"/>
+    <s v="Euro Million"/>
+    <n v="15487.46162"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="HSE AFS - Expenditure - Pay and Pensions (1)"/>
+    <s v="Euro Million"/>
+    <n v="5622.775383"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="HSE AFS - Expenditure - Non-Pay (2)"/>
+    <s v="Euro Million"/>
+    <n v="10483.57824"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v=" All HSE Annual Financial Statement 2013 Gross Expenditure (3=1+2)"/>
+    <s v="Euro Million"/>
+    <n v="16106.35362"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="Exclude Non-Health Care Services (4)"/>
+    <s v="Euro Million"/>
+    <n v="-985.3640149"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="05"/>
+    <s v="Include Non-AFS Gross Expenditure (Mainly Related to Voluntary Agencies) (5)"/>
+    <s v="Euro Million"/>
+    <n v="824.481974"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v=" All Adjustments to AFS Gross Expenditure (6=4+5)"/>
+    <s v="Euro Million"/>
+    <n v="-160.8820409"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="Gross Expenditure of HSE included in SHA Expenditure (7=3+6)"/>
+    <s v="Euro Million"/>
+    <n v="15945.47158"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="Non-Government Funding of HSE (8)"/>
+    <s v="Euro Million"/>
+    <n v="-953.773"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v=" All HSE HF.1 Funded Health Care Expenditure (9=7+8)"/>
+    <s v="Euro Million"/>
+    <n v="14991.69858"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="DSP Transfer payments (10)"/>
+    <s v="Euro Million"/>
+    <n v="963.78"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Treatment Benefits from Social Insurance Fund (11)"/>
+    <s v="Euro Million"/>
+    <n v="136.51"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Department of Health (12)"/>
+    <s v="Euro Million"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v=" Tax Relief on Medical Expenses (13)"/>
+    <s v="Euro Million"/>
+    <n v="190.1"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="Expenditure of Other Government Departments and Agencies (14)"/>
+    <s v="Euro Million"/>
+    <n v="197.8254991"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v=" All Additional Government HF.1 Funded Expenditure (15=10+11+12+13+14)"/>
+    <s v="Euro Million"/>
+    <n v="1637.215499"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="Government (HF.1) Funded Current Health Care Expenditure (16=9+15)"/>
+    <s v="Euro Million"/>
+    <n v="16628.91408"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="HSE AFS - Expenditure - Pay and Pensions (1)"/>
+    <s v="Euro Million"/>
+    <n v="6006.809"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="HSE AFS - Expenditure - Non-Pay (2)"/>
+    <s v="Euro Million"/>
+    <n v="11231.024"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v=" All HSE Annual Financial Statement 2013 Gross Expenditure (3=1+2)"/>
+    <s v="Euro Million"/>
+    <n v="17237.833"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="Exclude Non-Health Care Services (4)"/>
+    <s v="Euro Million"/>
+    <n v="-1081"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="05"/>
+    <s v="Include Non-AFS Gross Expenditure (Mainly Related to Voluntary Agencies) (5)"/>
+    <s v="Euro Million"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v=" All Adjustments to AFS Gross Expenditure (6=4+5)"/>
+    <s v="Euro Million"/>
+    <n v="-321"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="Gross Expenditure of HSE included in SHA Expenditure (7=3+6)"/>
+    <s v="Euro Million"/>
+    <n v="16916.833"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="Non-Government Funding of HSE (8)"/>
+    <s v="Euro Million"/>
+    <n v="-951.447"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v=" All HSE HF.1 Funded Health Care Expenditure (9=7+8)"/>
+    <s v="Euro Million"/>
+    <n v="15965.386"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="DSP Transfer payments (10)"/>
+    <s v="Euro Million"/>
+    <n v="1045.05"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="Treatment Benefits from Social Insurance Fund (11)"/>
+    <s v="Euro Million"/>
+    <n v="144.57"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="Department of Health (12)"/>
+    <s v="Euro Million"/>
+    <n v="210.672"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v=" Tax Relief on Medical Expenses (13)"/>
+    <s v="Euro Million"/>
+    <n v="206.2"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="14"/>
+    <s v="Expenditure of Other Government Departments and Agencies (14)"/>
+    <s v="Euro Million"/>
+    <n v="196.7475832"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="15"/>
+    <s v=" All Additional Government HF.1 Funded Expenditure (15=10+11+12+13+14)"/>
+    <s v="Euro Million"/>
+    <n v="1803.239583"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="16"/>
+    <s v="Government (HF.1) Funded Current Health Care Expenditure (16=9+15)"/>
+    <s v="Euro Million"/>
+    <n v="17768.62558"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="HSE AFS - Expenditure - Pay and Pensions (1)"/>
+    <s v="Euro Million"/>
+    <n v="6446"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="HSE AFS - Expenditure - Non-Pay (2)"/>
+    <s v="Euro Million"/>
+    <n v="13618"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v=" All HSE Annual Financial Statement 2013 Gross Expenditure (3=1+2)"/>
+    <s v="Euro Million"/>
+    <n v="20064"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="Exclude Non-Health Care Services (4)"/>
+    <s v="Euro Million"/>
+    <n v="-1095"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="Include Non-AFS Gross Expenditure (Mainly Related to Voluntary Agencies) (5)"/>
+    <s v="Euro Million"/>
+    <n v="715"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v=" All Adjustments to AFS Gross Expenditure (6=4+5)"/>
+    <s v="Euro Million"/>
+    <n v="-380"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="Gross Expenditure of HSE included in SHA Expenditure (7=3+6)"/>
+    <s v="Euro Million"/>
+    <n v="19684"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="Non-Government Funding of HSE (8)"/>
+    <s v="Euro Million"/>
+    <n v="-890.563"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v=" All HSE HF.1 Funded Health Care Expenditure (9=7+8)"/>
+    <s v="Euro Million"/>
+    <n v="18793.437"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="DSP Transfer payments (10)"/>
+    <s v="Euro Million"/>
+    <n v="1119.452"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="Treatment Benefits from Social Insurance Fund (11)"/>
+    <s v="Euro Million"/>
+    <n v="140.87"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="Department of Health (12)"/>
+    <s v="Euro Million"/>
+    <n v="236.9405"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v=" Tax Relief on Medical Expenses (13)"/>
+    <s v="Euro Million"/>
+    <n v="181.4"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="14"/>
+    <s v="Expenditure of Other Government Departments and Agencies (14)"/>
+    <s v="Euro Million"/>
+    <n v="210.9873438"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="15"/>
+    <s v=" All Additional Government HF.1 Funded Expenditure (15=10+11+12+13+14)"/>
+    <s v="Euro Million"/>
+    <n v="1889.649844"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="16"/>
+    <s v="Government (HF.1) Funded Current Health Care Expenditure (16=9+15)"/>
+    <s v="Euro Million"/>
+    <n v="20683.08684"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="HSE AFS - Expenditure - Pay and Pensions (1)"/>
+    <s v="Euro Million"/>
+    <n v="7005"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="HSE AFS - Expenditure - Non-Pay (2)"/>
+    <s v="Euro Million"/>
+    <n v="14637"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v=" All HSE Annual Financial Statement 2013 Gross Expenditure (3=1+2)"/>
+    <s v="Euro Million"/>
+    <n v="21642"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="Exclude Non-Health Care Services (4)"/>
+    <s v="Euro Million"/>
+    <n v="-1292"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="05"/>
+    <s v="Include Non-AFS Gross Expenditure (Mainly Related to Voluntary Agencies) (5)"/>
+    <s v="Euro Million"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="06"/>
+    <s v=" All Adjustments to AFS Gross Expenditure (6=4+5)"/>
+    <s v="Euro Million"/>
+    <n v="-537"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="07"/>
+    <s v="Gross Expenditure of HSE included in SHA Expenditure (7=3+6)"/>
+    <s v="Euro Million"/>
+    <n v="21105"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="08"/>
+    <s v="Non-Government Funding of HSE (8)"/>
+    <s v="Euro Million"/>
+    <n v="-867.538"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="09"/>
+    <s v=" All HSE HF.1 Funded Health Care Expenditure (9=7+8)"/>
+    <s v="Euro Million"/>
+    <n v="20237.462"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="10"/>
+    <s v="DSP Transfer payments (10)"/>
+    <s v="Euro Million"/>
+    <n v="1133.12"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="11"/>
+    <s v="Treatment Benefits from Social Insurance Fund (11)"/>
+    <s v="Euro Million"/>
+    <n v="162.41"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="12"/>
+    <s v="Department of Health (12)"/>
+    <s v="Euro Million"/>
+    <n v="242.089"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="13"/>
+    <s v=" Tax Relief on Medical Expenses (13)"/>
+    <s v="Euro Million"/>
+    <n v="192.5666667"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="14"/>
+    <s v="Expenditure of Other Government Departments and Agencies (14)"/>
+    <s v="Euro Million"/>
+    <n v="192.6747413"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="15"/>
+    <s v=" All Additional Government HF.1 Funded Expenditure (15=10+11+12+13+14)"/>
+    <s v="Euro Million"/>
+    <n v="1922.860408"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="16"/>
+    <s v="Government (HF.1) Funded Current Health Care Expenditure (16=9+15)"/>
+    <s v="Euro Million"/>
+    <n v="22160.32241"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="HSE AFS - Expenditure - Pay and Pensions (1)"/>
+    <s v="Euro Million"/>
+    <n v="7786"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="HSE AFS - Expenditure - Non-Pay (2)"/>
+    <s v="Euro Million"/>
+    <n v="15578"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v=" All HSE Annual Financial Statement 2013 Gross Expenditure (3=1+2)"/>
+    <s v="Euro Million"/>
+    <n v="23363"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="Exclude Non-Health Care Services (4)"/>
+    <s v="Euro Million"/>
+    <n v="-1648"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="Include Non-AFS Gross Expenditure (Mainly Related to Voluntary Agencies) (5)"/>
+    <s v="Euro Million"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="06"/>
+    <s v=" All Adjustments to AFS Gross Expenditure (6=4+5)"/>
+    <s v="Euro Million"/>
+    <n v="-549.719"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="07"/>
+    <s v="Gross Expenditure of HSE included in SHA Expenditure (7=3+6)"/>
+    <s v="Euro Million"/>
+    <n v="22814"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="08"/>
+    <s v="Non-Government Funding of HSE (8)"/>
+    <s v="Euro Million"/>
+    <n v="-927.938"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="09"/>
+    <s v=" All HSE HF.1 Funded Health Care Expenditure (9=7+8)"/>
+    <s v="Euro Million"/>
+    <n v="21886"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="DSP Transfer payments (10)"/>
+    <s v="Euro Million"/>
+    <n v="1218"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="11"/>
+    <s v="Treatment Benefits from Social Insurance Fund (11)"/>
+    <s v="Euro Million"/>
+    <n v="177.61"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="Department of Health (12)"/>
+    <s v="Euro Million"/>
+    <n v="233.510606"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="13"/>
+    <s v=" Tax Relief on Medical Expenses (13)"/>
+    <s v="Euro Million"/>
+    <n v="193.3888889"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="14"/>
+    <s v="Expenditure of Other Government Departments and Agencies (14)"/>
+    <s v="Euro Million"/>
+    <n v="259.792072"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="15"/>
+    <s v=" All Additional Government HF.1 Funded Expenditure (15=10+11+12+13+14)"/>
+    <s v="Euro Million"/>
+    <n v="2082"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="16"/>
+    <s v="Government (HF.1) Funded Current Health Care Expenditure (16=9+15)"/>
+    <s v="Euro Million"/>
+    <n v="23968"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="HSE AFS - Expenditure - Pay and Pensions (1)"/>
+    <s v="Euro Million"/>
+    <n v="8465.014"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="HSE AFS - Expenditure - Non-Pay (2)"/>
+    <s v="Euro Million"/>
+    <n v="16283.989"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v=" All HSE Annual Financial Statement 2013 Gross Expenditure (3=1+2)"/>
+    <s v="Euro Million"/>
+    <n v="24749.003"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="Exclude Non-Health Care Services (4)"/>
+    <s v="Euro Million"/>
+    <n v="-1696"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="05"/>
+    <s v="Include Non-AFS Gross Expenditure (Mainly Related to Voluntary Agencies) (5)"/>
+    <s v="Euro Million"/>
+    <n v="1446"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v=" All Adjustments to AFS Gross Expenditure (6=4+5)"/>
+    <s v="Euro Million"/>
+    <n v="-250"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="Gross Expenditure of HSE included in SHA Expenditure (7=3+6)"/>
+    <s v="Euro Million"/>
+    <n v="24499.003"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="Non-Government Funding of HSE (8)"/>
+    <s v="Euro Million"/>
+    <n v="-1117.702"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v=" All HSE HF.1 Funded Health Care Expenditure (9=7+8)"/>
+    <s v="Euro Million"/>
+    <n v="23381.301"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="DSP Transfer payments (10)"/>
+    <s v="Euro Million"/>
+    <n v="1341.69"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="Treatment Benefits from Social Insurance Fund (11)"/>
+    <s v="Euro Million"/>
+    <n v="199.6"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="Department of Health (12)"/>
+    <s v="Euro Million"/>
+    <n v="254.755"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="13"/>
+    <s v=" Tax Relief on Medical Expenses (13)"/>
+    <s v="Euro Million"/>
+    <n v="243.4"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="14"/>
+    <s v="Expenditure of Other Government Departments and Agencies (14)"/>
+    <s v="Euro Million"/>
+    <n v="261.7778846"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="15"/>
+    <s v=" All Additional Government HF.1 Funded Expenditure (15=10+11+12+13+14)"/>
+    <s v="Euro Million"/>
+    <n v="2301.222885"/>
+  </r>
+  <r>
+    <s v="SHA08"/>
+    <s v="Reconciliation of HSE Gross Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="16"/>
+    <s v="Government (HF.1) Funded Current Health Care Expenditure (16=9+15)"/>
+    <s v="Euro Million"/>
+    <n v="25682.52388"/>
+  </r>
+</pivotCacheRecords>
 </file>