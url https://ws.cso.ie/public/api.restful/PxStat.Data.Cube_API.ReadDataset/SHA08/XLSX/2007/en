--- v1 (2025-12-27)
+++ v2 (2026-02-15)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R526f6c68a0ce412d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0befe9a2dcda40e3958cb695230d410c.psmdcp" Id="R3016cd6837874564" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05e2da1507d04e87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b266798090d041558f9876a7d69bb9e8.psmdcp" Id="R9f9ff2003a564bec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>