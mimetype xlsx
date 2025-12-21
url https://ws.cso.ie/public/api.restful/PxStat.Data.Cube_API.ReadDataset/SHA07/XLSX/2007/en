--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R470a75e0e5ab4258" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f893436af4b4416cbf9e25a643b77d7e.psmdcp" Id="R4c328829f1024d4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65837a26d5b34fda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/157fb5b6a9b04effb7947e1bf8185988.psmdcp" Id="Rd8274faf35ce4768" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>SHA07</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Revised Health Care Expenditure</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/23/2025 11:00:00 AM</x:t>
+    <x:t>23/06/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>2013 is a Break in series Capital Expenditure (€m) is sourced from CSO National Accounts data Current Expenditure % GDP, OECD Average (adjusted) is the OECD Average recalculated with revised Irish data and latest GDP estimates.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SHA07/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>SHA</x:t>
   </x:si>
   <x:si>
     <x:t>System of Health Accounts</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -472,387 +472,164 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...335 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="24">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="24">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="State" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H193" totalsRowShown="0">
   <x:autoFilter ref="A1:H193"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02196V02652"/>
     <x:tableColumn id="6" name="State"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1121,51 +898,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/SHA07/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1354,51 +1131,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H193"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="7.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="11.853482" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -6404,51 +6181,51 @@
       <x:c r="E193" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H193" s="0">
         <x:v>9.05795122</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -6465,51 +6242,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H193" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="8">
         <x:s v="SHA07C01"/>
         <x:s v="SHA07C02"/>
         <x:s v="SHA07C03"/>
         <x:s v="SHA07C04"/>
         <x:s v="SHA07C05"/>
         <x:s v="SHA07C06"/>
         <x:s v="SHA07C07"/>
         <x:s v="SHA07C08"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="8">
         <x:s v=" All Health Care Expenditure"/>
         <x:s v="Capital Expenditure"/>
         <x:s v="Current Expenditure"/>
         <x:s v="Current Public Expenditure"/>
         <x:s v="Current Private Expenditure"/>
         <x:s v="Current Expenditure GPD"/>
         <x:s v="Current Expenditure GNI*"/>
         <x:s v="Current Expenditure GDP, OECD Average"/>
       </x:sharedItems>
@@ -6754,27 +6531,1948 @@
         <x:n v="11.74789028"/>
         <x:n v="11.52547674"/>
         <x:n v="7.9"/>
         <x:n v="8.2"/>
         <x:n v="8.7"/>
         <x:n v="8.632105263"/>
         <x:n v="8.671315789"/>
         <x:n v="8.696394737"/>
         <x:n v="8.678550032"/>
         <x:n v="8.15966"/>
         <x:n v="8.200647059"/>
         <x:n v="8.159823529"/>
         <x:n v="8.164941176"/>
         <x:n v="8.280490196"/>
         <x:n v="9.05946"/>
         <x:n v="9.10878"/>
         <x:n v="8.941931818"/>
         <x:n v="9.05795122"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="SHA07C01"/>
+    <s v=" All Health Care Expenditure"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="6922"/>
+  </r>
+  <r>
+    <s v="SHA07C01"/>
+    <s v=" All Health Care Expenditure"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="8532"/>
+  </r>
+  <r>
+    <s v="SHA07C01"/>
+    <s v=" All Health Care Expenditure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="9896"/>
+  </r>
+  <r>
+    <s v="SHA07C01"/>
+    <s v=" All Health Care Expenditure"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="10950"/>
+  </r>
+  <r>
+    <s v="SHA07C01"/>
+    <s v=" All Health Care Expenditure"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="12200"/>
+  </r>
+  <r>
+    <s v="SHA07C01"/>
+    <s v=" All Health Care Expenditure"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="13681"/>
+  </r>
+  <r>
+    <s v="SHA07C01"/>
+    <s v=" All Health Care Expenditure"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="14438"/>
+  </r>
+  <r>
+    <s v="SHA07C01"/>
+    <s v=" All Health Care Expenditure"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="16263"/>
+  </r>
+  <r>
+    <s v="SHA07C01"/>
+    <s v=" All Health Care Expenditure"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="17898"/>
+  </r>
+  <r>
+    <s v="SHA07C01"/>
+    <s v=" All Health Care Expenditure"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="18509"/>
+  </r>
+  <r>
+    <s v="SHA07C01"/>
+    <s v=" All Health Care Expenditure"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="18199"/>
+  </r>
+  <r>
+    <s v="SHA07C01"/>
+    <s v=" All Health Care Expenditure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="18931.0086"/>
+  </r>
+  <r>
+    <s v="SHA07C01"/>
+    <s v=" All Health Care Expenditure"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="19073.72131"/>
+  </r>
+  <r>
+    <s v="SHA07C01"/>
+    <s v=" All Health Care Expenditure"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="19298.43916"/>
+  </r>
+  <r>
+    <s v="SHA07C01"/>
+    <s v=" All Health Care Expenditure"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="19434.90187"/>
+  </r>
+  <r>
+    <s v="SHA07C01"/>
+    <s v=" All Health Care Expenditure"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="20359.9049"/>
+  </r>
+  <r>
+    <s v="SHA07C01"/>
+    <s v=" All Health Care Expenditure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="21495.23847"/>
+  </r>
+  <r>
+    <s v="SHA07C01"/>
+    <s v=" All Health Care Expenditure"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="22525.0987"/>
+  </r>
+  <r>
+    <s v="SHA07C01"/>
+    <s v=" All Health Care Expenditure"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="24009.1847"/>
+  </r>
+  <r>
+    <s v="SHA07C01"/>
+    <s v=" All Health Care Expenditure"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="25123.97664"/>
+  </r>
+  <r>
+    <s v="SHA07C01"/>
+    <s v=" All Health Care Expenditure"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="27885.97688"/>
+  </r>
+  <r>
+    <s v="SHA07C01"/>
+    <s v=" All Health Care Expenditure"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="30256.77824"/>
+  </r>
+  <r>
+    <s v="SHA07C01"/>
+    <s v=" All Health Care Expenditure"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="32816.58727"/>
+  </r>
+  <r>
+    <s v="SHA07C01"/>
+    <s v=" All Health Care Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="35128.34486"/>
+  </r>
+  <r>
+    <s v="SHA07C02"/>
+    <s v="Capital Expenditure"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="521.5850325"/>
+  </r>
+  <r>
+    <s v="SHA07C02"/>
+    <s v="Capital Expenditure"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="727.2654649"/>
+  </r>
+  <r>
+    <s v="SHA07C02"/>
+    <s v="Capital Expenditure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="821.661174"/>
+  </r>
+  <r>
+    <s v="SHA07C02"/>
+    <s v="Capital Expenditure"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="748.7890085"/>
+  </r>
+  <r>
+    <s v="SHA07C02"/>
+    <s v="Capital Expenditure"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="918.2581994"/>
+  </r>
+  <r>
+    <s v="SHA07C02"/>
+    <s v="Capital Expenditure"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="665.283653"/>
+  </r>
+  <r>
+    <s v="SHA07C02"/>
+    <s v="Capital Expenditure"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="538.6529918"/>
+  </r>
+  <r>
+    <s v="SHA07C02"/>
+    <s v="Capital Expenditure"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="876.5997399"/>
+  </r>
+  <r>
+    <s v="SHA07C02"/>
+    <s v="Capital Expenditure"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="807.1716336"/>
+  </r>
+  <r>
+    <s v="SHA07C02"/>
+    <s v="Capital Expenditure"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="670.7897317"/>
+  </r>
+  <r>
+    <s v="SHA07C02"/>
+    <s v="Capital Expenditure"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="582.6289217"/>
+  </r>
+  <r>
+    <s v="SHA07C02"/>
+    <s v="Capital Expenditure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="745.4017268"/>
+  </r>
+  <r>
+    <s v="SHA07C02"/>
+    <s v="Capital Expenditure"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="544.6996797"/>
+  </r>
+  <r>
+    <s v="SHA07C02"/>
+    <s v="Capital Expenditure"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="918.1630694"/>
+  </r>
+  <r>
+    <s v="SHA07C02"/>
+    <s v="Capital Expenditure"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="897.8107459"/>
+  </r>
+  <r>
+    <s v="SHA07C02"/>
+    <s v="Capital Expenditure"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="1068.461108"/>
+  </r>
+  <r>
+    <s v="SHA07C02"/>
+    <s v="Capital Expenditure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="1226.641974"/>
+  </r>
+  <r>
+    <s v="SHA07C02"/>
+    <s v="Capital Expenditure"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="1184.004165"/>
+  </r>
+  <r>
+    <s v="SHA07C02"/>
+    <s v="Capital Expenditure"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="1415.428703"/>
+  </r>
+  <r>
+    <s v="SHA07C02"/>
+    <s v="Capital Expenditure"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="1053.767559"/>
+  </r>
+  <r>
+    <s v="SHA07C02"/>
+    <s v="Capital Expenditure"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="1233.78209"/>
+  </r>
+  <r>
+    <s v="SHA07C02"/>
+    <s v="Capital Expenditure"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="1322.134322"/>
+  </r>
+  <r>
+    <s v="SHA07C02"/>
+    <s v="Capital Expenditure"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="1452.20363"/>
+  </r>
+  <r>
+    <s v="SHA07C02"/>
+    <s v="Capital Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="1597.0498"/>
+  </r>
+  <r>
+    <s v="SHA07C03"/>
+    <s v="Current Expenditure"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="6400"/>
+  </r>
+  <r>
+    <s v="SHA07C03"/>
+    <s v="Current Expenditure"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="7805"/>
+  </r>
+  <r>
+    <s v="SHA07C03"/>
+    <s v="Current Expenditure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="9075"/>
+  </r>
+  <r>
+    <s v="SHA07C03"/>
+    <s v="Current Expenditure"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="10201"/>
+  </r>
+  <r>
+    <s v="SHA07C03"/>
+    <s v="Current Expenditure"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="11282"/>
+  </r>
+  <r>
+    <s v="SHA07C03"/>
+    <s v="Current Expenditure"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="13016"/>
+  </r>
+  <r>
+    <s v="SHA07C03"/>
+    <s v="Current Expenditure"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="13899"/>
+  </r>
+  <r>
+    <s v="SHA07C03"/>
+    <s v="Current Expenditure"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="15387"/>
+  </r>
+  <r>
+    <s v="SHA07C03"/>
+    <s v="Current Expenditure"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="17091"/>
+  </r>
+  <r>
+    <s v="SHA07C03"/>
+    <s v="Current Expenditure"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="17838"/>
+  </r>
+  <r>
+    <s v="SHA07C03"/>
+    <s v="Current Expenditure"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="17616"/>
+  </r>
+  <r>
+    <s v="SHA07C03"/>
+    <s v="Current Expenditure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="18185.60688"/>
+  </r>
+  <r>
+    <s v="SHA07C03"/>
+    <s v="Current Expenditure"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="18529.02163"/>
+  </r>
+  <r>
+    <s v="SHA07C03"/>
+    <s v="Current Expenditure"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="18380.27609"/>
+  </r>
+  <r>
+    <s v="SHA07C03"/>
+    <s v="Current Expenditure"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="18537.09112"/>
+  </r>
+  <r>
+    <s v="SHA07C03"/>
+    <s v="Current Expenditure"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="19291.44379"/>
+  </r>
+  <r>
+    <s v="SHA07C03"/>
+    <s v="Current Expenditure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="20268.5965"/>
+  </r>
+  <r>
+    <s v="SHA07C03"/>
+    <s v="Current Expenditure"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="21341.09454"/>
+  </r>
+  <r>
+    <s v="SHA07C03"/>
+    <s v="Current Expenditure"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="22593.756"/>
+  </r>
+  <r>
+    <s v="SHA07C03"/>
+    <s v="Current Expenditure"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="24070.20908"/>
+  </r>
+  <r>
+    <s v="SHA07C03"/>
+    <s v="Current Expenditure"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="26652.19479"/>
+  </r>
+  <r>
+    <s v="SHA07C03"/>
+    <s v="Current Expenditure"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="28934.64392"/>
+  </r>
+  <r>
+    <s v="SHA07C03"/>
+    <s v="Current Expenditure"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="31364.38364"/>
+  </r>
+  <r>
+    <s v="SHA07C03"/>
+    <s v="Current Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="33531.29506"/>
+  </r>
+  <r>
+    <s v="SHA07C04"/>
+    <s v="Current Public Expenditure"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="4961"/>
+  </r>
+  <r>
+    <s v="SHA07C04"/>
+    <s v="Current Public Expenditure"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="6122"/>
+  </r>
+  <r>
+    <s v="SHA07C04"/>
+    <s v="Current Public Expenditure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="7168"/>
+  </r>
+  <r>
+    <s v="SHA07C04"/>
+    <s v="Current Public Expenditure"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="8035"/>
+  </r>
+  <r>
+    <s v="SHA07C04"/>
+    <s v="Current Public Expenditure"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="8903"/>
+  </r>
+  <r>
+    <s v="SHA07C04"/>
+    <s v="Current Public Expenditure"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="10265"/>
+  </r>
+  <r>
+    <s v="SHA07C04"/>
+    <s v="Current Public Expenditure"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="10817"/>
+  </r>
+  <r>
+    <s v="SHA07C04"/>
+    <s v="Current Public Expenditure"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="12191"/>
+  </r>
+  <r>
+    <s v="SHA07C04"/>
+    <s v="Current Public Expenditure"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="13557"/>
+  </r>
+  <r>
+    <s v="SHA07C04"/>
+    <s v="Current Public Expenditure"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="13748"/>
+  </r>
+  <r>
+    <s v="SHA07C04"/>
+    <s v="Current Public Expenditure"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="13420"/>
+  </r>
+  <r>
+    <s v="SHA07C04"/>
+    <s v="Current Public Expenditure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="13124.0483"/>
+  </r>
+  <r>
+    <s v="SHA07C04"/>
+    <s v="Current Public Expenditure"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="13384.61682"/>
+  </r>
+  <r>
+    <s v="SHA07C04"/>
+    <s v="Current Public Expenditure"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="13057.8107"/>
+  </r>
+  <r>
+    <s v="SHA07C04"/>
+    <s v="Current Public Expenditure"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="13214.34209"/>
+  </r>
+  <r>
+    <s v="SHA07C04"/>
+    <s v="Current Public Expenditure"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="13850.23861"/>
+  </r>
+  <r>
+    <s v="SHA07C04"/>
+    <s v="Current Public Expenditure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="14624.95898"/>
+  </r>
+  <r>
+    <s v="SHA07C04"/>
+    <s v="Current Public Expenditure"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="15487.55667"/>
+  </r>
+  <r>
+    <s v="SHA07C04"/>
+    <s v="Current Public Expenditure"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="16628.1186"/>
+  </r>
+  <r>
+    <s v="SHA07C04"/>
+    <s v="Current Public Expenditure"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="17769.95536"/>
+  </r>
+  <r>
+    <s v="SHA07C04"/>
+    <s v="Current Public Expenditure"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="20685.23915"/>
+  </r>
+  <r>
+    <s v="SHA07C04"/>
+    <s v="Current Public Expenditure"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="22187.37218"/>
+  </r>
+  <r>
+    <s v="SHA07C04"/>
+    <s v="Current Public Expenditure"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="23996.18972"/>
+  </r>
+  <r>
+    <s v="SHA07C04"/>
+    <s v="Current Public Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="25682.77446"/>
+  </r>
+  <r>
+    <s v="SHA07C05"/>
+    <s v="Current Private Expenditure"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="SHA07C05"/>
+    <s v="Current Private Expenditure"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="1683"/>
+  </r>
+  <r>
+    <s v="SHA07C05"/>
+    <s v="Current Private Expenditure"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="1906"/>
+  </r>
+  <r>
+    <s v="SHA07C05"/>
+    <s v="Current Private Expenditure"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="2166"/>
+  </r>
+  <r>
+    <s v="SHA07C05"/>
+    <s v="Current Private Expenditure"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="2379"/>
+  </r>
+  <r>
+    <s v="SHA07C05"/>
+    <s v="Current Private Expenditure"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="2750"/>
+  </r>
+  <r>
+    <s v="SHA07C05"/>
+    <s v="Current Private Expenditure"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="3082"/>
+  </r>
+  <r>
+    <s v="SHA07C05"/>
+    <s v="Current Private Expenditure"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="3195"/>
+  </r>
+  <r>
+    <s v="SHA07C05"/>
+    <s v="Current Private Expenditure"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="3534"/>
+  </r>
+  <r>
+    <s v="SHA07C05"/>
+    <s v="Current Private Expenditure"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="4090"/>
+  </r>
+  <r>
+    <s v="SHA07C05"/>
+    <s v="Current Private Expenditure"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="4197"/>
+  </r>
+  <r>
+    <s v="SHA07C05"/>
+    <s v="Current Private Expenditure"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="5061.558579"/>
+  </r>
+  <r>
+    <s v="SHA07C05"/>
+    <s v="Current Private Expenditure"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="5144.404814"/>
+  </r>
+  <r>
+    <s v="SHA07C05"/>
+    <s v="Current Private Expenditure"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="5322.46539"/>
+  </r>
+  <r>
+    <s v="SHA07C05"/>
+    <s v="Current Private Expenditure"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="5322.749031"/>
+  </r>
+  <r>
+    <s v="SHA07C05"/>
+    <s v="Current Private Expenditure"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="5441.205184"/>
+  </r>
+  <r>
+    <s v="SHA07C05"/>
+    <s v="Current Private Expenditure"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="5643.637515"/>
+  </r>
+  <r>
+    <s v="SHA07C05"/>
+    <s v="Current Private Expenditure"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="5853.537866"/>
+  </r>
+  <r>
+    <s v="SHA07C05"/>
+    <s v="Current Private Expenditure"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="5965.637398"/>
+  </r>
+  <r>
+    <s v="SHA07C05"/>
+    <s v="Current Private Expenditure"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="6300.253724"/>
+  </r>
+  <r>
+    <s v="SHA07C05"/>
+    <s v="Current Private Expenditure"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="5966.955642"/>
+  </r>
+  <r>
+    <s v="SHA07C05"/>
+    <s v="Current Private Expenditure"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="6747.271738"/>
+  </r>
+  <r>
+    <s v="SHA07C05"/>
+    <s v="Current Private Expenditure"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="7368.193924"/>
+  </r>
+  <r>
+    <s v="SHA07C05"/>
+    <s v="Current Private Expenditure"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Million"/>
+    <n v="7848.520602"/>
+  </r>
+  <r>
+    <s v="SHA07C06"/>
+    <s v="Current Expenditure GPD"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="SHA07C06"/>
+    <s v="Current Expenditure GPD"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="SHA07C06"/>
+    <s v="Current Expenditure GPD"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="SHA07C06"/>
+    <s v="Current Expenditure GPD"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="SHA07C06"/>
+    <s v="Current Expenditure GPD"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="SHA07C06"/>
+    <s v="Current Expenditure GPD"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="SHA07C06"/>
+    <s v="Current Expenditure GPD"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="SHA07C06"/>
+    <s v="Current Expenditure GPD"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="SHA07C06"/>
+    <s v="Current Expenditure GPD"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="SHA07C06"/>
+    <s v="Current Expenditure GPD"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="SHA07C06"/>
+    <s v="Current Expenditure GPD"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="SHA07C06"/>
+    <s v="Current Expenditure GPD"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="10.67689691"/>
+  </r>
+  <r>
+    <s v="SHA07C06"/>
+    <s v="Current Expenditure GPD"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="10.6526657"/>
+  </r>
+  <r>
+    <s v="SHA07C06"/>
+    <s v="Current Expenditure GPD"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="10.29696017"/>
+  </r>
+  <r>
+    <s v="SHA07C06"/>
+    <s v="Current Expenditure GPD"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="9.534901234"/>
+  </r>
+  <r>
+    <s v="SHA07C06"/>
+    <s v="Current Expenditure GPD"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="7.316047864"/>
+  </r>
+  <r>
+    <s v="SHA07C06"/>
+    <s v="Current Expenditure GPD"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="7.424897377"/>
+  </r>
+  <r>
+    <s v="SHA07C06"/>
+    <s v="Current Expenditure GPD"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="7.063977264"/>
+  </r>
+  <r>
+    <s v="SHA07C06"/>
+    <s v="Current Expenditure GPD"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="6.747108683"/>
+  </r>
+  <r>
+    <s v="SHA07C06"/>
+    <s v="Current Expenditure GPD"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="6.618602889"/>
+  </r>
+  <r>
+    <s v="SHA07C06"/>
+    <s v="Current Expenditure GPD"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="6.973234294"/>
+  </r>
+  <r>
+    <s v="SHA07C06"/>
+    <s v="Current Expenditure GPD"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="6.441125173"/>
+  </r>
+  <r>
+    <s v="SHA07C06"/>
+    <s v="Current Expenditure GPD"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="6.020785616"/>
+  </r>
+  <r>
+    <s v="SHA07C06"/>
+    <s v="Current Expenditure GPD"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="6.575386064"/>
+  </r>
+  <r>
+    <s v="SHA07C07"/>
+    <s v="Current Expenditure GNI*"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="SHA07C07"/>
+    <s v="Current Expenditure GNI*"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="SHA07C07"/>
+    <s v="Current Expenditure GNI*"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="SHA07C07"/>
+    <s v="Current Expenditure GNI*"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="SHA07C07"/>
+    <s v="Current Expenditure GNI*"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="SHA07C07"/>
+    <s v="Current Expenditure GNI*"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="SHA07C07"/>
+    <s v="Current Expenditure GNI*"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="SHA07C07"/>
+    <s v="Current Expenditure GNI*"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="SHA07C07"/>
+    <s v="Current Expenditure GNI*"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="SHA07C07"/>
+    <s v="Current Expenditure GNI*"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="SHA07C07"/>
+    <s v="Current Expenditure GNI*"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="SHA07C07"/>
+    <s v="Current Expenditure GNI*"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.43237583"/>
+  </r>
+  <r>
+    <s v="SHA07C07"/>
+    <s v="Current Expenditure GNI*"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="14.74835167"/>
+  </r>
+  <r>
+    <s v="SHA07C07"/>
+    <s v="Current Expenditure GNI*"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13.50927598"/>
+  </r>
+  <r>
+    <s v="SHA07C07"/>
+    <s v="Current Expenditure GNI*"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="12.48318387"/>
+  </r>
+  <r>
+    <s v="SHA07C07"/>
+    <s v="Current Expenditure GNI*"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="11.82273614"/>
+  </r>
+  <r>
+    <s v="SHA07C07"/>
+    <s v="Current Expenditure GNI*"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="11.50753132"/>
+  </r>
+  <r>
+    <s v="SHA07C07"/>
+    <s v="Current Expenditure GNI*"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="11.39489577"/>
+  </r>
+  <r>
+    <s v="SHA07C07"/>
+    <s v="Current Expenditure GNI*"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="11.77567703"/>
+  </r>
+  <r>
+    <s v="SHA07C07"/>
+    <s v="Current Expenditure GNI*"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="11.63767345"/>
+  </r>
+  <r>
+    <s v="SHA07C07"/>
+    <s v="Current Expenditure GNI*"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="13.43417796"/>
+  </r>
+  <r>
+    <s v="SHA07C07"/>
+    <s v="Current Expenditure GNI*"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="12.53622058"/>
+  </r>
+  <r>
+    <s v="SHA07C07"/>
+    <s v="Current Expenditure GNI*"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="11.74789028"/>
+  </r>
+  <r>
+    <s v="SHA07C07"/>
+    <s v="Current Expenditure GNI*"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="11.52547674"/>
+  </r>
+  <r>
+    <s v="SHA07C08"/>
+    <s v="Current Expenditure GDP, OECD Average"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="SHA07C08"/>
+    <s v="Current Expenditure GDP, OECD Average"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="SHA07C08"/>
+    <s v="Current Expenditure GDP, OECD Average"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="SHA07C08"/>
+    <s v="Current Expenditure GDP, OECD Average"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="SHA07C08"/>
+    <s v="Current Expenditure GDP, OECD Average"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="SHA07C08"/>
+    <s v="Current Expenditure GDP, OECD Average"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="SHA07C08"/>
+    <s v="Current Expenditure GDP, OECD Average"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="SHA07C08"/>
+    <s v="Current Expenditure GDP, OECD Average"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="SHA07C08"/>
+    <s v="Current Expenditure GDP, OECD Average"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="SHA07C08"/>
+    <s v="Current Expenditure GDP, OECD Average"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="SHA07C08"/>
+    <s v="Current Expenditure GDP, OECD Average"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="SHA07C08"/>
+    <s v="Current Expenditure GDP, OECD Average"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="8.632105263"/>
+  </r>
+  <r>
+    <s v="SHA07C08"/>
+    <s v="Current Expenditure GDP, OECD Average"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="8.671315789"/>
+  </r>
+  <r>
+    <s v="SHA07C08"/>
+    <s v="Current Expenditure GDP, OECD Average"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="8.696394737"/>
+  </r>
+  <r>
+    <s v="SHA07C08"/>
+    <s v="Current Expenditure GDP, OECD Average"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="8.678550032"/>
+  </r>
+  <r>
+    <s v="SHA07C08"/>
+    <s v="Current Expenditure GDP, OECD Average"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="8.15966"/>
+  </r>
+  <r>
+    <s v="SHA07C08"/>
+    <s v="Current Expenditure GDP, OECD Average"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="8.200647059"/>
+  </r>
+  <r>
+    <s v="SHA07C08"/>
+    <s v="Current Expenditure GDP, OECD Average"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="8.159823529"/>
+  </r>
+  <r>
+    <s v="SHA07C08"/>
+    <s v="Current Expenditure GDP, OECD Average"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="8.164941176"/>
+  </r>
+  <r>
+    <s v="SHA07C08"/>
+    <s v="Current Expenditure GDP, OECD Average"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="8.280490196"/>
+  </r>
+  <r>
+    <s v="SHA07C08"/>
+    <s v="Current Expenditure GDP, OECD Average"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="9.05946"/>
+  </r>
+  <r>
+    <s v="SHA07C08"/>
+    <s v="Current Expenditure GDP, OECD Average"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="9.10878"/>
+  </r>
+  <r>
+    <s v="SHA07C08"/>
+    <s v="Current Expenditure GDP, OECD Average"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="8.941931818"/>
+  </r>
+  <r>
+    <s v="SHA07C08"/>
+    <s v="Current Expenditure GDP, OECD Average"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="%"/>
+    <n v="9.05795122"/>
+  </r>
+</pivotCacheRecords>
 </file>