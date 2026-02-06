--- v1 (2025-12-21)
+++ v2 (2026-02-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65837a26d5b34fda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/157fb5b6a9b04effb7947e1bf8185988.psmdcp" Id="Rd8274faf35ce4768" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd74fbd817054ef5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4b27c83478c04401a4227fccca68d346.psmdcp" Id="Re5160091b0504f18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>