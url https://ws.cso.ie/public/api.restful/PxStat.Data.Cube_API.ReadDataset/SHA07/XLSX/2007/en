--- v2 (2026-02-06)
+++ v3 (2026-03-27)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd74fbd817054ef5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4b27c83478c04401a4227fccca68d346.psmdcp" Id="Re5160091b0504f18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd85389a535a04da0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fdcf98929bd641798844f1261439bf48.psmdcp" Id="R28f40de198c74ecc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>